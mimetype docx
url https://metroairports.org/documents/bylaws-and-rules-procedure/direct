--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -1,1740 +1,1287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="576869B2" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="396B68C2" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="427BFDC9" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="689EB49D" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29C3E53B" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="2B83D895" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B3DE0C6" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="7C189508" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B164055" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="561A49FE" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FAF0793" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="4995794D" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18C24E46" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="065B6B9F" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="044D69A0" w14:textId="2CC92FEE" w:rsidR="00C83BA7" w:rsidRDefault="00C83BA7">
+    <w:p w14:paraId="7C3C74C5" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71418BEC" w14:textId="7ACC2251" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00C83BA7" w:rsidP="00253717">
+    <w:p w14:paraId="3658AABE" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Metropolitan Airports Commission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A58B85F" w14:textId="137D8D32" w:rsidR="00C83BA7" w:rsidRPr="00253717" w:rsidRDefault="00C83BA7">
+    <w:p w14:paraId="029B1A90" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bylaws and Rules of Procedure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6677C8" w14:textId="3D40986D" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="1356AA22" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C0DFBAA" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="7EC98715" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F7C7197" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="14503255" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="541E769C" w14:textId="0BCEE5CE" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="63A7AA8A" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B52BD3F" w14:textId="311B2785" w:rsidR="0011011F" w:rsidRDefault="0011011F">
+    <w:p w14:paraId="32464ACC" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79C7DE8C" w14:textId="77777777" w:rsidR="0011011F" w:rsidRPr="00253717" w:rsidRDefault="0011011F">
+    <w:p w14:paraId="4DB045B5" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FB926D3" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="7E6F032C" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D13328F" w14:textId="4487F971" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="0011011F">
+    <w:p w14:paraId="5003231E" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B1271D5" wp14:editId="431EFE6D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E90FF96" wp14:editId="2BA9FC5A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15166</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1631207" cy="1631207"/>
             <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
             <wp:wrapNone/>
-            <wp:docPr id="3" name="Picture 3" descr="A picture containing text, clock&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3" descr="A picture containing text, clock&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1631207" cy="1631207"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148783D9" w14:textId="2A3D76D8" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="23670C5E" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DD9E4E3" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="43523D27" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2EB621" w14:textId="678208D4" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="4500D430" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A0DC569" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="4BD9192B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D5B3A8B" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="62A75764" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FE1A178" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="48D09030" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DFC2A33" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="04385AC2" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DEBA372" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="00FE6560" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13EA19BE" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="3A83BD63" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45953224" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="6B054A91" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07B175CF" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="450A8C8B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E013ACD" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="40BE91AE" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B92C311" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="69E78A3D" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58523705" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="72AF31AE" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65159E78" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="4611D327" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096D51C4" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="34DE4B39" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41E67C75" w14:textId="69EB48F4" w:rsidR="007231D2" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="00DF07DE">
+    <w:p w14:paraId="4EF88B32" w14:textId="638029C2" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00DF07DE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adopted</w:t>
       </w:r>
-      <w:r w:rsidR="008F1E89">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C75D86">
-[...6 lines deleted...]
-      <w:r w:rsidR="00B5776F" w:rsidRPr="00253717">
+      <w:r w:rsidR="002422BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>November 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002422BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42416D72" w14:textId="74326F5A" w:rsidR="00D03EDB" w:rsidRPr="0011011F" w:rsidRDefault="00626DDA" w:rsidP="00DF07DE">
+    <w:p w14:paraId="3000CD90" w14:textId="07242365" w:rsidR="00913475" w:rsidRPr="0011011F" w:rsidRDefault="00913475" w:rsidP="00DF07DE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Effective </w:t>
       </w:r>
-      <w:r w:rsidR="005A5D2A">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C83BA7">
+      <w:r w:rsidR="002422BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>November 18</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="005A5D2A">
-[...7 lines deleted...]
-    <w:p w14:paraId="58BB54C9" w14:textId="3F6400F1" w:rsidR="00C35F43" w:rsidRDefault="00C35F43" w:rsidP="00253717">
+      <w:r w:rsidR="002422BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DAE355" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FBB94F6" w14:textId="77777777" w:rsidR="00C35F43" w:rsidRDefault="00C35F43" w:rsidP="00253717">
+    <w:p w14:paraId="4D4FFB6F" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56E4B27D" w14:textId="77777777" w:rsidR="00C35F43" w:rsidRDefault="00C35F43" w:rsidP="00253717">
+    <w:p w14:paraId="106DBD13" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C510681" w14:textId="77777777" w:rsidR="00C35F43" w:rsidRDefault="00C35F43" w:rsidP="00253717">
+    <w:p w14:paraId="5CFB3D05" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="257837C3" w14:textId="77777777" w:rsidR="00C35F43" w:rsidRDefault="00C35F43" w:rsidP="00253717">
+    <w:p w14:paraId="2D60CEB8" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C4059C7" w14:textId="77777777" w:rsidR="00497E8E" w:rsidRDefault="00497E8E" w:rsidP="00253717">
+    <w:p w14:paraId="75E743E1" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AE4016" w14:textId="7B97DE84" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00C83BA7" w:rsidP="00253717">
+    <w:p w14:paraId="4424032D" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Metropolitan Airports Commission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F01973F" w14:textId="04C8DBD9" w:rsidR="00C83BA7" w:rsidRPr="00253717" w:rsidRDefault="00C83BA7">
+    <w:p w14:paraId="349AB9AD" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bylaws and Rules of Procedure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24DD6B61" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="2ED20401" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42460D95" w14:textId="77777777" w:rsidR="003E5ABF" w:rsidRPr="00253717" w:rsidRDefault="003E5ABF">
+    <w:p w14:paraId="49F07241" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D6D247B" w14:textId="793092B1" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="0064288B">
+    <w:p w14:paraId="285C03ED" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Article</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+        <w:t>Article I</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>: The Corporation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1D5E06" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="6D0F6C8B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64ACCFC3" w14:textId="70F155AF" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="03C3FB59" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The principal office of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE" w:rsidRPr="00C053AE">
+      <w:r w:rsidRPr="00C053AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Metropolitan Airports Commission</w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “C</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>orporation</w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”)</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F34274">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at 6040 28</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avenue South, Minneapolis, Minnesota 55450, and the books and records of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00800FF7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kept at </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve"> kept at the principal office. The </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s executive director </w:t>
       </w:r>
-      <w:r w:rsidR="00800FF7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> the title of</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>has the title of</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Executive Director/Chief Executive Officer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54AB65E6" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="108E39B6" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E70FE46" w14:textId="43369232" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="3B48AD52" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0064288B" w:rsidRPr="00253717">
+        <w:t xml:space="preserve"> Article II</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>: Meetings of the Commission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD79579" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="6E2DF116" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C8E3F30" w14:textId="5DEB3667" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="7386D213" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regular meetings of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>governing body of the Corporation (the “Commission”)</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...121 lines deleted...]
-    <w:p w14:paraId="281AF46C" w14:textId="3B194C35" w:rsidR="009A70DE" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="00E47673">
+        <w:t xml:space="preserve"> will be held on the third Monday of each month at 1:00 p.m. When the regular meeting date falls on a holiday, the meeting will be held on the day following. A regular meeting may be rescheduled to a later day or time in the month by action of the Chairperson. Special meetings may be called by the Chairperson whenever deemed necessary, or whenever two or more Commissioners request the Chairperson in writing to call a special meeting, specifying in their written request the reason or reasons for the call of the special meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16361120" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00E47673">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Unless otherwise designated by majority vote of the Commissioners</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> be </w:t>
+        <w:t xml:space="preserve">Unless otherwise designated by majority vote of the Commissioners or by action of the Chairperson, regular and special meetings will be </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk140234149"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">held at the Commission's designated meeting room within Terminal 1 at Minneapolis-St. Paul International Airport, presently Room </w:t>
-[...36 lines deleted...]
-      <w:r w:rsidR="00F34274">
+        <w:t xml:space="preserve">held at the Commission's designated meeting room within Terminal 1 at Minneapolis-St. Paul International Airport, presently Room LT-3048A or as it may be relocated within Terminal </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1FA0F0" w14:textId="26E878C8" w:rsidR="00D951DC" w:rsidRDefault="00626DDA" w:rsidP="00627789">
+    <w:p w14:paraId="333BB398" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00627789">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'s Executive Director/Chief Executive Officer </w:t>
       </w:r>
-      <w:r w:rsidR="00FA26A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be advised </w:t>
-[...29 lines deleted...]
-      <w:r w:rsidR="00627789">
+        <w:t xml:space="preserve"> be advised of the call for special</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ad hoc</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> meetings in time to comply with the notice requirements of these Bylaws. A notice </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be delivered to each Commissioner at least 48 hours in advance of each regular or adjourned regular meeting. The notice </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> state the time and place of the meeting and include an agenda setting out in general terms the purpose or purposes and matters to be considered at the meeting. Failure to send initial notice of any regular meeting, however, will not invalidate the meeting if it is held at the time and place specified in the first two paragraphs of this Article. Except as otherwise allowed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650B50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minnesota Statutes, section 473.604, subdivision 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, notice of special</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, rescheduled regular,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00672552" w:rsidRPr="00253717">
-[...27 lines deleted...]
-      <w:r w:rsidR="00FA26A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or ad hoc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meetings </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...36 lines deleted...]
-      <w:r w:rsidR="00FA26A9">
+        <w:t xml:space="preserve"> state the time and place and include an agenda setting out the purpose or purposes and matters to be considered at the meeting, and </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="000F4AA7" w:rsidRPr="00253717">
-[...238 lines deleted...]
-    <w:p w14:paraId="5A9D40C5" w14:textId="6C9D66A7" w:rsidR="008A6759" w:rsidRPr="003E5ABF" w:rsidRDefault="008A6759" w:rsidP="003E5ABF">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be delivered by the Executive Director/Chief Executive Officer to each Commissioner at least three calendar days before the time of meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1465A630" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="003E5ABF" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">A bulletin and notice board </w:t>
+        <w:t xml:space="preserve">A bulletin and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice board</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> maintained within Terminal 1 in an area open to the public and adjacent to the regular meeting place for Commission meetings. Notice of the time, place</w:t>
       </w:r>
-      <w:r w:rsidR="0010131B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and agenda for regular and special meetings of the Commission, and notice of cancellation or adjournment of any meetings of the Commission will be posted on the bulletin and notice board. The notice will be posted at least </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3 days</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
@@ -1754,3219 +1301,1815 @@
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the meeting or before the time the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting would be held but for the cancellation or adjournment of the meeting. The notice will not be removed </w:t>
       </w:r>
-      <w:r w:rsidR="009C7E3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ntil the scheduled time for the meeting has passed. Notices of meetings will also be posted on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’s website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316DD887" w14:textId="094623D5" w:rsidR="00D951DC" w:rsidRPr="00823C1B" w:rsidRDefault="00EB014F" w:rsidP="003B1629">
+    <w:p w14:paraId="1AA53C5B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00823C1B" w:rsidRDefault="00913475" w:rsidP="003B1629">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="504"/>
           <w:tab w:val="num" w:pos="774"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823C1B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">A quorum is required for the transaction of business at all meetings of the Commission. </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00823C1B">
+        <w:t xml:space="preserve">A quorum is required for the transaction of business at all meetings of the Commission. A majority of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00823C1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00823C1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the members of the Commission </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00823C1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>constitutes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00823C1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a quorum, but a lesser number may meet and adjourn from time to time and</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00823C1B" w:rsidRPr="00823C1B">
+      <w:r w:rsidRPr="00823C1B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>compel the attendance of absent members</w:t>
       </w:r>
-      <w:r w:rsidR="00DD5418">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00823C1B">
-[...49 lines deleted...]
-    <w:p w14:paraId="5E187581" w14:textId="44BA1B82" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="003B1629">
+      <w:r w:rsidRPr="00823C1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procure a quorum for the adjourned meeting. Notice of adjournment must be delivered to all absent Commissioners at least 48 hours before the time set for the adjourned meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50093C62" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003B1629">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="504"/>
           <w:tab w:val="num" w:pos="774"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Data for inclusion in the agenda for regular </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00FA26A9">
+        <w:t xml:space="preserve">Data for inclusion in the agenda for regular and special meetings </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be in the hands of the Executive Director/Chief Executive Officer at least five calendar days before the date set for </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00FA26A9">
+        <w:t xml:space="preserve"> be in the hands of the Executive Director/Chief Executive Officer at least five calendar days before the date set for the meeting. The agenda </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B60B41F" w14:textId="09F053B6" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="00F453EF">
+    <w:p w14:paraId="0D5E66D4" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00F453EF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Reports and written recommendations of committees to be submitted for Commission review and action.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EAF66E" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="00833EA9">
+    <w:p w14:paraId="799B83B7" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00833EA9">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="num" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Matters submitted in writing by any Commissioner for Commission consideration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFCCCD4" w14:textId="72734251" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="00833EA9">
+    <w:p w14:paraId="5E19063B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00833EA9">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="900"/>
           <w:tab w:val="num" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Matter</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve">Matters for Commission consideration proposed by the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
-      <w:r w:rsidR="001821A5" w:rsidRPr="00253717">
-[...13 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s Executive Director/Chief Executive Officer, approved for inclusion by the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
-      <w:r w:rsidR="001821A5" w:rsidRPr="00253717">
-[...14 lines deleted...]
-    <w:p w14:paraId="7C4AA605" w14:textId="4DAED102" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="003E5ABF">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s Chairperson.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0110DDEE" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>At regular</w:t>
-[...29 lines deleted...]
-      <w:r w:rsidR="002F4116">
+        <w:t xml:space="preserve">At regular meetings and at special meetings called “for the transaction of general business” the Chairperson of the meeting </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the power to amend the agenda for the meeting, including for the purpose of considering </w:t>
-[...50 lines deleted...]
-      <w:r w:rsidR="0089760A">
+        <w:t xml:space="preserve"> the power to amend the agenda for the meeting, including for the purpose of considering and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>taking action</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on business other than that set forth in the agenda for the meeting. The call for a special meeting "for the transaction of general business" </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>constitutes</w:t>
       </w:r>
-      <w:r w:rsidR="003778DC" w:rsidRPr="00253717">
-[...90 lines deleted...]
-      <w:r w:rsidR="0089760A">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notice of the intended transaction of any business which might properly be transacted at a regular meeting. At all other special meetings, consideration of non-agenda business may be approved by two-thirds affirmative vote of all Commissioners in attendance and voting, and including all Commissioners counted for quorum purposes. Except as provided above, no business </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be transacted at any special meetings, other than that set out in the agenda included with the call</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="56D0192F" w14:textId="71AACEA9" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="003E5ABF">
+        <w:t xml:space="preserve"> be transacted at any special meetings, other than that set out in the agenda included with the call.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1E946D" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Except as otherwise provided </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve">Except as otherwise provided by the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'s organic law or as prescribed by these Bylaws, </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Robert's Rules of Order Revised</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve"> (Eleventh Edition), govern and control the Commissioners, acting for the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a whole or through committee or subcommittee of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commission</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the conduct of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>'s corporate affairs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0862F439" w14:textId="4663B565" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="0064288B">
+    <w:p w14:paraId="533116CE" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Article</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+        <w:t>Article III</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> III</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>: Duties of Officials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573FE182" w14:textId="45579C61" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="1D44AFEF" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The duties of the Chairperson, Vice-Chairperson</w:t>
       </w:r>
-      <w:r w:rsidR="00DE03AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Secretary </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3150">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="001319ED" w:rsidRPr="00253717">
-[...27 lines deleted...]
-      <w:r w:rsidR="00AB3150">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">those as are usually imposed upon such officials of corporations and as are required by law, and those </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">expressly </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">assigned to them by the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. At any meeting of the </w:t>
-[...85 lines deleted...]
-      <w:r w:rsidR="003A4BDE">
+        <w:t xml:space="preserve">. At any meeting of the Commission, if the Chairperson is absent or for any reason unable to act, the Vice-Chairperson, or in his or her absence, the Chairperson pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., will perform all the Chairperson's duties at the meeting; and in case of the absence or inability to act of the Secretary, the Chairperson, or in his or her absence, the Vice-Chairperson, or in his or her absence, the Chairperson pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>., will designate an acting Secretary</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> perform all the duties of the Secretary at </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="48BB17E9" w14:textId="09903998" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+        <w:t xml:space="preserve"> perform all the duties of the Secretary at the meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1E2828" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Meetings </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="16121786" w14:textId="77777777" w:rsidR="006446DF" w:rsidRDefault="006446DF">
+        <w:t xml:space="preserve">Meetings will be called to order by the Chairperson or, in his or her absence, by the Vice-Chairperson. In the absence of both, any Commissioner may call the meeting to order and those present may elect a Chairperson pro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F7798B" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C911DC2" w14:textId="48E1B60E" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="0064288B">
+    <w:p w14:paraId="1AFEC2CF" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Article</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+        <w:t>Article IV</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> IV</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="19354DC0" w14:textId="40BD3736" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+        <w:t>: Committees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8435AC" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> operate</w:t>
       </w:r>
-      <w:r w:rsidR="003A4BDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> through committees of the Commission which deal with all aspects of </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve"> through committees of the Commission which deal with all aspects of the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
-      <w:r w:rsidR="001D4B5E" w:rsidRPr="00253717">
-[...27 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s business assigned to them, through comprehensive and appropriate study by staff, consultants, through public input, and through research and discussion. Consistent with the policies of the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, its committees make recommendations to the Commission for action. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF48482" w14:textId="0C654296" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="7D0BE358" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Chairperson</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve">The Chairperson and Vice-Chairperson of the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Chairperson of all other standing committees </w:t>
       </w:r>
-      <w:r w:rsidR="00523E4C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>member</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidR="003A4BDE">
+        <w:t xml:space="preserve">members of each standing committee. The Chairperson </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="006D293A" w:rsidRPr="00253717">
-[...28 lines deleted...]
-    <w:p w14:paraId="3B8C4D30" w14:textId="51863DB0" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsible for appointments from the Commission membership of committee members and of the Chairperson and Vice-Chairperson of each committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1D9B55" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6022">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are two</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> standing committees:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1079FBBD" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+    <w:p w14:paraId="26DCE92B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C327B40" w14:textId="00F2C30C" w:rsidR="00524450" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="03E9CF92" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Operations, Finance and Administration Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158AE75B" w14:textId="77777777" w:rsidR="00524450" w:rsidRPr="00253717" w:rsidRDefault="00524450" w:rsidP="009C1D36">
+    <w:p w14:paraId="3BCCC950" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="009C1D36">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32BB3836" w14:textId="21E2E6B9" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00524450" w:rsidP="00253717">
+    <w:p w14:paraId="3A53E186" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74B92">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Operations, Finance and Administration Committee consist</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD6022" w:rsidRPr="00D74B92">
+        <w:t>The Operations, Finance and Administration Committee consists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of up to seven members, in addition to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s Chairperson, Vice-Chairperson, and the Chairperson of the Planning, Development and Environment Committee. The Committee monito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s and supervise</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00253717">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s fiscal affairs and its financial and compliance audit activities, and consider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, stud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and make</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommendations to the Commission related to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s operations and maintenance, ground transportation and parking, facilities, emergency programs, police, fire</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
-[...247 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+      <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00C87A9F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">emergency </w:t>
       </w:r>
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
-[...168 lines deleted...]
-    <w:p w14:paraId="53682C15" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>communications, reliever airports, commercial management, non-aeronautical reliever airports agreements, airline affairs, concessions, risk/insurance, human resources, labor relations, affirmative action, diversity issues, and legal matters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFF94E4" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0C072D" w14:textId="28B325A1" w:rsidR="00613509" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+    <w:p w14:paraId="6DFFC60B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Planning, Development and Environment Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A642BCB" w14:textId="77777777" w:rsidR="00613509" w:rsidRPr="00253717" w:rsidRDefault="00613509" w:rsidP="009C1D36">
+    <w:p w14:paraId="085D7E53" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="009C1D36">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E7011DF" w14:textId="4FC0103F" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00613509" w:rsidP="00253717">
+    <w:p w14:paraId="05C3E00B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74B92">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Planning, Development and Environment Committee consist</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD6022" w:rsidRPr="00D74B92">
+        <w:t xml:space="preserve">The Planning, Development and Environment Committee consists </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of up to seven members, in addition to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s Chairperson, Vice-Chairperson, and the Chairperson of the Operations, Finance and Administration Committee. The Committee consider</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00D74B92">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00253717">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, stud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717" w:rsidDel="0010131B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r w:rsidDel="0010131B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
-[...7 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and make</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommendations to the Commission related to the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
-      <w:r w:rsidR="001D4B5E" w:rsidRPr="00253717">
-[...272 lines deleted...]
-    <w:p w14:paraId="0C6A759A" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s Capital Improvement Program, airport planning, strategic planning, facility development programs, land acquisition and disposal, community and stakeholder engagement, public affairs and marketing, environmental programs and planning, air service development, information technology, legislative matters, and sustainability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4676A7B7" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2E4366" w14:textId="1E54830A" w:rsidR="00D951DC" w:rsidRPr="003E5ABF" w:rsidRDefault="00626DDA" w:rsidP="003E5ABF">
+    <w:p w14:paraId="510CE747" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="003E5ABF" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E5ABF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">From time to time as may be required, the Chairperson of the </w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="68DC9192" w14:textId="6E004F88" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+        <w:t>From time to time as may be required, the Chairperson of the Corporation may appoint from the Commission membership ad hoc committees for special purposes and to meet special needs. These committees will report to the Commission and serve until their duties are completed or until discharged by the Chairperson.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771179CA" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Operations, Finance and Administration Committee and the Planning, Development and Environment Committee meet on the first Monday of each month. When the regular meeting date falls on a holiday, </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00BD6022">
+        <w:t xml:space="preserve">The Operations, Finance and Administration Committee and the Planning, Development and Environment Committee meet on the first Monday of each month. When the regular meeting date falls on a holiday, the meeting </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> held on the day following. Other meetings of standing and ad hoc committees </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6022">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at the call of the Committee </w:t>
-[...49 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve"> at the call of the Committee Chairperson. Meetings of the standing and ad hoc committees </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">will be </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE" w:rsidRPr="00C053AE">
+      <w:r w:rsidRPr="00C053AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">held at the Commission's designated meeting room within Terminal 1 at Minneapolis-St. Paul International Airport, presently Room LT-3048A or as it may be relocated </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE" w:rsidRPr="00C053AE">
+      <w:r w:rsidRPr="00C053AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>within Terminal 1</w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or elsewhere at times as set by the committee Chairperson</w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but a meeting may be cancelled, rescheduled, or adjourned to later days in the month by the committee Chairperson or the Chairperson of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk140235899"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A quorum </w:t>
       </w:r>
-      <w:r w:rsidR="00516371">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> required for the transaction of committee business</w:t>
-[...105 lines deleted...]
-      <w:r w:rsidR="00516371">
+        <w:t xml:space="preserve"> required for the transaction of committee business at all committee meetings, and any committee action must be taken by the affirmative vote of a majority of the members in attendance and voting. For regular and special standing committee meetings a quorum </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="005E33AD" w:rsidRPr="00253717">
-[...31 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> established by four </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00C562C5" w:rsidRPr="00253717">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommissioners. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="009F092B" w:rsidRPr="00253717">
+      <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For ad hoc committee meetings a quorum </w:t>
       </w:r>
-      <w:r w:rsidR="00516371">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="005E33AD" w:rsidRPr="00253717">
-[...15 lines deleted...]
-      <w:r w:rsidR="00EB014F">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> established by a majority of the members of the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ad hoc</w:t>
       </w:r>
-      <w:r w:rsidR="009F092B" w:rsidRPr="00253717">
-[...16 lines deleted...]
-    <w:p w14:paraId="70C96F12" w14:textId="30F78A0E" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> committee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747A22E8" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk140240321"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">A bulletin and notice board </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00516371">
+        <w:t xml:space="preserve">A bulletin and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice board</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> maintained within Terminal 1 in an area open to the public and adjacent to the regular meeting place for Commission meetings. Notice of the time, place</w:t>
-[...81 lines deleted...]
-      <w:r w:rsidR="00110910">
+        <w:t xml:space="preserve"> maintained within Terminal 1 in an area open to the public and adjacent to the regular meeting place for Commission meetings. Notice of the time, place, and agenda for meetings of standing or ad hoc committees, and notice of cancellation or adjournment of any meetings of committees will be posted on the bulletin and notice board. The notice will be posted at least </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3 days</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> before</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F84781" w:rsidRPr="00253717">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D74B92">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the meeting or before the time the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F84781" w:rsidRPr="00253717">
-[...135 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meeting would be held but for the cancellation or adjournment of the meeting. The notice will not be removed until the scheduled time for the meeting has passed. Notices of meetings will also be posted on the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
-      <w:r w:rsidR="00C34D6E" w:rsidRPr="00253717">
+      <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’s website.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="01B724E4" w14:textId="574825C6" w:rsidR="001E44F0" w:rsidRPr="003E5ABF" w:rsidRDefault="001E44F0" w:rsidP="003E5ABF">
+    <w:p w14:paraId="0C9A071C" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="003E5ABF" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article V: </w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="6934BB0D" w14:textId="21953FC2" w:rsidR="001E44F0" w:rsidRPr="00253717" w:rsidRDefault="001E44F0" w:rsidP="003E5ABF">
+        <w:t>Article V: Commission Responsibilities and Delegations of Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0F7526" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="007342D0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commission</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, acting for the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, h</w:t>
       </w:r>
-      <w:r w:rsidR="007342D0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the responsibility to determine and establish the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4979,1329 +3122,839 @@
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'s Executive Director/Chief Executive Officer and to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s staff. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD2A023" w14:textId="313B944F" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA" w:rsidP="003E5ABF">
+    <w:p w14:paraId="480DDA38" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Except as otherwise provided by law, or unless otherwise specifically directed by the </w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="6ABEEE7F" w14:textId="298332BD" w:rsidR="00383D49" w:rsidRPr="00253717" w:rsidRDefault="00383D49" w:rsidP="0048258B">
+        <w:t>Except as otherwise provided by law, or unless otherwise specifically directed by the Commission, all contracts and documents of any character authorized by the Commission must be executed by the Executive Director/Chief Executive Officer or his or her designee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56795EA6" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="0048258B">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s Executive Director/Chief Executive Officer, acting through the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
-      <w:r w:rsidR="001D4B5E" w:rsidRPr="00253717">
-[...13 lines deleted...]
-      <w:r w:rsidR="007B5276">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s staff and </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agents</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00516371">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> responsible for the operation, management, and promotion of all activities with which the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is charged, in accordance with the policy of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and to that end, </w:t>
       </w:r>
-      <w:r w:rsidR="00516371">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> accountable to the Commission.</w:t>
       </w:r>
-      <w:r w:rsidR="00D53B9D">
-[...77 lines deleted...]
-    <w:p w14:paraId="39D05C9F" w14:textId="5B46F410" w:rsidR="00383D49" w:rsidRPr="00253717" w:rsidRDefault="00383D49" w:rsidP="00253717">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Executive Director/Chief Executive Officer must perform these responsibilities for the benefit of the Corporation in a reasonable and prudent manner and must keep the Chairperson of the Commission reasonably apprised of the performance of these responsibilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0930EB03" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="900"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk117159290"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C23A27">
+        <w:t xml:space="preserve">In accordance with these duties, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and provided the amount of expenditure or amount in controversy is less than $175,000, </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the Commission delegates to the Executive Director/Chief Executive Officer the following responsibilities: </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097E1B7A" w14:textId="6AB958F5" w:rsidR="00383D49" w:rsidRDefault="00383D49" w:rsidP="00253717">
+    <w:p w14:paraId="34B48A5D" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Executive Director/Chief Executive Officer may incur liabilities, enter into agreements, make expenditures</w:t>
       </w:r>
-      <w:r w:rsidR="00C72E94">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00825C4F">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">grant match commitments </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and make grant match commitments </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on behalf of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, without separate delegation by the Commission, unless approval by the Commission is required by law</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C053AE">
+        <w:t xml:space="preserve">, without separate delegation by the Commission, unless approval by the Commission is required by law or policy of the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDF9F70" w14:textId="4C48D703" w:rsidR="007B22EA" w:rsidRPr="00253717" w:rsidRDefault="000049F0" w:rsidP="00253717">
+    <w:p w14:paraId="0D2CD513" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Notwithstanding the foregoing general delegation</w:t>
-[...72 lines deleted...]
-    <w:p w14:paraId="6B091426" w14:textId="1AB0B03F" w:rsidR="00E81A95" w:rsidRDefault="00383D49" w:rsidP="00253717">
+        <w:t>Notwithstanding the foregoing general delegation of authority to enter into agreements, the Executive Director/Chief Executive Officer may enter into property agreements on behalf of the Corporation only when the term of the agreement is less than 30 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF6F1BA" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk117160812"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Executive Director/Chief Executive Officer may </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">negotiate </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="11156933" w14:textId="373B68D2" w:rsidR="00C23A27" w:rsidRPr="00253717" w:rsidRDefault="00C23A27" w:rsidP="00253717">
+        <w:t>negotiate and execute the terms of settlement of any legal or administrative action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA42C69" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="900"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C23A27">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with these duties, the Commission </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidRPr="00C23A27">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">delegates to the Executive Director/Chief Executive Officer the following </w:t>
-[...6 lines deleted...]
-        <w:t>responsibilities:</w:t>
+        <w:t xml:space="preserve">delegates to the Executive Director/Chief Executive Officer the following responsibilities: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C23A27">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C0C34D" w14:textId="5F2CBF2E" w:rsidR="00DB6864" w:rsidRPr="005B4E9D" w:rsidRDefault="00DB6864" w:rsidP="00253717">
+    <w:p w14:paraId="044888B2" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="005B4E9D" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Executive Director/Chief Executive Officer may </w:t>
-[...174 lines deleted...]
-        <w:t>609</w:t>
+        <w:t xml:space="preserve">The Executive Director/Chief Executive Officer may (1) authorize the expenditure of funds obtained through asset sharing requests with federal agencies in accordance with the applicable federal program requirements; (2) authorize the expenditure of funds obtained by operation of Minnesota Statutes, chapter 169A or chapter </w:t>
       </w:r>
       <w:r w:rsidRPr="005B4E9D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="5062BB7B" w14:textId="44AC3E12" w:rsidR="0012308C" w:rsidRDefault="0012308C" w:rsidP="009A108A">
+        <w:t>609 as allowed by law</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and (3) authorize the acceptance of procurement responses relating to these expenditures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB0D241" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="009A108A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012308C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Executive Director/Chief Executive Officer may waive legal conflicts, initiate legal action on behalf of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="0012308C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="0012308C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>request the requirement of litigation bonds under section 473.675 of Minnesota Statutes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E00979E" w14:textId="65C90EB9" w:rsidR="00DB6864" w:rsidRPr="00646924" w:rsidRDefault="00DB6864" w:rsidP="00253717">
+    <w:p w14:paraId="337EED4B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00646924" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646924">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Executive Director/Chief Executive Officer may</w:t>
       </w:r>
-      <w:r w:rsidR="0012308C">
-[...18 lines deleted...]
-        <w:t>, accept</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, on behalf of the Corporation, accept</w:t>
       </w:r>
       <w:r w:rsidRPr="00646924">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> gifts</w:t>
       </w:r>
-      <w:r w:rsidR="00C746FE">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> section 473.556)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (under Minnesota Statutes, section 473.556)</w:t>
       </w:r>
       <w:r w:rsidRPr="00646924">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, grants, or other forms of aid, and execut</w:t>
       </w:r>
-      <w:r w:rsidR="0012308C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00646924">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> any associated agreements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328933A7" w14:textId="6E56EE7D" w:rsidR="00383D49" w:rsidRPr="00253717" w:rsidRDefault="00E81A95" w:rsidP="00253717">
+    <w:p w14:paraId="27621C75" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="548F493C" w14:textId="26528FBA" w:rsidR="00383D49" w:rsidRPr="00253717" w:rsidRDefault="00383D49" w:rsidP="00253717">
+        <w:t>The Executive Director/Chief Executive Officer may hire employees, set their duties and compensation, and remove them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EA6F8B" w14:textId="745E139B" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>The Executive Director/Chief Executive Officer may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enter into indemnification agreements with employees, including agreements to advance expenses, and may, but is not obligated to, purchase insurance on behalf of employees, with such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coverages</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other conditions as the Executive Director</w:t>
+      </w:r>
+      <w:r w:rsidR="00693A5B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/Chief Executive Officer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deems appropriate.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C62CCB" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00253717">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">The Executive Director/Chief Executive Officer must faithfully execute the rules, regulations, and ordinances of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DD70D1" w14:textId="3AEC218E" w:rsidR="00CC071A" w:rsidRDefault="00383D49" w:rsidP="00CC071A">
+    <w:p w14:paraId="1AB146FC" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00CC071A">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="446"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Executive Director/Chief Executive Officer may further delegate the responsibilities</w:t>
       </w:r>
-      <w:r w:rsidR="00042EA1">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">through a </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed in this Article V, section 3 specifically in writing or generally through a </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">policy of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B45C6F8" w14:textId="441C053C" w:rsidR="00120C8A" w:rsidRDefault="00120C8A" w:rsidP="00CC071A">
+    <w:p w14:paraId="1DFCDFDB" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="00CC071A">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Article VI: Disbursement of Monies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B2A14E" w14:textId="3B823438" w:rsidR="00120C8A" w:rsidRPr="007342D0" w:rsidRDefault="00120C8A" w:rsidP="007342D0">
+    <w:p w14:paraId="092491C7" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="007342D0" w:rsidRDefault="00913475" w:rsidP="007342D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007342D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon approval by the Corporation, disbursement of monies of the Corporation must be on order of the Executive Director/Chief Executive Officer or in his or her absence, by his or her designated representative, countersigned by the Corporation's Chief Financial Officer, </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk153174461"/>
       <w:r w:rsidRPr="007342D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or in his or her absence, by his or her designated representative.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="2AE30D9F" w14:textId="7FA08DA2" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="003E5ABF">
+    <w:p w14:paraId="5AF94221" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="450"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Commission’s establishment of the annual budget setting out anticipated expenditures by category and upward or downward revision of that budget during the </w:t>
       </w:r>
       <w:r>
@@ -6328,109 +3981,109 @@
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> within the expenditure guidelines of the annual budget. Commission approval of a contract constitute</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prior approval of disbursements made under the contract within the constraints of the budget for all contract payments, except final construction contract payments</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D55C11">
+        <w:t xml:space="preserve"> prior approval of disbursements made under the contract within the constraints of the budget for all contract payments, except final </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>construction contract payments</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, which</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> require Commission approval.</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">The Executive Director/Chief Executive Officer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> responsible for securing adequate quantities of office, janitorial maintenance and repair materials and supplies and the rent of sufficient equipment </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">necessary for the smooth, continuous operation of the </w:t>
+        <w:t xml:space="preserve"> responsible for securing adequate quantities of office, janitorial maintenance and repair materials and supplies and the rent of sufficient equipment necessary for the smooth, continuous operation of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s system of airports and all facilities associated with the system of airports. The Executive Director/Chief Executive Officer's authority to secure these items is subject to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
@@ -6470,1574 +4123,1270 @@
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> recommend to the full Commission that all or any unencumbered appropriation balances of individual categories be transferred to those categories that require additional budgeted funds. In addition, the Executive Director/Chief Executive Officer </w:t>
       </w:r>
       <w:r w:rsidRPr="009D5230">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> recommend to the full Commission the appropriation of additional funds above and beyond those approved at the time of budget adoption. After the fiscal year has concluded, a final accounting of expenditures by category must be presented to the Commission for approval of the final expenditure amounts by category.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638E4FE5" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="003E5ABF">
+    <w:p w14:paraId="276AC6BA" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The major operating and non-operating expense categories (non-CIP) include the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659BFACD" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="4656A623" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Operating Expenses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF178EB" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="05305B05" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personnel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B89F2B" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="2B207B2D" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administrative Expenses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABF1F9E" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="18223535" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412CD8EC" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="735FED25" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Utilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708ABE7B" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="42199BCD" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Operating Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BA7257" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="6B7AEEF2" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Maintenance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC13E9C" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="662DB432" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="2340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8BB9B2" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="0266CCCB" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="675F9F07" w14:textId="3C26E38C" w:rsidR="00120C8A" w:rsidRPr="00356E80" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="3CCB2711" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00356E80" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356E80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       Non-Operating Expenses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A64C6AD" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="00B73471">
+    <w:p w14:paraId="58A68E2B" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00B73471">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="2347" w:hanging="547"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Debt Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6726D3B4" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="00B73471">
+    <w:p w14:paraId="08A8F40C" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00B73471">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="2347" w:hanging="547"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Equipment Purchases</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5794A011" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="00B73471">
+    <w:p w14:paraId="54A71D77" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00B73471">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="2347" w:hanging="547"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BCD99CB" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="00120C8A">
+    <w:p w14:paraId="2A224569" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00120C8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1991F6FC" w14:textId="24166A09" w:rsidR="00120C8A" w:rsidRDefault="007342D0" w:rsidP="003E5ABF">
+    <w:p w14:paraId="7FCD8530" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Subject to</w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="0FBCED4D" w14:textId="77777777" w:rsidR="00120C8A" w:rsidRDefault="00120C8A" w:rsidP="003E5ABF">
+        <w:t>Subject to, and without limiting the provisions of, Minnesota Statutes, section 473.605, Commissioners will receive a per diem payment for attendance at meetings of the Commission or its committees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7B7D8C" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE86EF3" w14:textId="5C13FFBB" w:rsidR="00120C8A" w:rsidRPr="00253717" w:rsidRDefault="00120C8A" w:rsidP="003E5ABF">
+    <w:p w14:paraId="3E8C281F" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="003E5ABF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s Chairperson, or in his or her absence, the Vice-Chairperson, within the budgeted limits on Commissioner per diem payments, may approve attendance and participation of Commissioners at meetings other than those of the Commission or of its committees </w:t>
       </w:r>
-      <w:r w:rsidR="00EF687F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00EF687F" w:rsidRPr="00253717">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">constitute representation of the </w:t>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> constitute representation of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for which per diem is to be paid. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Such p</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>er diem payments must be based upon written authorization.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F77304" w14:textId="457219C6" w:rsidR="00120C8A" w:rsidRPr="003E5ABF" w:rsidRDefault="00120C8A" w:rsidP="003E5ABF">
+    <w:p w14:paraId="21EBF2F2" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00ED3CB5" w:rsidRDefault="00913475" w:rsidP="006475A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="446"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A written listing of all payments issued through the accounts payable process, expenses incurred, and revenues received for the previous month must be submitted to the Commission at each of its meetings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E564E96" w14:textId="3D5AB71E" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="0064288B" w:rsidP="00CC071A">
+    <w:p w14:paraId="73D404E7" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="006475A7" w:rsidRDefault="00913475" w:rsidP="00CC071A">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00253717">
+      <w:r w:rsidRPr="006475A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+        <w:t>Article VII:  Indemnification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CD0DB4" w14:textId="17A48C30" w:rsidR="00913475" w:rsidRPr="006475A7" w:rsidRDefault="00913475" w:rsidP="006475A7">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00890BB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Commission shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006475A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>indemnify any Commissioner, Commission officer, or employee made or threatened to be made a party to any civil, criminal, administrative, arbitration, or investigative proceeding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk213665561"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or in connection with an appearance as a witness in a proceeding at a time when such person has not been made or threatened to be made a party to such a proceeding,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="006475A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arising out of the Commissioners’, Commission officers’, or employees’ official capacity with the Commission against judgments, penalties, fines, settlements, and reasonable expenses, including attorneys’ fees and disbursements, incurred by the Commissioner, Commission officer, or employee in connection with the proceeding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk213665747"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall pay for or reimburse the reasonable expenses (including attorney’s fees) incurred by the Commissioner, Commission officer or employee in advance of the final disposition of the proceeding,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the fullest extent permitted by law and in accordance any written advancement and indemnity agreements and policies authorized by the Commission.  The Commission may purchase and maintain insurance (including without limitation insurance for legal expenses and costs incurred in connection with defending any claim, proceeding or lawsuit) on behalf of any Commissioner, Commission officer, or employee against any liability asserted against such person incurred in any such capacity or arising out of his or her status as such, whether or not the </w:t>
+      </w:r>
+      <w:r w:rsidR="002422BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would have the power to indemnify such person against such liability under the provisions of this Article. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00936891" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="00CC071A">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A14125">
+      </w:pPr>
+      <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>II</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E44F0">
+        <w:t>Article V</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>: Corporate Seal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="40118B3C" w14:textId="469EDF81" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+        <w:t>III: Corporate Seal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321F42AA" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The corporate seal of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00516371">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the circular form and </w:t>
       </w:r>
-      <w:r w:rsidR="00516371">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">inscribed </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="001B6A43">
+        <w:t>inscribed with the words</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Metropolitan Airports Commission,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the words </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00C83BA7">
-[...31 lines deleted...]
-      <w:r w:rsidR="001B6A43">
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporate Seal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the words and figures </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Corporate Seal</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>Established 1943</w:t>
       </w:r>
-      <w:r w:rsidR="00384BC1">
-[...13 lines deleted...]
-        <w:t>”</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.”</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Use of the corporate seal on </w:t>
       </w:r>
-      <w:r w:rsidR="00C053AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corporation</w:t>
       </w:r>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> documents is permitted, but not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C176638" w14:textId="1A688F5F" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="0064288B">
+    <w:p w14:paraId="744D523E" w14:textId="27A3D0E8" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Article</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A14125">
+        <w:t>IX: Notice of Investigations, Inquiries, and Hearings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5558FBBC" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Except as otherwise covered by state or federal law or regulation, notice of investigations, inquiries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and hearings conducted by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be published by giving at least </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notice by publication in an appropriate legal newspaper of general circulation in the metropolitan area and by mailing, by email or US mail, a copy of the notice to all interested parties who have registered their names with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for that purpose. Publication and mailing of the notice and the filing of proof thereof must be under the direction and supervision of the Executive Director/Chief Executive Officer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BE5069" w14:textId="49FDCF98" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>II</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00626DDA" w:rsidRPr="00253717">
+      </w:pPr>
+      <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E44F0">
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>: Notice of Investigations, Inquiries</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="28B961FD" w14:textId="5B883280" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00626DDA">
+        <w:t>X: Amendment of Bylaws</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1FA251" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475" w:rsidP="0086574D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253717">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Except as otherwise covered by state or federal law or regulation, notice of investigations, inquiries</w:t>
-[...374 lines deleted...]
-    <w:p w14:paraId="02159A99" w14:textId="77777777" w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidRDefault="00D951DC">
+        <w:t>These Bylaws may be amended by vote of two-thirds of the Commission’s membership at any regular or special meeting of the Commission, provided that the notice of the regular or special meeting must include a copy of the proposed amendment or amendments and must give notice that the amendment(s) will be brought to the attention of the Commissioners for action at the regular or special meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C2973A" w14:textId="77777777" w:rsidR="00913475" w:rsidRPr="00253717" w:rsidRDefault="00913475">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D951DC" w:rsidRPr="00253717" w:rsidSect="007103D9">
+    <w:sectPr w:rsidR="00913475" w:rsidRPr="00253717" w:rsidSect="00913475">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1215" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="1035" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26A8DBBA" w14:textId="77777777" w:rsidR="000215F2" w:rsidRDefault="000215F2">
+    <w:p w14:paraId="0DD45FD3" w14:textId="77777777" w:rsidR="00693A5B" w:rsidRDefault="00693A5B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D8122BD" w14:textId="77777777" w:rsidR="000215F2" w:rsidRDefault="000215F2">
+    <w:p w14:paraId="4AD0EC6F" w14:textId="77777777" w:rsidR="00693A5B" w:rsidRDefault="00693A5B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="474829B9" w14:textId="77777777" w:rsidR="000215F2" w:rsidRDefault="000215F2"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="191493915"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3EA99B04" w14:textId="78B9DDB8" w:rsidR="00BB20DE" w:rsidRDefault="00BB20DE">
+      <w:p w14:paraId="3A6EDCCD" w14:textId="77777777" w:rsidR="00BB20DE" w:rsidRDefault="00BB20DE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="26E773FA" w14:textId="77777777" w:rsidR="008502E1" w:rsidRDefault="008502E1">
+  <w:p w14:paraId="4A196F54" w14:textId="77777777" w:rsidR="008502E1" w:rsidRDefault="008502E1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="111FEB20" w14:textId="77777777" w:rsidR="000215F2" w:rsidRDefault="000215F2">
+    <w:p w14:paraId="6C9215A7" w14:textId="77777777" w:rsidR="00693A5B" w:rsidRDefault="00693A5B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="643B55EE" w14:textId="77777777" w:rsidR="000215F2" w:rsidRDefault="000215F2">
+    <w:p w14:paraId="58DAD38C" w14:textId="77777777" w:rsidR="00693A5B" w:rsidRDefault="00693A5B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:footnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="1D2DCF8C" w14:textId="77777777" w:rsidR="000215F2" w:rsidRDefault="000215F2"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E30653C" w14:textId="77777777" w:rsidR="00913475" w:rsidRDefault="00913475">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="063724F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC2636FA"/>
     <w:lvl w:ilvl="0" w:tplc="71C655D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B9D6B4C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9716,311 +7065,328 @@
   <w:num w:numId="25" w16cid:durableId="1513714703">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1872650827">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2144033328">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="276496834">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="416244015">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1971742740">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1982348339">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00626DDA"/>
     <w:rsid w:val="00001810"/>
     <w:rsid w:val="000043FE"/>
     <w:rsid w:val="000049F0"/>
     <w:rsid w:val="00012035"/>
     <w:rsid w:val="0001222D"/>
     <w:rsid w:val="000215F2"/>
     <w:rsid w:val="00022610"/>
     <w:rsid w:val="0002558A"/>
     <w:rsid w:val="00027445"/>
     <w:rsid w:val="00032165"/>
     <w:rsid w:val="00034CE3"/>
+    <w:rsid w:val="000372C7"/>
     <w:rsid w:val="000406DB"/>
     <w:rsid w:val="00042EA1"/>
     <w:rsid w:val="000571CC"/>
     <w:rsid w:val="00065A61"/>
     <w:rsid w:val="00071A0C"/>
+    <w:rsid w:val="00074DDC"/>
     <w:rsid w:val="00080CD1"/>
+    <w:rsid w:val="000855A3"/>
     <w:rsid w:val="000859EB"/>
+    <w:rsid w:val="00096AEA"/>
     <w:rsid w:val="000A1D64"/>
     <w:rsid w:val="000B2F23"/>
     <w:rsid w:val="000B31ED"/>
     <w:rsid w:val="000B65A2"/>
+    <w:rsid w:val="000C03DA"/>
     <w:rsid w:val="000C29C6"/>
     <w:rsid w:val="000C2E02"/>
     <w:rsid w:val="000C7DCF"/>
     <w:rsid w:val="000D70D5"/>
     <w:rsid w:val="000E03E2"/>
     <w:rsid w:val="000E1272"/>
+    <w:rsid w:val="000F2D2B"/>
     <w:rsid w:val="000F4AA7"/>
     <w:rsid w:val="000F6763"/>
     <w:rsid w:val="000F696F"/>
     <w:rsid w:val="0010131B"/>
     <w:rsid w:val="00103EA4"/>
     <w:rsid w:val="0011011F"/>
     <w:rsid w:val="00110910"/>
     <w:rsid w:val="001115AF"/>
     <w:rsid w:val="00111CD0"/>
     <w:rsid w:val="0011331B"/>
     <w:rsid w:val="0012012E"/>
     <w:rsid w:val="00120C8A"/>
     <w:rsid w:val="0012308C"/>
     <w:rsid w:val="00127C6A"/>
     <w:rsid w:val="0013032C"/>
     <w:rsid w:val="001319ED"/>
     <w:rsid w:val="001319F1"/>
     <w:rsid w:val="00132FD6"/>
     <w:rsid w:val="00133D00"/>
     <w:rsid w:val="00137009"/>
     <w:rsid w:val="00137EE7"/>
     <w:rsid w:val="001423DA"/>
     <w:rsid w:val="001523BB"/>
     <w:rsid w:val="00160BCB"/>
     <w:rsid w:val="0016219A"/>
     <w:rsid w:val="00164E33"/>
     <w:rsid w:val="00166458"/>
     <w:rsid w:val="00172780"/>
     <w:rsid w:val="001821A5"/>
     <w:rsid w:val="001914C0"/>
     <w:rsid w:val="0019322C"/>
     <w:rsid w:val="001A05E6"/>
     <w:rsid w:val="001A1A9F"/>
     <w:rsid w:val="001B071D"/>
     <w:rsid w:val="001B0D24"/>
     <w:rsid w:val="001B2FB6"/>
     <w:rsid w:val="001B4CD2"/>
     <w:rsid w:val="001B6A43"/>
     <w:rsid w:val="001B769E"/>
     <w:rsid w:val="001D2A72"/>
     <w:rsid w:val="001D2E31"/>
     <w:rsid w:val="001D4B5E"/>
     <w:rsid w:val="001D6413"/>
+    <w:rsid w:val="001E233E"/>
     <w:rsid w:val="001E39E9"/>
     <w:rsid w:val="001E44F0"/>
+    <w:rsid w:val="001E6E5D"/>
     <w:rsid w:val="001F34EE"/>
     <w:rsid w:val="00200E91"/>
     <w:rsid w:val="00205942"/>
     <w:rsid w:val="00210B0E"/>
     <w:rsid w:val="0021195D"/>
     <w:rsid w:val="002159C6"/>
     <w:rsid w:val="002167E3"/>
+    <w:rsid w:val="0021689E"/>
     <w:rsid w:val="00216F83"/>
     <w:rsid w:val="00222B36"/>
     <w:rsid w:val="0022573C"/>
     <w:rsid w:val="00232E32"/>
     <w:rsid w:val="002375F1"/>
+    <w:rsid w:val="002422BC"/>
     <w:rsid w:val="002469C7"/>
     <w:rsid w:val="00247178"/>
     <w:rsid w:val="00250B12"/>
     <w:rsid w:val="00253717"/>
     <w:rsid w:val="00253DE8"/>
     <w:rsid w:val="00261D75"/>
     <w:rsid w:val="00267D87"/>
     <w:rsid w:val="0027116E"/>
     <w:rsid w:val="00272445"/>
     <w:rsid w:val="002757DF"/>
     <w:rsid w:val="00282A62"/>
     <w:rsid w:val="002844FB"/>
     <w:rsid w:val="00286030"/>
     <w:rsid w:val="00292380"/>
     <w:rsid w:val="00294C1A"/>
     <w:rsid w:val="00295194"/>
     <w:rsid w:val="002A2B05"/>
     <w:rsid w:val="002A3043"/>
+    <w:rsid w:val="002A37F8"/>
+    <w:rsid w:val="002A5AF6"/>
     <w:rsid w:val="002A62A2"/>
     <w:rsid w:val="002A70F8"/>
     <w:rsid w:val="002B0E1A"/>
     <w:rsid w:val="002B4296"/>
     <w:rsid w:val="002C1234"/>
     <w:rsid w:val="002D7743"/>
     <w:rsid w:val="002E2385"/>
     <w:rsid w:val="002E2D7B"/>
     <w:rsid w:val="002E6637"/>
     <w:rsid w:val="002E6A96"/>
     <w:rsid w:val="002F165B"/>
     <w:rsid w:val="002F4116"/>
     <w:rsid w:val="002F54D4"/>
     <w:rsid w:val="002F5A4B"/>
     <w:rsid w:val="0030004C"/>
+    <w:rsid w:val="0030498F"/>
     <w:rsid w:val="00305E40"/>
     <w:rsid w:val="00315492"/>
     <w:rsid w:val="0031634C"/>
     <w:rsid w:val="00316D88"/>
     <w:rsid w:val="00323A53"/>
     <w:rsid w:val="00325BF5"/>
     <w:rsid w:val="00327E71"/>
     <w:rsid w:val="003324D3"/>
     <w:rsid w:val="00343B57"/>
     <w:rsid w:val="00344B8A"/>
     <w:rsid w:val="00353CF8"/>
     <w:rsid w:val="003548F3"/>
     <w:rsid w:val="00354952"/>
     <w:rsid w:val="00356E80"/>
     <w:rsid w:val="00362DAA"/>
     <w:rsid w:val="003675E8"/>
     <w:rsid w:val="00371046"/>
     <w:rsid w:val="00375262"/>
     <w:rsid w:val="00377342"/>
     <w:rsid w:val="003773F3"/>
     <w:rsid w:val="0037754A"/>
     <w:rsid w:val="003778DC"/>
     <w:rsid w:val="00381B5C"/>
     <w:rsid w:val="00382A2B"/>
     <w:rsid w:val="00383D49"/>
     <w:rsid w:val="00383E5F"/>
     <w:rsid w:val="00384BC1"/>
     <w:rsid w:val="003878B5"/>
     <w:rsid w:val="00390105"/>
     <w:rsid w:val="00390CDA"/>
     <w:rsid w:val="003915CB"/>
     <w:rsid w:val="00391822"/>
     <w:rsid w:val="00394E3C"/>
+    <w:rsid w:val="00396B0A"/>
     <w:rsid w:val="003A166A"/>
     <w:rsid w:val="003A2251"/>
     <w:rsid w:val="003A4BDE"/>
     <w:rsid w:val="003A66BD"/>
     <w:rsid w:val="003B0D57"/>
     <w:rsid w:val="003B1629"/>
     <w:rsid w:val="003B7466"/>
     <w:rsid w:val="003C0DFA"/>
     <w:rsid w:val="003C28A5"/>
     <w:rsid w:val="003C2969"/>
     <w:rsid w:val="003D0816"/>
     <w:rsid w:val="003E3568"/>
     <w:rsid w:val="003E367C"/>
     <w:rsid w:val="003E3902"/>
     <w:rsid w:val="003E39CB"/>
     <w:rsid w:val="003E5ABF"/>
     <w:rsid w:val="003E6953"/>
     <w:rsid w:val="003E7C86"/>
     <w:rsid w:val="003F1EBD"/>
     <w:rsid w:val="003F3829"/>
     <w:rsid w:val="003F4B12"/>
     <w:rsid w:val="00401EB4"/>
     <w:rsid w:val="0040200E"/>
+    <w:rsid w:val="00402461"/>
     <w:rsid w:val="00403041"/>
     <w:rsid w:val="00403F2B"/>
     <w:rsid w:val="004123D1"/>
     <w:rsid w:val="00415284"/>
     <w:rsid w:val="00416B3F"/>
     <w:rsid w:val="00424BAF"/>
     <w:rsid w:val="00425805"/>
     <w:rsid w:val="00425B2F"/>
     <w:rsid w:val="00426607"/>
+    <w:rsid w:val="00426A33"/>
     <w:rsid w:val="0043076B"/>
     <w:rsid w:val="00430D17"/>
     <w:rsid w:val="004400C5"/>
     <w:rsid w:val="00441338"/>
+    <w:rsid w:val="00442EA2"/>
     <w:rsid w:val="004430BC"/>
     <w:rsid w:val="00453C49"/>
     <w:rsid w:val="00457CE1"/>
     <w:rsid w:val="0046246F"/>
     <w:rsid w:val="00466021"/>
     <w:rsid w:val="004727FA"/>
     <w:rsid w:val="00480B2D"/>
     <w:rsid w:val="0048160A"/>
     <w:rsid w:val="00481645"/>
     <w:rsid w:val="004821C9"/>
     <w:rsid w:val="0048258B"/>
     <w:rsid w:val="00485B61"/>
     <w:rsid w:val="00487183"/>
     <w:rsid w:val="00487D0B"/>
     <w:rsid w:val="00490A4B"/>
     <w:rsid w:val="004936A7"/>
     <w:rsid w:val="00497D54"/>
     <w:rsid w:val="00497E8E"/>
     <w:rsid w:val="004A4C53"/>
     <w:rsid w:val="004B2DEA"/>
     <w:rsid w:val="004B3139"/>
     <w:rsid w:val="004B62B9"/>
     <w:rsid w:val="004C0274"/>
+    <w:rsid w:val="004C1411"/>
     <w:rsid w:val="004D0168"/>
     <w:rsid w:val="004D0671"/>
+    <w:rsid w:val="004D1D67"/>
     <w:rsid w:val="004D29A1"/>
     <w:rsid w:val="004D2EC2"/>
     <w:rsid w:val="004D31AE"/>
     <w:rsid w:val="004D3B8E"/>
     <w:rsid w:val="004D45C9"/>
     <w:rsid w:val="004D4891"/>
     <w:rsid w:val="004D76A7"/>
     <w:rsid w:val="004E21E5"/>
     <w:rsid w:val="004E2E3F"/>
     <w:rsid w:val="004E6735"/>
     <w:rsid w:val="004E7DAA"/>
+    <w:rsid w:val="004F270B"/>
     <w:rsid w:val="004F4772"/>
     <w:rsid w:val="004F5A00"/>
     <w:rsid w:val="004F5CE5"/>
+    <w:rsid w:val="004F7135"/>
     <w:rsid w:val="004F7AD9"/>
     <w:rsid w:val="00503A82"/>
     <w:rsid w:val="005047FF"/>
     <w:rsid w:val="00505418"/>
     <w:rsid w:val="00512C3D"/>
     <w:rsid w:val="005130BF"/>
     <w:rsid w:val="005149FF"/>
     <w:rsid w:val="00516371"/>
     <w:rsid w:val="00517B53"/>
     <w:rsid w:val="005208FB"/>
     <w:rsid w:val="00523E4C"/>
     <w:rsid w:val="00524450"/>
     <w:rsid w:val="00527FFE"/>
     <w:rsid w:val="005338E4"/>
     <w:rsid w:val="0054025E"/>
     <w:rsid w:val="00540779"/>
     <w:rsid w:val="00546976"/>
     <w:rsid w:val="005473D4"/>
     <w:rsid w:val="005526F4"/>
     <w:rsid w:val="0055326E"/>
     <w:rsid w:val="005550E7"/>
     <w:rsid w:val="00562508"/>
     <w:rsid w:val="0056716B"/>
     <w:rsid w:val="00571FF9"/>
     <w:rsid w:val="00581E6F"/>
@@ -10037,267 +7403,282 @@
     <w:rsid w:val="005B4E9D"/>
     <w:rsid w:val="005B7941"/>
     <w:rsid w:val="005C6212"/>
     <w:rsid w:val="005D1BC1"/>
     <w:rsid w:val="005D213A"/>
     <w:rsid w:val="005D4252"/>
     <w:rsid w:val="005E1519"/>
     <w:rsid w:val="005E2923"/>
     <w:rsid w:val="005E2D04"/>
     <w:rsid w:val="005E33AD"/>
     <w:rsid w:val="005E7F02"/>
     <w:rsid w:val="005F4133"/>
     <w:rsid w:val="005F4A29"/>
     <w:rsid w:val="0060140C"/>
     <w:rsid w:val="006033F1"/>
     <w:rsid w:val="006053E2"/>
     <w:rsid w:val="00613509"/>
     <w:rsid w:val="0061412C"/>
     <w:rsid w:val="006169E3"/>
     <w:rsid w:val="00623235"/>
     <w:rsid w:val="006252E9"/>
     <w:rsid w:val="00626DDA"/>
     <w:rsid w:val="00627789"/>
     <w:rsid w:val="00630F14"/>
     <w:rsid w:val="00631813"/>
+    <w:rsid w:val="0063379A"/>
     <w:rsid w:val="006350DF"/>
     <w:rsid w:val="0064245F"/>
     <w:rsid w:val="0064288B"/>
     <w:rsid w:val="006446DF"/>
     <w:rsid w:val="00646435"/>
+    <w:rsid w:val="006475A7"/>
     <w:rsid w:val="00650B50"/>
     <w:rsid w:val="00654212"/>
     <w:rsid w:val="00661122"/>
     <w:rsid w:val="00664C62"/>
     <w:rsid w:val="00672552"/>
     <w:rsid w:val="00674CAF"/>
     <w:rsid w:val="0068089D"/>
+    <w:rsid w:val="00680A55"/>
     <w:rsid w:val="0068215A"/>
     <w:rsid w:val="00684CB3"/>
     <w:rsid w:val="0068540D"/>
+    <w:rsid w:val="00693A5B"/>
     <w:rsid w:val="006B134E"/>
     <w:rsid w:val="006C1946"/>
     <w:rsid w:val="006C1DAC"/>
     <w:rsid w:val="006C4234"/>
     <w:rsid w:val="006D238C"/>
     <w:rsid w:val="006D293A"/>
     <w:rsid w:val="006D2FAF"/>
     <w:rsid w:val="006D4CBF"/>
     <w:rsid w:val="006E0754"/>
+    <w:rsid w:val="006E0B2D"/>
     <w:rsid w:val="006E1EFE"/>
     <w:rsid w:val="006E30ED"/>
     <w:rsid w:val="006E5A56"/>
     <w:rsid w:val="006E5E7D"/>
     <w:rsid w:val="0070485F"/>
     <w:rsid w:val="0070781D"/>
     <w:rsid w:val="007103D9"/>
     <w:rsid w:val="00712BD5"/>
     <w:rsid w:val="00713401"/>
     <w:rsid w:val="00716779"/>
     <w:rsid w:val="00716B84"/>
     <w:rsid w:val="00716F37"/>
     <w:rsid w:val="007176BE"/>
     <w:rsid w:val="007231D2"/>
     <w:rsid w:val="00724A75"/>
     <w:rsid w:val="00731A70"/>
     <w:rsid w:val="0073345E"/>
     <w:rsid w:val="007342D0"/>
+    <w:rsid w:val="00735908"/>
     <w:rsid w:val="00737324"/>
     <w:rsid w:val="00742EBD"/>
     <w:rsid w:val="00747EEA"/>
     <w:rsid w:val="00756155"/>
     <w:rsid w:val="007575CC"/>
+    <w:rsid w:val="007600CF"/>
     <w:rsid w:val="00760515"/>
     <w:rsid w:val="0076152B"/>
     <w:rsid w:val="00781403"/>
     <w:rsid w:val="00782EDA"/>
     <w:rsid w:val="00784C17"/>
     <w:rsid w:val="007864AD"/>
     <w:rsid w:val="00791C53"/>
     <w:rsid w:val="00797EB1"/>
     <w:rsid w:val="007A39EC"/>
     <w:rsid w:val="007A7C9C"/>
     <w:rsid w:val="007B1378"/>
     <w:rsid w:val="007B22EA"/>
     <w:rsid w:val="007B2499"/>
     <w:rsid w:val="007B40F5"/>
     <w:rsid w:val="007B5276"/>
     <w:rsid w:val="007B56AA"/>
     <w:rsid w:val="007C0663"/>
     <w:rsid w:val="007C153E"/>
     <w:rsid w:val="007C5977"/>
     <w:rsid w:val="007D120F"/>
     <w:rsid w:val="007D406F"/>
     <w:rsid w:val="007D4A1B"/>
+    <w:rsid w:val="007E0684"/>
     <w:rsid w:val="007E324C"/>
     <w:rsid w:val="007F0B82"/>
     <w:rsid w:val="007F248C"/>
     <w:rsid w:val="007F5B3E"/>
     <w:rsid w:val="007F7E3A"/>
     <w:rsid w:val="00800FF7"/>
     <w:rsid w:val="008060C6"/>
     <w:rsid w:val="00806F73"/>
     <w:rsid w:val="0081092B"/>
     <w:rsid w:val="00813D3A"/>
     <w:rsid w:val="008225EA"/>
     <w:rsid w:val="00823C1B"/>
     <w:rsid w:val="00825C4F"/>
     <w:rsid w:val="008276F8"/>
     <w:rsid w:val="0083201B"/>
     <w:rsid w:val="00832692"/>
     <w:rsid w:val="008327D4"/>
     <w:rsid w:val="00833EA9"/>
     <w:rsid w:val="008458E9"/>
     <w:rsid w:val="00845927"/>
     <w:rsid w:val="008502E1"/>
     <w:rsid w:val="008512CD"/>
     <w:rsid w:val="008553D9"/>
     <w:rsid w:val="008620ED"/>
     <w:rsid w:val="00864AC4"/>
     <w:rsid w:val="0086574D"/>
     <w:rsid w:val="00867DC2"/>
     <w:rsid w:val="00872530"/>
     <w:rsid w:val="00873E5E"/>
     <w:rsid w:val="00874962"/>
     <w:rsid w:val="00874AFF"/>
     <w:rsid w:val="00875994"/>
     <w:rsid w:val="008771AF"/>
     <w:rsid w:val="00883980"/>
     <w:rsid w:val="00884FAC"/>
     <w:rsid w:val="008856AE"/>
     <w:rsid w:val="00885AB9"/>
+    <w:rsid w:val="00890BB6"/>
     <w:rsid w:val="00892FAF"/>
     <w:rsid w:val="00894E85"/>
     <w:rsid w:val="0089760A"/>
     <w:rsid w:val="008A182B"/>
     <w:rsid w:val="008A55D4"/>
     <w:rsid w:val="008A6759"/>
     <w:rsid w:val="008A729D"/>
     <w:rsid w:val="008B156D"/>
     <w:rsid w:val="008B29D4"/>
     <w:rsid w:val="008B312D"/>
     <w:rsid w:val="008B3777"/>
     <w:rsid w:val="008C025F"/>
     <w:rsid w:val="008C4F0F"/>
     <w:rsid w:val="008C66BB"/>
     <w:rsid w:val="008D4E47"/>
     <w:rsid w:val="008E483D"/>
     <w:rsid w:val="008E76C2"/>
     <w:rsid w:val="008F16D3"/>
     <w:rsid w:val="008F1E89"/>
     <w:rsid w:val="00900451"/>
     <w:rsid w:val="009020DC"/>
     <w:rsid w:val="00902ED6"/>
     <w:rsid w:val="00903FE2"/>
     <w:rsid w:val="00906F3A"/>
+    <w:rsid w:val="00913475"/>
     <w:rsid w:val="0091368D"/>
     <w:rsid w:val="00916630"/>
     <w:rsid w:val="0092459F"/>
     <w:rsid w:val="00932D8B"/>
     <w:rsid w:val="00935EED"/>
+    <w:rsid w:val="00942ED4"/>
     <w:rsid w:val="00946BC2"/>
     <w:rsid w:val="00957611"/>
     <w:rsid w:val="00957D34"/>
     <w:rsid w:val="00960460"/>
     <w:rsid w:val="00962759"/>
     <w:rsid w:val="00966DEB"/>
     <w:rsid w:val="00972AF0"/>
     <w:rsid w:val="00972F2E"/>
     <w:rsid w:val="00975278"/>
     <w:rsid w:val="00982F6A"/>
     <w:rsid w:val="00983B5A"/>
     <w:rsid w:val="00985515"/>
     <w:rsid w:val="00993C44"/>
     <w:rsid w:val="00994411"/>
     <w:rsid w:val="00994850"/>
     <w:rsid w:val="009A108A"/>
     <w:rsid w:val="009A70DE"/>
+    <w:rsid w:val="009B399E"/>
     <w:rsid w:val="009C1198"/>
     <w:rsid w:val="009C12AB"/>
     <w:rsid w:val="009C1D36"/>
     <w:rsid w:val="009C4BB1"/>
     <w:rsid w:val="009C7E3F"/>
     <w:rsid w:val="009D02FE"/>
     <w:rsid w:val="009D5230"/>
     <w:rsid w:val="009D5C3B"/>
     <w:rsid w:val="009D633A"/>
     <w:rsid w:val="009E037E"/>
     <w:rsid w:val="009F00F7"/>
     <w:rsid w:val="009F092B"/>
     <w:rsid w:val="009F11C6"/>
     <w:rsid w:val="009F2F7D"/>
     <w:rsid w:val="009F4C1E"/>
     <w:rsid w:val="009F780B"/>
     <w:rsid w:val="00A00E2A"/>
     <w:rsid w:val="00A00FC7"/>
     <w:rsid w:val="00A01586"/>
     <w:rsid w:val="00A05D81"/>
     <w:rsid w:val="00A1172C"/>
     <w:rsid w:val="00A11B75"/>
     <w:rsid w:val="00A12D46"/>
     <w:rsid w:val="00A14125"/>
+    <w:rsid w:val="00A16436"/>
     <w:rsid w:val="00A22E46"/>
     <w:rsid w:val="00A23908"/>
     <w:rsid w:val="00A27850"/>
     <w:rsid w:val="00A27B25"/>
     <w:rsid w:val="00A353AD"/>
     <w:rsid w:val="00A36357"/>
     <w:rsid w:val="00A370B6"/>
     <w:rsid w:val="00A37E9F"/>
     <w:rsid w:val="00A44E03"/>
     <w:rsid w:val="00A454EC"/>
     <w:rsid w:val="00A45590"/>
     <w:rsid w:val="00A50525"/>
     <w:rsid w:val="00A564C8"/>
+    <w:rsid w:val="00A64B72"/>
     <w:rsid w:val="00A65A0D"/>
     <w:rsid w:val="00A65DAA"/>
     <w:rsid w:val="00A673F8"/>
     <w:rsid w:val="00A7470F"/>
     <w:rsid w:val="00A75D6D"/>
     <w:rsid w:val="00A80952"/>
     <w:rsid w:val="00A829FA"/>
     <w:rsid w:val="00A86958"/>
     <w:rsid w:val="00A9253F"/>
     <w:rsid w:val="00A9414D"/>
     <w:rsid w:val="00A94982"/>
     <w:rsid w:val="00A978C3"/>
     <w:rsid w:val="00AA32D4"/>
     <w:rsid w:val="00AA52F8"/>
     <w:rsid w:val="00AA6C36"/>
     <w:rsid w:val="00AB3150"/>
     <w:rsid w:val="00AB47F4"/>
     <w:rsid w:val="00AB5F72"/>
     <w:rsid w:val="00AC2422"/>
     <w:rsid w:val="00AC5704"/>
     <w:rsid w:val="00AD00FB"/>
     <w:rsid w:val="00AD04BD"/>
     <w:rsid w:val="00AD4F1E"/>
     <w:rsid w:val="00AE1611"/>
     <w:rsid w:val="00AE1B0C"/>
     <w:rsid w:val="00AE6F6F"/>
     <w:rsid w:val="00AE79DF"/>
     <w:rsid w:val="00AF46B5"/>
+    <w:rsid w:val="00AF70AD"/>
     <w:rsid w:val="00B078C3"/>
     <w:rsid w:val="00B10B2A"/>
     <w:rsid w:val="00B16555"/>
     <w:rsid w:val="00B21535"/>
     <w:rsid w:val="00B23281"/>
     <w:rsid w:val="00B30C3A"/>
     <w:rsid w:val="00B36BA9"/>
     <w:rsid w:val="00B42625"/>
     <w:rsid w:val="00B4715E"/>
     <w:rsid w:val="00B50315"/>
     <w:rsid w:val="00B51876"/>
     <w:rsid w:val="00B53781"/>
     <w:rsid w:val="00B56DBE"/>
     <w:rsid w:val="00B5776F"/>
     <w:rsid w:val="00B618B0"/>
     <w:rsid w:val="00B704DA"/>
     <w:rsid w:val="00B712CA"/>
     <w:rsid w:val="00B73471"/>
     <w:rsid w:val="00B7388D"/>
     <w:rsid w:val="00B90F13"/>
     <w:rsid w:val="00B92059"/>
     <w:rsid w:val="00B92345"/>
     <w:rsid w:val="00B92BA3"/>
     <w:rsid w:val="00B96AC2"/>
     <w:rsid w:val="00BA0021"/>
@@ -10313,296 +7694,315 @@
     <w:rsid w:val="00BE0AF5"/>
     <w:rsid w:val="00BE17C2"/>
     <w:rsid w:val="00BE3C8C"/>
     <w:rsid w:val="00BE5C9E"/>
     <w:rsid w:val="00BF375B"/>
     <w:rsid w:val="00BF3C25"/>
     <w:rsid w:val="00BF5142"/>
     <w:rsid w:val="00BF67C7"/>
     <w:rsid w:val="00BF7EC3"/>
     <w:rsid w:val="00C01969"/>
     <w:rsid w:val="00C02AFE"/>
     <w:rsid w:val="00C03A61"/>
     <w:rsid w:val="00C03E67"/>
     <w:rsid w:val="00C03F11"/>
     <w:rsid w:val="00C053AE"/>
     <w:rsid w:val="00C069CB"/>
     <w:rsid w:val="00C10F8D"/>
     <w:rsid w:val="00C12C57"/>
     <w:rsid w:val="00C21948"/>
     <w:rsid w:val="00C23A27"/>
     <w:rsid w:val="00C23A46"/>
     <w:rsid w:val="00C23B47"/>
     <w:rsid w:val="00C24234"/>
     <w:rsid w:val="00C278A9"/>
     <w:rsid w:val="00C306B3"/>
+    <w:rsid w:val="00C3323C"/>
     <w:rsid w:val="00C334CD"/>
     <w:rsid w:val="00C33815"/>
     <w:rsid w:val="00C33BB9"/>
     <w:rsid w:val="00C34D6E"/>
     <w:rsid w:val="00C35F43"/>
     <w:rsid w:val="00C4069C"/>
     <w:rsid w:val="00C414E6"/>
     <w:rsid w:val="00C4624C"/>
     <w:rsid w:val="00C462A2"/>
     <w:rsid w:val="00C562C5"/>
+    <w:rsid w:val="00C571B4"/>
     <w:rsid w:val="00C66EFE"/>
     <w:rsid w:val="00C67421"/>
     <w:rsid w:val="00C70E11"/>
     <w:rsid w:val="00C728A0"/>
     <w:rsid w:val="00C72E61"/>
     <w:rsid w:val="00C72E94"/>
     <w:rsid w:val="00C746FE"/>
     <w:rsid w:val="00C748FE"/>
     <w:rsid w:val="00C75111"/>
     <w:rsid w:val="00C75D86"/>
     <w:rsid w:val="00C75E3C"/>
     <w:rsid w:val="00C81B2C"/>
     <w:rsid w:val="00C83BA7"/>
     <w:rsid w:val="00C87A9F"/>
     <w:rsid w:val="00C91DDD"/>
+    <w:rsid w:val="00C931FB"/>
     <w:rsid w:val="00C958A9"/>
     <w:rsid w:val="00C963A7"/>
     <w:rsid w:val="00CA389B"/>
     <w:rsid w:val="00CA3CAD"/>
     <w:rsid w:val="00CB13CA"/>
     <w:rsid w:val="00CB37B4"/>
     <w:rsid w:val="00CB4634"/>
     <w:rsid w:val="00CC071A"/>
     <w:rsid w:val="00CC28A9"/>
     <w:rsid w:val="00CC5E48"/>
+    <w:rsid w:val="00CD3983"/>
     <w:rsid w:val="00CD64A6"/>
+    <w:rsid w:val="00CE2C1C"/>
     <w:rsid w:val="00CE4959"/>
+    <w:rsid w:val="00CE4C05"/>
     <w:rsid w:val="00CE557B"/>
     <w:rsid w:val="00CF0C4F"/>
     <w:rsid w:val="00CF39C8"/>
     <w:rsid w:val="00CF511A"/>
     <w:rsid w:val="00CF5CB2"/>
     <w:rsid w:val="00D006E1"/>
     <w:rsid w:val="00D01EC5"/>
     <w:rsid w:val="00D03EDB"/>
     <w:rsid w:val="00D0553D"/>
     <w:rsid w:val="00D100E1"/>
     <w:rsid w:val="00D1018F"/>
     <w:rsid w:val="00D1162C"/>
     <w:rsid w:val="00D20505"/>
     <w:rsid w:val="00D3135E"/>
     <w:rsid w:val="00D34920"/>
     <w:rsid w:val="00D34DC3"/>
+    <w:rsid w:val="00D35F8F"/>
+    <w:rsid w:val="00D44019"/>
     <w:rsid w:val="00D44774"/>
     <w:rsid w:val="00D44A86"/>
     <w:rsid w:val="00D44C82"/>
     <w:rsid w:val="00D479C8"/>
     <w:rsid w:val="00D508DF"/>
     <w:rsid w:val="00D52AA4"/>
     <w:rsid w:val="00D53B9D"/>
     <w:rsid w:val="00D55650"/>
     <w:rsid w:val="00D55C11"/>
     <w:rsid w:val="00D642B4"/>
     <w:rsid w:val="00D67D26"/>
     <w:rsid w:val="00D74B92"/>
     <w:rsid w:val="00D75ED5"/>
     <w:rsid w:val="00D8051E"/>
     <w:rsid w:val="00D87675"/>
     <w:rsid w:val="00D90670"/>
     <w:rsid w:val="00D90AB0"/>
     <w:rsid w:val="00D951DC"/>
     <w:rsid w:val="00D95310"/>
     <w:rsid w:val="00DA2E8F"/>
     <w:rsid w:val="00DA3695"/>
     <w:rsid w:val="00DA5895"/>
     <w:rsid w:val="00DA5ED1"/>
     <w:rsid w:val="00DA60B4"/>
     <w:rsid w:val="00DA6C52"/>
+    <w:rsid w:val="00DB1BB9"/>
     <w:rsid w:val="00DB5A6D"/>
     <w:rsid w:val="00DB6864"/>
     <w:rsid w:val="00DC0F99"/>
+    <w:rsid w:val="00DC11BC"/>
     <w:rsid w:val="00DC1379"/>
     <w:rsid w:val="00DC1747"/>
     <w:rsid w:val="00DC4C17"/>
     <w:rsid w:val="00DC4DEE"/>
     <w:rsid w:val="00DD13A9"/>
     <w:rsid w:val="00DD177D"/>
     <w:rsid w:val="00DD33A2"/>
     <w:rsid w:val="00DD5418"/>
     <w:rsid w:val="00DD5877"/>
     <w:rsid w:val="00DE03AD"/>
     <w:rsid w:val="00DE23DC"/>
     <w:rsid w:val="00DE2951"/>
     <w:rsid w:val="00DE6356"/>
+    <w:rsid w:val="00DE664E"/>
     <w:rsid w:val="00DF07DE"/>
     <w:rsid w:val="00DF2FCE"/>
     <w:rsid w:val="00DF4E92"/>
     <w:rsid w:val="00DF5FAF"/>
     <w:rsid w:val="00E007CC"/>
     <w:rsid w:val="00E02E13"/>
     <w:rsid w:val="00E0455B"/>
     <w:rsid w:val="00E05D15"/>
     <w:rsid w:val="00E11707"/>
     <w:rsid w:val="00E200C4"/>
     <w:rsid w:val="00E2043C"/>
     <w:rsid w:val="00E2139A"/>
     <w:rsid w:val="00E2197D"/>
     <w:rsid w:val="00E23169"/>
     <w:rsid w:val="00E25AE7"/>
     <w:rsid w:val="00E266FD"/>
     <w:rsid w:val="00E27471"/>
     <w:rsid w:val="00E307DF"/>
     <w:rsid w:val="00E403A3"/>
+    <w:rsid w:val="00E41446"/>
     <w:rsid w:val="00E44BFD"/>
     <w:rsid w:val="00E4673F"/>
     <w:rsid w:val="00E47673"/>
+    <w:rsid w:val="00E51207"/>
     <w:rsid w:val="00E53727"/>
     <w:rsid w:val="00E5530A"/>
     <w:rsid w:val="00E578DA"/>
     <w:rsid w:val="00E6077F"/>
     <w:rsid w:val="00E61F2E"/>
     <w:rsid w:val="00E635F6"/>
     <w:rsid w:val="00E643B6"/>
     <w:rsid w:val="00E76FFD"/>
     <w:rsid w:val="00E80DBB"/>
     <w:rsid w:val="00E81A95"/>
     <w:rsid w:val="00E832F6"/>
     <w:rsid w:val="00E84826"/>
     <w:rsid w:val="00E9386A"/>
     <w:rsid w:val="00E95B44"/>
     <w:rsid w:val="00E96568"/>
     <w:rsid w:val="00E96D5B"/>
     <w:rsid w:val="00E9770D"/>
     <w:rsid w:val="00EA3A7B"/>
     <w:rsid w:val="00EA5DD4"/>
     <w:rsid w:val="00EA6720"/>
     <w:rsid w:val="00EA7B61"/>
     <w:rsid w:val="00EB014F"/>
     <w:rsid w:val="00EB1373"/>
     <w:rsid w:val="00EB20D5"/>
     <w:rsid w:val="00EB2C37"/>
     <w:rsid w:val="00EC5161"/>
     <w:rsid w:val="00ED0FE1"/>
     <w:rsid w:val="00ED208D"/>
+    <w:rsid w:val="00ED3CB5"/>
+    <w:rsid w:val="00ED4083"/>
     <w:rsid w:val="00ED7E72"/>
     <w:rsid w:val="00EE4CE8"/>
     <w:rsid w:val="00EE534E"/>
     <w:rsid w:val="00EF58C4"/>
     <w:rsid w:val="00EF687F"/>
     <w:rsid w:val="00EF79B1"/>
     <w:rsid w:val="00F03345"/>
     <w:rsid w:val="00F04C0A"/>
     <w:rsid w:val="00F055FE"/>
     <w:rsid w:val="00F06083"/>
     <w:rsid w:val="00F07580"/>
     <w:rsid w:val="00F07584"/>
     <w:rsid w:val="00F13B64"/>
     <w:rsid w:val="00F14864"/>
     <w:rsid w:val="00F23E37"/>
     <w:rsid w:val="00F248CD"/>
     <w:rsid w:val="00F25E70"/>
     <w:rsid w:val="00F33F6E"/>
     <w:rsid w:val="00F341AC"/>
     <w:rsid w:val="00F34274"/>
     <w:rsid w:val="00F344DC"/>
     <w:rsid w:val="00F34B84"/>
     <w:rsid w:val="00F453EF"/>
     <w:rsid w:val="00F46250"/>
     <w:rsid w:val="00F47ED8"/>
+    <w:rsid w:val="00F52550"/>
     <w:rsid w:val="00F54E92"/>
     <w:rsid w:val="00F601B4"/>
     <w:rsid w:val="00F62FC1"/>
     <w:rsid w:val="00F678CF"/>
     <w:rsid w:val="00F70A76"/>
     <w:rsid w:val="00F71901"/>
+    <w:rsid w:val="00F76F92"/>
     <w:rsid w:val="00F80BDC"/>
     <w:rsid w:val="00F836A0"/>
     <w:rsid w:val="00F84781"/>
     <w:rsid w:val="00F850CF"/>
     <w:rsid w:val="00F87341"/>
     <w:rsid w:val="00F87B57"/>
     <w:rsid w:val="00F9131F"/>
     <w:rsid w:val="00FA26A9"/>
     <w:rsid w:val="00FB24C0"/>
     <w:rsid w:val="00FB4137"/>
+    <w:rsid w:val="00FB4645"/>
     <w:rsid w:val="00FB6174"/>
     <w:rsid w:val="00FB6805"/>
     <w:rsid w:val="00FC022B"/>
     <w:rsid w:val="00FC6FE9"/>
     <w:rsid w:val="00FC793F"/>
     <w:rsid w:val="00FC797A"/>
     <w:rsid w:val="00FD3770"/>
     <w:rsid w:val="00FD4390"/>
     <w:rsid w:val="00FD4A6C"/>
     <w:rsid w:val="00FE0375"/>
     <w:rsid w:val="00FE0421"/>
     <w:rsid w:val="00FE0BCF"/>
+    <w:rsid w:val="00FE3CEE"/>
     <w:rsid w:val="00FE67CB"/>
     <w:rsid w:val="00FF0CCE"/>
     <w:rsid w:val="00FF5F87"/>
     <w:rsid w:val="00FF6065"/>
     <w:rsid w:val="07412F65"/>
     <w:rsid w:val="08CF794B"/>
     <w:rsid w:val="0A184A18"/>
     <w:rsid w:val="1FE2C388"/>
     <w:rsid w:val="25014F7E"/>
     <w:rsid w:val="28DDDE29"/>
     <w:rsid w:val="37AC0AE1"/>
     <w:rsid w:val="44EEBDDA"/>
     <w:rsid w:val="487EBF6F"/>
     <w:rsid w:val="5FEC57A5"/>
     <w:rsid w:val="68B9D08A"/>
     <w:rsid w:val="699EEC98"/>
     <w:rsid w:val="7D7BBFEC"/>
     <w:rsid w:val="7ECCA2C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FC894E6"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
@@ -10981,57 +8381,57 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D52AA4"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000B31ED"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00137EE7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11263,84 +8663,103 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000796F5D584971240AA801A46E98777CB" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5198e82b48df2b5fd4f48cd94121d115">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e006ecae-b5da-450e-bd42-cfbc772d354e" xmlns:ns3="48ab0835-15ed-463d-89cc-a4b402749b53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17632be89fabf1e444fb6dfaa497f26a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000796F5D584971240AA801A46E98777CB" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fab681d117a0b8946c157c152018b07e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="e006ecae-b5da-450e-bd42-cfbc772d354e" xmlns:ns3="48ab0835-15ed-463d-89cc-a4b402749b53" xmlns:ns4="b882d378-6cd1-4eea-a711-4be59c7f8e2f" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e52ebe8876de100370040cf31c8778e6" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="e006ecae-b5da-450e-bd42-cfbc772d354e"/>
     <xsd:import namespace="48ab0835-15ed-463d-89cc-a4b402749b53"/>
+    <xsd:import namespace="b882d378-6cd1-4eea-a711-4be59c7f8e2f"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:People" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns5:_DCDateCreated" minOccurs="0"/>
+                <xsd:element ref="ns1:DateCompleted" minOccurs="0"/>
+                <xsd:element ref="ns1:FullName" minOccurs="0"/>
+                <xsd:element ref="ns5:Location" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="DateCompleted" ma:index="25" nillable="true" ma:displayName="Date Completed" ma:format="DateOnly" ma:internalName="DateCompleted">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="FullName" ma:index="26" nillable="true" ma:displayName="Full Name" ma:internalName="FullName">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e006ecae-b5da-450e-bd42-cfbc772d354e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="People" ma:index="12" nillable="true" ma:displayName="People" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="People">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
@@ -11375,99 +8794,127 @@
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="48ab0835-15ed-463d-89cc-a4b402749b53" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b882d378-6cd1-4eea-a711-4be59c7f8e2f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{495ebac4-5cf0-4213-8b54-07b6d497b2cb}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="48ab0835-15ed-463d-89cc-a4b402749b53">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_DCDateCreated" ma:index="24" nillable="true" ma:displayName="Date Created" ma:description="The date on which this resource was created" ma:format="DateTime" ma:internalName="_DCDateCreated">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Location" ma:index="27" nillable="true" ma:displayName="Location" ma:internalName="Location">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
-        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1" ma:index="23" ma:displayName="Author"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
@@ -11517,175 +8964,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="48ab0835-15ed-463d-89cc-a4b402749b53">
-[...11 lines deleted...]
-    <TaxCatchAll xmlns="48ab0835-15ed-463d-89cc-a4b402749b53" xsi:nil="true"/>
+    <DateCompleted xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <People xmlns="e006ecae-b5da-450e-bd42-cfbc772d354e">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </People>
+    <TaxCatchAll xmlns="b882d378-6cd1-4eea-a711-4be59c7f8e2f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e006ecae-b5da-450e-bd42-cfbc772d354e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <FullName xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Location xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F73F61E-4E43-422F-BAC9-091D3A8BA4B6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9936FA3D-4819-4774-AF5D-8261EFA719AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="e006ecae-b5da-450e-bd42-cfbc772d354e"/>
     <ds:schemaRef ds:uri="48ab0835-15ed-463d-89cc-a4b402749b53"/>
+    <ds:schemaRef ds:uri="b882d378-6cd1-4eea-a711-4be59c7f8e2f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1548AE3A-81C8-4A49-86E6-0DCEC237B739}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF196D7E-A983-41ED-AA2F-7962BA180822}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="e006ecae-b5da-450e-bd42-cfbc772d354e"/>
+    <ds:schemaRef ds:uri="b882d378-6cd1-4eea-a711-4be59c7f8e2f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAF086EB-6587-48B8-AD8E-65378F0F6E55}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A662F771-65AB-468C-A64B-F49ED0BA2447}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64DF96E9-066D-449E-9052-989C734B4A2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2981</Words>
-  <Characters>16711</Characters>
+  <Words>3259</Words>
+  <Characters>18359</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>104</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>152</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19588</CharactersWithSpaces>
+  <CharactersWithSpaces>21575</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator/>
-  <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000796F5D584971240AA801A46E98777CB</vt:lpwstr>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr/>
   </property>
 </Properties>
 </file>