--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,102 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\data\Finance Stats\Monthly Operations report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D4917522-01D2-42FC-A298-720E5827AD77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{134B42C9-ACDD-4F1D-BD63-7B8125B637B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Concourse Report" sheetId="4" r:id="rId1"/>
     <sheet name="E Detail" sheetId="2" r:id="rId2"/>
     <sheet name="Terminal 2" sheetId="3" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
     <externalReference r:id="rId9"/>
     <externalReference r:id="rId10"/>
     <externalReference r:id="rId11"/>
     <externalReference r:id="rId12"/>
+    <externalReference r:id="rId13"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="J2" i="4" l="1"/>
   <c r="I2" i="4" l="1"/>
   <c r="I31" i="4" l="1"/>
   <c r="I28" i="4"/>
   <c r="I27" i="4"/>
   <c r="I26" i="4"/>
   <c r="H34" i="2"/>
   <c r="H11" i="2"/>
   <c r="G31" i="4" l="1"/>
   <c r="G27" i="4"/>
   <c r="G28" i="4"/>
   <c r="C11" i="2"/>
   <c r="D11" i="2"/>
   <c r="E11" i="2"/>
   <c r="F11" i="2"/>
   <c r="I11" i="2"/>
   <c r="J11" i="2"/>
   <c r="K11" i="2"/>
   <c r="L11" i="2"/>
   <c r="M11" i="2"/>
   <c r="N11" i="2"/>
   <c r="G11" i="2"/>
   <c r="E31" i="4" l="1"/>
   <c r="E28" i="4"/>
   <c r="E27" i="4"/>
   <c r="E26" i="4"/>
@@ -627,93 +630,98 @@
   <c r="G16" i="4"/>
   <c r="C20" i="4"/>
   <c r="C16" i="4"/>
   <c r="J16" i="4"/>
   <c r="J20" i="4"/>
   <c r="B20" i="4"/>
   <c r="F16" i="4" l="1"/>
   <c r="E16" i="4"/>
   <c r="M22" i="4"/>
   <c r="N18" i="4"/>
   <c r="M16" i="4"/>
   <c r="N6" i="4"/>
   <c r="L22" i="4"/>
   <c r="K22" i="4"/>
   <c r="J22" i="4"/>
   <c r="I22" i="4"/>
   <c r="H22" i="4"/>
   <c r="G22" i="4"/>
   <c r="F22" i="4"/>
   <c r="E22" i="4"/>
   <c r="C22" i="4"/>
   <c r="N16" i="4" l="1"/>
   <c r="N20" i="4"/>
   <c r="N22" i="4" s="1"/>
   <c r="B22" i="4"/>
-  <c r="J29" i="4" l="1"/>
-  <c r="J32" i="4" s="1"/>
   <c r="B28" i="4" l="1"/>
   <c r="B26" i="4" l="1"/>
   <c r="B27" i="4"/>
   <c r="B29" i="4" l="1"/>
   <c r="B32" i="4" s="1"/>
   <c r="B34" i="4" s="1"/>
   <c r="C28" i="4" l="1"/>
   <c r="C26" i="4" l="1"/>
   <c r="C27" i="4"/>
   <c r="C31" i="4"/>
   <c r="C29" i="4" l="1"/>
   <c r="C32" i="4" s="1"/>
   <c r="C34" i="4" s="1"/>
   <c r="D28" i="4" l="1"/>
   <c r="D26" i="4" l="1"/>
   <c r="D27" i="4"/>
   <c r="D31" i="4"/>
   <c r="D29" i="4" l="1"/>
   <c r="D32" i="4" s="1"/>
   <c r="D34" i="4" s="1"/>
   <c r="F28" i="4" l="1"/>
   <c r="F26" i="4" l="1"/>
   <c r="F27" i="4"/>
   <c r="F31" i="4"/>
   <c r="F29" i="4" l="1"/>
   <c r="F32" i="4" s="1"/>
   <c r="F34" i="4" s="1"/>
   <c r="G26" i="4" l="1"/>
   <c r="G29" i="4" l="1"/>
   <c r="G32" i="4" s="1"/>
   <c r="G34" i="4" s="1"/>
   <c r="H28" i="4" l="1"/>
-  <c r="N28" i="4" s="1"/>
   <c r="H26" i="4" l="1"/>
   <c r="H27" i="4"/>
-  <c r="N27" i="4" s="1"/>
   <c r="H31" i="4"/>
-  <c r="N31" i="4" s="1"/>
   <c r="H29" i="4" l="1"/>
   <c r="H32" i="4" s="1"/>
   <c r="H34" i="4" s="1"/>
+  <c r="J28" i="4" l="1"/>
+  <c r="N28" i="4" s="1"/>
+  <c r="J26" i="4" l="1"/>
+  <c r="J27" i="4"/>
+  <c r="N27" i="4" s="1"/>
+  <c r="J31" i="4"/>
+  <c r="N31" i="4" s="1"/>
+  <c r="J29" i="4" l="1"/>
+  <c r="J32" i="4" s="1"/>
+  <c r="J34" i="4" s="1"/>
   <c r="N26" i="4"/>
   <c r="N29" i="4" s="1"/>
   <c r="N32" i="4" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="82">
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
@@ -1423,87 +1431,91 @@
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="39"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20January%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20January%202025.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Airline%20Stats\carier%20data%20entry.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/data/Finance%20Stats/Airline%20Stats/carier%20data%20entry.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20February%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20February%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20March%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20March%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20April%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20April%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20May%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20May%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20June%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20June%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20July%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20July%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20August%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20August%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Airline%20Stats\carier%20data%20entry.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/data/Finance%20Stats/Airline%20Stats/carier%20data%20entry.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20September%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20September%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
       <sheetName val="Ops+Rev Pax Activity"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="5">
           <cell r="C5">
@@ -1525,492 +1537,51 @@
             <v>39718</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5">
         <row r="21">
           <cell r="B21">
             <v>174577</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
-<file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-[...440 lines deleted...]
-<file path=xl/externalLinks/externalLink9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/externalLinks/externalLink10.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Master Template"/>
       <sheetName val="NWA"/>
       <sheetName val="Air Choice One"/>
       <sheetName val="AirTran"/>
       <sheetName val="AirCanada"/>
       <sheetName val="Air France"/>
       <sheetName val="Allegiant "/>
       <sheetName val="Aer Lingus"/>
       <sheetName val="Alaska"/>
       <sheetName val="America West"/>
       <sheetName val="American"/>
       <sheetName val="Continental"/>
       <sheetName val="Boutique Air"/>
       <sheetName val="Condor"/>
       <sheetName val="Delta"/>
       <sheetName val="Denver Air"/>
       <sheetName val="Frontier"/>
       <sheetName val="Icelandair"/>
       <sheetName val="Jet Blue"/>
@@ -2072,135 +1643,141 @@
       <sheetName val="DHL_Bemidji"/>
       <sheetName val="DHL_Encore"/>
       <sheetName val="DHL_Kalitta"/>
       <sheetName val="DHL_Mesa"/>
       <sheetName val="DHL_Southair"/>
       <sheetName val="DHL_Swift"/>
       <sheetName val="Encore"/>
       <sheetName val="Suburban Air Freight"/>
       <sheetName val="FedEx"/>
       <sheetName val="Mountain Cargo"/>
       <sheetName val="IFL"/>
       <sheetName val="UPS"/>
       <sheetName val="UPSSCS"/>
       <sheetName val="AM Intl_kittyhawk"/>
       <sheetName val="ATI_BAX"/>
       <sheetName val="Bemidji"/>
       <sheetName val="CSA Air"/>
       <sheetName val="Misc Cargo"/>
       <sheetName val="Military "/>
       <sheetName val="General Avation"/>
       <sheetName val="Air Canada"/>
       <sheetName val="WestJet_UA"/>
       <sheetName val="Sheet1"/>
       <sheetName val="DHL_ABX"/>
       <sheetName val=""/>
+      <sheetName val="Encore Air Cargo"/>
+      <sheetName val="Allegiant"/>
+      <sheetName val="Sheet2"/>
+      <sheetName val="carier data entry"/>
+      <sheetName val="Discovery"/>
+      <sheetName val="Aer Lingus "/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33">
             <v>4871</v>
           </cell>
           <cell r="JM33">
             <v>5776</v>
           </cell>
           <cell r="JN33"/>
           <cell r="JO33"/>
-          <cell r="JP33"/>
+          <cell r="JP33">
+            <v>94</v>
+          </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38">
             <v>84</v>
           </cell>
           <cell r="JM38">
             <v>100</v>
           </cell>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="5">
         <row r="8">
-          <cell r="JO8"/>
+          <cell r="JP8"/>
         </row>
       </sheetData>
       <sheetData sheetId="6">
         <row r="4">
-          <cell r="JO4">
-[...1 lines deleted...]
-          </cell>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>3730</v>
           </cell>
           <cell r="JI23">
             <v>4758</v>
           </cell>
           <cell r="JJ23">
             <v>7488</v>
           </cell>
           <cell r="JK23">
             <v>2007</v>
           </cell>
           <cell r="JL23">
             <v>1194</v>
           </cell>
           <cell r="JM23">
             <v>2752</v>
           </cell>
           <cell r="JN23">
             <v>2623</v>
           </cell>
           <cell r="JO23">
             <v>1133</v>
@@ -2233,241 +1810,253 @@
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="7">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33">
             <v>2209</v>
           </cell>
           <cell r="JL33">
             <v>3561</v>
           </cell>
           <cell r="JM33">
             <v>3357</v>
           </cell>
           <cell r="JN33">
             <v>3152</v>
           </cell>
           <cell r="JO33">
             <v>4302</v>
           </cell>
-          <cell r="JP33"/>
+          <cell r="JP33">
+            <v>3377</v>
+          </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38">
             <v>17</v>
           </cell>
           <cell r="JL38">
             <v>13</v>
           </cell>
           <cell r="JM38">
             <v>22</v>
           </cell>
           <cell r="JN38">
             <v>14</v>
           </cell>
           <cell r="JO38">
             <v>20</v>
           </cell>
-          <cell r="JP38"/>
+          <cell r="JP38">
+            <v>20</v>
+          </cell>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="8">
         <row r="4">
-          <cell r="JO4">
-            <v>175</v>
+          <cell r="JP4">
+            <v>146</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>9324</v>
           </cell>
           <cell r="JI23">
             <v>7494</v>
           </cell>
           <cell r="JJ23">
             <v>9834</v>
           </cell>
           <cell r="JK23">
             <v>9324</v>
           </cell>
           <cell r="JL23">
             <v>13286</v>
           </cell>
           <cell r="JM23">
             <v>19191</v>
           </cell>
           <cell r="JN23">
             <v>24832</v>
           </cell>
           <cell r="JO23">
             <v>23561</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>16905</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>397</v>
           </cell>
           <cell r="JI28">
             <v>361</v>
           </cell>
           <cell r="JJ28">
             <v>484</v>
           </cell>
           <cell r="JK28">
             <v>397</v>
           </cell>
           <cell r="JL28">
             <v>631</v>
           </cell>
           <cell r="JM28">
             <v>763</v>
           </cell>
           <cell r="JN28">
             <v>764</v>
           </cell>
           <cell r="JO28">
             <v>812</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>577</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10">
         <row r="4">
-          <cell r="JO4">
-            <v>389</v>
+          <cell r="JP4">
+            <v>405</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>47360</v>
           </cell>
           <cell r="JI23">
             <v>43797</v>
           </cell>
           <cell r="JJ23">
             <v>58356</v>
           </cell>
           <cell r="JK23">
             <v>43688</v>
           </cell>
           <cell r="JL23">
             <v>50923</v>
           </cell>
           <cell r="JM23">
             <v>55861</v>
           </cell>
           <cell r="JN23">
             <v>61548</v>
           </cell>
           <cell r="JO23">
             <v>55767</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>53802</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1862</v>
           </cell>
           <cell r="JI28">
             <v>1626</v>
           </cell>
           <cell r="JJ28">
             <v>1844</v>
           </cell>
           <cell r="JK28">
             <v>2042</v>
           </cell>
           <cell r="JL28">
             <v>2053</v>
           </cell>
           <cell r="JM28">
             <v>2190</v>
           </cell>
           <cell r="JN28">
             <v>1952</v>
           </cell>
           <cell r="JO28">
             <v>1920</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>1835</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13">
         <row r="5">
-          <cell r="JO5"/>
+          <cell r="JP5"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
@@ -2484,220 +2073,228 @@
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="14">
         <row r="4">
-          <cell r="JO4">
-            <v>6200</v>
+          <cell r="JP4">
+            <v>5546</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="15">
         <row r="4">
-          <cell r="JO4">
-            <v>79</v>
+          <cell r="JP4">
+            <v>77</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>894</v>
           </cell>
           <cell r="JI23">
             <v>788</v>
           </cell>
           <cell r="JJ23">
             <v>844</v>
           </cell>
           <cell r="JK23">
             <v>563</v>
           </cell>
           <cell r="JL23">
             <v>801</v>
           </cell>
           <cell r="JM23">
             <v>893</v>
           </cell>
           <cell r="JN23">
             <v>672</v>
           </cell>
           <cell r="JO23">
             <v>847</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>771</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>20</v>
           </cell>
           <cell r="JI28">
             <v>39</v>
           </cell>
           <cell r="JJ28">
             <v>44</v>
           </cell>
           <cell r="JK28">
             <v>28</v>
           </cell>
           <cell r="JL28">
             <v>52</v>
           </cell>
           <cell r="JM28">
             <v>52</v>
           </cell>
           <cell r="JN28">
             <v>64</v>
           </cell>
           <cell r="JO28">
             <v>55</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>35</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="16">
         <row r="4">
-          <cell r="JO4">
+          <cell r="JP4">
             <v>78</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>14618</v>
           </cell>
           <cell r="JI23">
             <v>17106</v>
           </cell>
           <cell r="JJ23">
             <v>17618</v>
           </cell>
           <cell r="JK23">
             <v>11248</v>
           </cell>
           <cell r="JL23">
             <v>9757</v>
           </cell>
           <cell r="JM23">
             <v>11472</v>
           </cell>
           <cell r="JN23">
             <v>13475</v>
           </cell>
           <cell r="JO23">
             <v>13267</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>13350</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>101</v>
           </cell>
           <cell r="JI28">
             <v>150</v>
           </cell>
           <cell r="JJ28">
             <v>100</v>
           </cell>
           <cell r="JK28">
             <v>71</v>
           </cell>
           <cell r="JL28">
             <v>53</v>
           </cell>
           <cell r="JM28">
             <v>100</v>
           </cell>
           <cell r="JN28">
             <v>87</v>
           </cell>
           <cell r="JO28">
             <v>87</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>85</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="17">
         <row r="8">
-          <cell r="JO8"/>
+          <cell r="JP8"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
@@ -2708,89 +2305,93 @@
         <row r="33">
           <cell r="JH33">
             <v>402</v>
           </cell>
           <cell r="JI33">
             <v>149</v>
           </cell>
           <cell r="JJ33">
             <v>2959</v>
           </cell>
           <cell r="JK33">
             <v>2540</v>
           </cell>
           <cell r="JL33">
             <v>4494</v>
           </cell>
           <cell r="JM33">
             <v>4736</v>
           </cell>
           <cell r="JN33">
             <v>4666</v>
           </cell>
           <cell r="JO33">
             <v>5042</v>
           </cell>
-          <cell r="JP33"/>
+          <cell r="JP33">
+            <v>4607</v>
+          </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>8</v>
           </cell>
           <cell r="JI38">
             <v>2</v>
           </cell>
           <cell r="JJ38">
             <v>19</v>
           </cell>
           <cell r="JK38">
             <v>49</v>
           </cell>
           <cell r="JL38">
             <v>22</v>
           </cell>
           <cell r="JM38">
             <v>28</v>
           </cell>
           <cell r="JN38">
             <v>30</v>
           </cell>
           <cell r="JO38">
             <v>22</v>
           </cell>
-          <cell r="JP38"/>
+          <cell r="JP38">
+            <v>35</v>
+          </cell>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="18">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
@@ -2807,544 +2408,570 @@
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="19">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="20"/>
       <sheetData sheetId="21"/>
       <sheetData sheetId="22">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="23">
         <row r="4">
-          <cell r="JO4">
-            <v>550</v>
+          <cell r="JP4">
+            <v>531</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>45755</v>
           </cell>
           <cell r="JI23">
             <v>45011</v>
           </cell>
           <cell r="JJ23">
             <v>66241</v>
           </cell>
           <cell r="JK23">
             <v>51658</v>
           </cell>
           <cell r="JL23">
             <v>58704</v>
           </cell>
           <cell r="JM23">
             <v>70732</v>
           </cell>
           <cell r="JN23">
             <v>76916</v>
           </cell>
           <cell r="JO23">
             <v>79154</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>74028</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1815</v>
           </cell>
           <cell r="JI28">
             <v>1511</v>
           </cell>
           <cell r="JJ28">
             <v>1690</v>
           </cell>
           <cell r="JK28">
             <v>1723</v>
           </cell>
           <cell r="JL28">
             <v>1685</v>
           </cell>
           <cell r="JM28">
             <v>2060</v>
           </cell>
           <cell r="JN28">
             <v>2198</v>
           </cell>
           <cell r="JO28">
             <v>1617</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>1574</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="24">
         <row r="4">
-          <cell r="JO4">
-            <v>60</v>
+          <cell r="JP4">
+            <v>25</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>10201</v>
           </cell>
           <cell r="JI23">
             <v>6844</v>
           </cell>
           <cell r="JJ23">
             <v>22975</v>
           </cell>
           <cell r="JK23">
             <v>7949</v>
           </cell>
           <cell r="JL23">
             <v>6068</v>
           </cell>
           <cell r="JM23">
             <v>5875</v>
           </cell>
           <cell r="JN23">
             <v>7034</v>
           </cell>
           <cell r="JO23">
             <v>8921</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>4061</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>97</v>
           </cell>
           <cell r="JI28">
             <v>62</v>
           </cell>
           <cell r="JJ28">
             <v>149</v>
           </cell>
           <cell r="JK28">
             <v>106</v>
           </cell>
           <cell r="JL28">
             <v>64</v>
           </cell>
           <cell r="JM28">
             <v>58</v>
           </cell>
           <cell r="JN28">
             <v>67</v>
           </cell>
           <cell r="JO28">
             <v>94</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>44</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="25">
         <row r="4">
-          <cell r="JO4">
-            <v>1048</v>
+          <cell r="JP4">
+            <v>573</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>116660</v>
           </cell>
           <cell r="JI23">
             <v>127174</v>
           </cell>
           <cell r="JJ23">
             <v>167909</v>
           </cell>
           <cell r="JK23">
             <v>138570</v>
           </cell>
           <cell r="JL23">
             <v>134596</v>
           </cell>
           <cell r="JM23">
             <v>195367</v>
           </cell>
           <cell r="JN23">
             <v>213965</v>
           </cell>
           <cell r="JO23">
             <v>166583</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>87980</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2285</v>
           </cell>
           <cell r="JI28">
             <v>2069</v>
           </cell>
           <cell r="JJ28">
             <v>3111</v>
           </cell>
           <cell r="JK28">
             <v>2754</v>
           </cell>
           <cell r="JL28">
             <v>2942</v>
           </cell>
           <cell r="JM28">
             <v>3511</v>
           </cell>
           <cell r="JN28">
             <v>3966</v>
           </cell>
           <cell r="JO28">
             <v>3562</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>2148</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>8</v>
           </cell>
           <cell r="JI33">
             <v>38541</v>
           </cell>
           <cell r="JJ33">
             <v>57589</v>
           </cell>
           <cell r="JK33">
             <v>8199</v>
           </cell>
           <cell r="JL33">
             <v>2469</v>
           </cell>
           <cell r="JM33">
             <v>3978</v>
           </cell>
           <cell r="JN33">
             <v>3739</v>
           </cell>
           <cell r="JO33">
             <v>3240</v>
           </cell>
-          <cell r="JP33"/>
+          <cell r="JP33">
+            <v>989</v>
+          </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>722</v>
           </cell>
           <cell r="JJ38">
             <v>745</v>
           </cell>
           <cell r="JK38">
             <v>319</v>
           </cell>
           <cell r="JL38">
             <v>117</v>
           </cell>
           <cell r="JM38">
             <v>77</v>
           </cell>
           <cell r="JN38">
             <v>53</v>
           </cell>
           <cell r="JO38">
             <v>39</v>
           </cell>
-          <cell r="JP38"/>
+          <cell r="JP38">
+            <v>46</v>
+          </cell>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28">
         <row r="4">
-          <cell r="JO4">
-            <v>469</v>
+          <cell r="JP4">
+            <v>495</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>42502</v>
           </cell>
           <cell r="JI23">
             <v>39077</v>
           </cell>
           <cell r="JJ23">
             <v>45009</v>
           </cell>
           <cell r="JK23">
             <v>39886</v>
           </cell>
           <cell r="JL23">
             <v>50964</v>
           </cell>
           <cell r="JM23">
             <v>54626</v>
           </cell>
           <cell r="JN23">
             <v>58754</v>
           </cell>
           <cell r="JO23">
             <v>63347</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>65676</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2217</v>
           </cell>
           <cell r="JI28">
             <v>1915</v>
           </cell>
           <cell r="JJ28">
             <v>1746</v>
           </cell>
           <cell r="JK28">
             <v>2307</v>
           </cell>
           <cell r="JL28">
             <v>2323</v>
           </cell>
           <cell r="JM28">
             <v>2487</v>
           </cell>
           <cell r="JN28">
             <v>2599</v>
           </cell>
           <cell r="JO28">
             <v>2573</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>2246</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="29">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JM28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>4786</v>
           </cell>
           <cell r="JI33">
             <v>5164</v>
           </cell>
           <cell r="JJ33">
             <v>5164</v>
           </cell>
           <cell r="JK33">
             <v>5778</v>
           </cell>
           <cell r="JL33">
             <v>9167</v>
           </cell>
           <cell r="JM33">
             <v>10748</v>
           </cell>
           <cell r="JN33">
             <v>10238</v>
           </cell>
           <cell r="JO33">
             <v>10991</v>
           </cell>
-          <cell r="JP33"/>
+          <cell r="JP33">
+            <v>7787</v>
+          </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JM38">
             <v>1</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31">
         <row r="4">
-          <cell r="JO4">
-            <v>87</v>
+          <cell r="JP4">
+            <v>26</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>4152</v>
           </cell>
           <cell r="JI23">
             <v>4471</v>
           </cell>
           <cell r="JJ23">
             <v>1068</v>
           </cell>
           <cell r="JK23">
             <v>2803</v>
           </cell>
           <cell r="JL23">
             <v>7296</v>
           </cell>
           <cell r="JM23">
             <v>5698</v>
           </cell>
           <cell r="JN23">
             <v>5546</v>
           </cell>
           <cell r="JO23">
             <v>5348</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>1663</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>167</v>
           </cell>
           <cell r="JI28">
             <v>197</v>
           </cell>
           <cell r="JJ28">
             <v>53</v>
           </cell>
           <cell r="JK28">
             <v>137</v>
           </cell>
           <cell r="JL28">
             <v>284</v>
           </cell>
           <cell r="JM28">
             <v>262</v>
           </cell>
           <cell r="JN28">
             <v>258</v>
           </cell>
           <cell r="JO28">
             <v>244</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>86</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="32">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
@@ -3381,118 +3008,122 @@
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="44">
         <row r="4">
-          <cell r="JO4">
-            <v>62</v>
+          <cell r="JP4">
+            <v>46</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>2246</v>
           </cell>
           <cell r="JI23">
             <v>2119</v>
           </cell>
           <cell r="JJ23">
             <v>1809</v>
           </cell>
           <cell r="JK23">
             <v>2623</v>
           </cell>
           <cell r="JL23">
             <v>4329</v>
           </cell>
           <cell r="JM23">
             <v>3380</v>
           </cell>
           <cell r="JN23">
             <v>3389</v>
           </cell>
           <cell r="JO23">
             <v>3847</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>2748</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>99</v>
           </cell>
           <cell r="JI28">
             <v>115</v>
           </cell>
           <cell r="JJ28">
             <v>109</v>
           </cell>
           <cell r="JK28">
             <v>135</v>
           </cell>
           <cell r="JL28">
             <v>211</v>
           </cell>
           <cell r="JM28">
             <v>169</v>
           </cell>
           <cell r="JN28">
             <v>110</v>
           </cell>
           <cell r="JO28">
             <v>163</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>172</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="45">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
@@ -3503,410 +3134,432 @@
         <row r="33">
           <cell r="JH33">
             <v>3607</v>
           </cell>
           <cell r="JI33">
             <v>2689</v>
           </cell>
           <cell r="JJ33">
             <v>4495</v>
           </cell>
           <cell r="JK33">
             <v>3082</v>
           </cell>
           <cell r="JL33">
             <v>1988</v>
           </cell>
           <cell r="JM33">
             <v>2107</v>
           </cell>
           <cell r="JN33">
             <v>5222</v>
           </cell>
           <cell r="JO33">
             <v>5661</v>
           </cell>
-          <cell r="JP33"/>
+          <cell r="JP33">
+            <v>6067</v>
+          </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>86</v>
           </cell>
           <cell r="JI38">
             <v>57</v>
           </cell>
           <cell r="JJ38">
             <v>104</v>
           </cell>
           <cell r="JK38">
             <v>71</v>
           </cell>
           <cell r="JL38">
             <v>44</v>
           </cell>
           <cell r="JM38">
             <v>47</v>
           </cell>
           <cell r="JN38">
             <v>131</v>
           </cell>
           <cell r="JO38">
             <v>124</v>
           </cell>
-          <cell r="JP38"/>
+          <cell r="JP38">
+            <v>97</v>
+          </cell>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="46">
         <row r="4">
-          <cell r="JO4">
-            <v>89</v>
+          <cell r="JP4">
+            <v>85</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>2443</v>
           </cell>
           <cell r="JI23">
             <v>3703</v>
           </cell>
           <cell r="JJ23">
             <v>6308</v>
           </cell>
           <cell r="JK23">
             <v>4814</v>
           </cell>
           <cell r="JL23">
             <v>4534</v>
           </cell>
           <cell r="JM23">
             <v>2678</v>
           </cell>
           <cell r="JN23">
             <v>6437</v>
           </cell>
           <cell r="JO23">
             <v>6202</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>5528</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>82</v>
           </cell>
           <cell r="JI28">
             <v>146</v>
           </cell>
           <cell r="JJ28">
             <v>154</v>
           </cell>
           <cell r="JK28">
             <v>205</v>
           </cell>
           <cell r="JL28">
             <v>168</v>
           </cell>
           <cell r="JM28">
             <v>77</v>
           </cell>
           <cell r="JN28">
             <v>141</v>
           </cell>
           <cell r="JO28">
             <v>155</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>159</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="47"/>
       <sheetData sheetId="48"/>
       <sheetData sheetId="49">
         <row r="4">
-          <cell r="JO4">
-            <v>1255</v>
+          <cell r="JP4">
+            <v>1129</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="50">
         <row r="4">
-          <cell r="JO4">
-            <v>31</v>
+          <cell r="JP4">
+            <v>74</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23">
             <v>4419</v>
           </cell>
           <cell r="JI23">
             <v>4335</v>
           </cell>
           <cell r="JJ23">
             <v>7120</v>
           </cell>
           <cell r="JK23">
             <v>4890</v>
           </cell>
           <cell r="JL23">
             <v>3622</v>
           </cell>
           <cell r="JM23">
             <v>2215</v>
           </cell>
           <cell r="JN23">
             <v>2016</v>
           </cell>
           <cell r="JO23">
             <v>2061</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>4048</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>152</v>
           </cell>
           <cell r="JI28">
             <v>144</v>
           </cell>
           <cell r="JJ28">
             <v>182</v>
           </cell>
           <cell r="JK28">
             <v>190</v>
           </cell>
           <cell r="JL28">
             <v>83</v>
           </cell>
           <cell r="JM28">
             <v>37</v>
           </cell>
           <cell r="JN28">
             <v>39</v>
           </cell>
           <cell r="JO28">
             <v>50</v>
+          </cell>
+          <cell r="JP28">
+            <v>164</v>
+          </cell>
+          <cell r="JQ28"/>
+          <cell r="JR28"/>
+          <cell r="JS28"/>
+        </row>
+      </sheetData>
+      <sheetData sheetId="51">
+        <row r="4">
+          <cell r="JP4">
+            <v>42</v>
+          </cell>
+        </row>
+        <row r="23">
+          <cell r="JH23">
+            <v>3952</v>
+          </cell>
+          <cell r="JI23">
+            <v>3254</v>
+          </cell>
+          <cell r="JJ23">
+            <v>8114</v>
+          </cell>
+          <cell r="JK23">
+            <v>5674</v>
+          </cell>
+          <cell r="JL23">
+            <v>4665</v>
+          </cell>
+          <cell r="JM23">
+            <v>7090</v>
+          </cell>
+          <cell r="JN23">
+            <v>7313</v>
+          </cell>
+          <cell r="JO23">
+            <v>8473</v>
+          </cell>
+          <cell r="JP23">
+            <v>3040</v>
+          </cell>
+          <cell r="JQ23"/>
+          <cell r="JR23"/>
+          <cell r="JS23"/>
+        </row>
+        <row r="28">
+          <cell r="JH28">
+            <v>201</v>
+          </cell>
+          <cell r="JI28">
+            <v>138</v>
+          </cell>
+          <cell r="JJ28">
+            <v>296</v>
+          </cell>
+          <cell r="JK28">
+            <v>235</v>
+          </cell>
+          <cell r="JL28">
+            <v>133</v>
+          </cell>
+          <cell r="JM28">
+            <v>245</v>
+          </cell>
+          <cell r="JN28">
+            <v>237</v>
+          </cell>
+          <cell r="JO28">
+            <v>238</v>
+          </cell>
+          <cell r="JP28">
+            <v>102</v>
+          </cell>
+          <cell r="JQ28"/>
+          <cell r="JR28"/>
+          <cell r="JS28"/>
+        </row>
+      </sheetData>
+      <sheetData sheetId="52">
+        <row r="4">
+          <cell r="JP4">
+            <v>1</v>
+          </cell>
+        </row>
+        <row r="23">
+          <cell r="JH23">
+            <v>5361</v>
+          </cell>
+          <cell r="JI23">
+            <v>5209</v>
+          </cell>
+          <cell r="JJ23">
+            <v>7896</v>
+          </cell>
+          <cell r="JK23">
+            <v>3497</v>
+          </cell>
+          <cell r="JL23">
+            <v>1451</v>
+          </cell>
+          <cell r="JM23">
+            <v>3710</v>
+          </cell>
+          <cell r="JN23">
+            <v>71</v>
+          </cell>
+          <cell r="JO23">
+            <v>300</v>
+          </cell>
+          <cell r="JP23">
+            <v>73</v>
+          </cell>
+          <cell r="JQ23"/>
+          <cell r="JR23"/>
+          <cell r="JS23"/>
+        </row>
+        <row r="28">
+          <cell r="JH28">
+            <v>238</v>
+          </cell>
+          <cell r="JI28">
+            <v>214</v>
+          </cell>
+          <cell r="JJ28">
+            <v>216</v>
+          </cell>
+          <cell r="JK28">
+            <v>171</v>
+          </cell>
+          <cell r="JL28">
+            <v>51</v>
+          </cell>
+          <cell r="JM28">
+            <v>141</v>
+          </cell>
+          <cell r="JN28">
+            <v>5</v>
+          </cell>
+          <cell r="JO28">
+            <v>2</v>
           </cell>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
-      <sheetData sheetId="51">
-[...132 lines deleted...]
-      </sheetData>
       <sheetData sheetId="53"/>
       <sheetData sheetId="54">
         <row r="4">
-          <cell r="JO4">
-            <v>2142</v>
+          <cell r="JP4">
+            <v>2220</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="55"/>
       <sheetData sheetId="56">
         <row r="4">
-          <cell r="JO4">
-            <v>1</v>
+          <cell r="JP4">
+            <v>37</v>
           </cell>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23">
             <v>62</v>
           </cell>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>56</v>
           </cell>
-          <cell r="JP23"/>
+          <cell r="JP23">
+            <v>2095</v>
+          </cell>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28">
             <v>2</v>
           </cell>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28">
             <v>2</v>
           </cell>
-          <cell r="JP28"/>
+          <cell r="JP28">
+            <v>69</v>
+          </cell>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="57">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
@@ -3914,51 +3567,51 @@
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="58">
         <row r="58">
           <cell r="BG58"/>
         </row>
       </sheetData>
       <sheetData sheetId="59">
         <row r="58">
           <cell r="BH58"/>
         </row>
       </sheetData>
       <sheetData sheetId="60"/>
       <sheetData sheetId="61"/>
       <sheetData sheetId="62"/>
       <sheetData sheetId="63"/>
       <sheetData sheetId="64">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="IT23"/>
           <cell r="IU23"/>
           <cell r="IV23"/>
           <cell r="IW23"/>
           <cell r="IX23"/>
           <cell r="IY23"/>
           <cell r="IZ23"/>
           <cell r="JA23"/>
           <cell r="JB23"/>
           <cell r="JC23"/>
           <cell r="JD23"/>
           <cell r="JE23"/>
         </row>
         <row r="28">
           <cell r="IT28"/>
           <cell r="IU28"/>
           <cell r="IV28"/>
           <cell r="IW28"/>
           <cell r="IX28"/>
           <cell r="IY28"/>
           <cell r="IZ28"/>
           <cell r="JA28"/>
           <cell r="JB28"/>
@@ -3975,56 +3628,56 @@
           <cell r="IY33"/>
           <cell r="IZ33"/>
           <cell r="JA33"/>
           <cell r="JB33"/>
           <cell r="JC33"/>
           <cell r="JD33"/>
           <cell r="JE33"/>
         </row>
         <row r="38">
           <cell r="IT38"/>
           <cell r="IU38"/>
           <cell r="IV38"/>
           <cell r="IW38"/>
           <cell r="IX38"/>
           <cell r="IY38"/>
           <cell r="IZ38"/>
           <cell r="JA38"/>
           <cell r="JB38"/>
           <cell r="JC38"/>
           <cell r="JD38"/>
           <cell r="JE38"/>
         </row>
       </sheetData>
       <sheetData sheetId="65">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="66">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>191</v>
           </cell>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
@@ -4045,51 +3698,51 @@
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>112</v>
           </cell>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="67">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23">
             <v>133</v>
           </cell>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
@@ -4108,183 +3761,693 @@
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="68">
         <row r="4">
-          <cell r="JO4">
+          <cell r="JP4">
             <v>1</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="69">
         <row r="4">
-          <cell r="JO4">
-            <v>119</v>
+          <cell r="JP4">
+            <v>122</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="70">
         <row r="4">
-          <cell r="JO4">
-            <v>5</v>
+          <cell r="JP4">
+            <v>2</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="71">
         <row r="4">
-          <cell r="JO4">
-            <v>1</v>
+          <cell r="JP4">
+            <v>2</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="72">
         <row r="19">
           <cell r="IT19">
             <v>0</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="73">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="74">
         <row r="4">
-          <cell r="JO4">
-            <v>41</v>
+          <cell r="JP4">
+            <v>39</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="75">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="76">
         <row r="4">
-          <cell r="JO4">
-            <v>15</v>
+          <cell r="JP4">
+            <v>17</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="77">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="78"/>
       <sheetData sheetId="79">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="80"/>
       <sheetData sheetId="81"/>
       <sheetData sheetId="82">
         <row r="4">
-          <cell r="JO4">
-            <v>70</v>
+          <cell r="JP4">
+            <v>69</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="83">
         <row r="4">
-          <cell r="JO4">
-            <v>22</v>
+          <cell r="JP4">
+            <v>21</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="84">
         <row r="4">
-          <cell r="JO4">
-            <v>17</v>
+          <cell r="JP4">
+            <v>15</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="85">
         <row r="4">
-          <cell r="JO4">
-            <v>105</v>
+          <cell r="JP4">
+            <v>97</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="86"/>
       <sheetData sheetId="87"/>
       <sheetData sheetId="88"/>
       <sheetData sheetId="89">
         <row r="4">
-          <cell r="JO4">
-            <v>128</v>
+          <cell r="JP4">
+            <v>121</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="90"/>
       <sheetData sheetId="91">
         <row r="4">
-          <cell r="JO4"/>
+          <cell r="JP4"/>
         </row>
       </sheetData>
       <sheetData sheetId="92">
         <row r="4">
-          <cell r="JO4">
-            <v>49</v>
+          <cell r="JP4">
+            <v>54</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="93">
         <row r="4">
-          <cell r="JO4">
-            <v>871</v>
+          <cell r="JP4">
+            <v>800</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="94" refreshError="1"/>
       <sheetData sheetId="95" refreshError="1"/>
       <sheetData sheetId="96" refreshError="1"/>
       <sheetData sheetId="97" refreshError="1"/>
       <sheetData sheetId="98" refreshError="1"/>
+      <sheetData sheetId="99" refreshError="1"/>
+      <sheetData sheetId="100" refreshError="1"/>
+      <sheetData sheetId="101" refreshError="1"/>
+      <sheetData sheetId="102" refreshError="1"/>
+      <sheetData sheetId="103" refreshError="1"/>
+      <sheetData sheetId="104" refreshError="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1028546</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>187393</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>276</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>38500</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="22">
+          <cell r="B22">
+            <v>163257</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1369060</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>224223</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>431</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>46527</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="23">
+          <cell r="B23">
+            <v>216816</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink4.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1122946</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>214701</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>45651</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="24">
+          <cell r="B24">
+            <v>162754</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink5.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1248467</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>214043</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>47062</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="25">
+          <cell r="B25">
+            <v>121940</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink6.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1435178</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>230778</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>133</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>49435</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="26">
+          <cell r="B26">
+            <v>149995</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink7.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1524366</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>250705</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>51753</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="27">
+          <cell r="B27">
+            <v>170456</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink8.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1410421</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>252495</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>191</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>48651</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="28">
+          <cell r="B28">
+            <v>168219</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7">
+        <row r="5">
+          <cell r="I5">
+            <v>65968.295189695287</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink9.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1165803</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>231802</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>44068</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -4524,51 +4687,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C56E8DF-DCC2-4E85-8441-21C2D1854515}">
   <dimension ref="A1:T49"/>
   <sheetViews>
     <sheetView tabSelected="1" showWhiteSpace="0" zoomScale="130" zoomScaleNormal="130" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="H15" sqref="H15"/>
+      <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="46" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -4620,57 +4783,60 @@
       <c r="B2" s="51">
         <v>292754</v>
       </c>
       <c r="C2" s="28">
         <v>290622</v>
       </c>
       <c r="D2" s="51">
         <v>383151</v>
       </c>
       <c r="E2" s="28">
         <v>301947</v>
       </c>
       <c r="F2" s="28">
         <v>267636</v>
       </c>
       <c r="G2" s="51">
         <v>281936</v>
       </c>
       <c r="H2" s="28">
         <v>295514</v>
       </c>
       <c r="I2" s="28">
         <f>264315+6863+3427+4010+50</f>
         <v>278665</v>
       </c>
-      <c r="J2" s="28"/>
+      <c r="J2" s="28">
+        <f>232860+4539+2758+3126+41</f>
+        <v>243324</v>
+      </c>
       <c r="K2" s="51"/>
       <c r="L2" s="51"/>
       <c r="M2" s="51"/>
       <c r="N2" s="20">
         <f>SUM(B2:M2)</f>
-        <v>2392225</v>
+        <v>2635549</v>
       </c>
       <c r="O2" s="29"/>
       <c r="P2" s="21"/>
       <c r="Q2" s="64"/>
       <c r="R2" s="21"/>
       <c r="S2" s="21"/>
       <c r="T2" s="21"/>
     </row>
     <row r="3" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2024</v>
       </c>
       <c r="B3" s="39">
         <v>309472</v>
       </c>
       <c r="C3" s="39">
         <v>307890</v>
       </c>
       <c r="D3" s="39">
         <v>374005</v>
       </c>
       <c r="E3" s="39">
         <v>328538</v>
       </c>
       <c r="F3" s="39">
@@ -4714,57 +4880,59 @@
       </c>
       <c r="B4" s="29">
         <v>251085</v>
       </c>
       <c r="C4" s="29">
         <v>237738</v>
       </c>
       <c r="D4" s="29">
         <v>290285</v>
       </c>
       <c r="E4" s="29">
         <v>273866</v>
       </c>
       <c r="F4" s="29">
         <v>320934</v>
       </c>
       <c r="G4" s="29">
         <v>347595</v>
       </c>
       <c r="H4" s="29">
         <v>372618</v>
       </c>
       <c r="I4" s="29">
         <v>347060</v>
       </c>
-      <c r="J4" s="29"/>
+      <c r="J4" s="29">
+        <v>301205</v>
+      </c>
       <c r="K4" s="29"/>
       <c r="L4" s="29"/>
       <c r="M4" s="29"/>
       <c r="N4" s="20">
         <f t="shared" ref="N4:N12" si="0">SUM(B4:M4)</f>
-        <v>2441181</v>
+        <v>2742386</v>
       </c>
       <c r="Q4" s="21"/>
       <c r="S4" s="3"/>
     </row>
     <row r="5" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2024</v>
       </c>
       <c r="B5" s="39">
         <v>263894</v>
       </c>
       <c r="C5" s="39">
         <v>260126</v>
       </c>
       <c r="D5" s="39">
         <v>320992</v>
       </c>
       <c r="E5" s="39">
         <v>297451</v>
       </c>
       <c r="F5" s="39">
         <v>350645</v>
       </c>
       <c r="G5" s="39">
         <v>356312</v>
@@ -4812,67 +4980,67 @@
         <f>+'E Detail'!E36</f>
         <v>184437</v>
       </c>
       <c r="E6" s="4">
         <f>+'E Detail'!F36</f>
         <v>142821</v>
       </c>
       <c r="F6" s="4">
         <f>+'E Detail'!G36</f>
         <v>173720</v>
       </c>
       <c r="G6" s="4">
         <f>+'E Detail'!H36</f>
         <v>189856</v>
       </c>
       <c r="H6" s="4">
         <f>+'E Detail'!I36</f>
         <v>202605</v>
       </c>
       <c r="I6" s="4">
         <f>+'E Detail'!J36</f>
         <v>206136</v>
       </c>
       <c r="J6" s="4">
         <f>+'E Detail'!K36</f>
-        <v>0</v>
+        <v>183341</v>
       </c>
       <c r="K6" s="4">
         <f>+'E Detail'!L36</f>
         <v>0</v>
       </c>
       <c r="L6" s="4">
         <f>+'E Detail'!M36</f>
         <v>0</v>
       </c>
       <c r="M6" s="4">
         <f>+'E Detail'!N36</f>
         <v>0</v>
       </c>
       <c r="N6" s="20">
         <f t="shared" si="0"/>
-        <v>1380398</v>
+        <v>1563739</v>
       </c>
       <c r="P6" s="49"/>
       <c r="Q6" s="21"/>
     </row>
     <row r="7" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2024</v>
       </c>
       <c r="B7" s="17">
         <v>142258</v>
       </c>
       <c r="C7" s="17">
         <v>143544</v>
       </c>
       <c r="D7" s="17">
         <v>168786</v>
       </c>
       <c r="E7" s="17">
         <v>154946</v>
       </c>
       <c r="F7" s="17">
         <v>182172</v>
       </c>
       <c r="G7" s="17">
         <v>198918</v>
@@ -4910,57 +5078,59 @@
       </c>
       <c r="B8" s="29">
         <v>74813</v>
       </c>
       <c r="C8" s="29">
         <v>65126</v>
       </c>
       <c r="D8" s="29">
         <v>80932</v>
       </c>
       <c r="E8" s="29">
         <v>77372</v>
       </c>
       <c r="F8" s="29">
         <v>80351</v>
       </c>
       <c r="G8" s="29">
         <v>100092</v>
       </c>
       <c r="H8" s="29">
         <v>111014</v>
       </c>
       <c r="I8" s="29">
         <v>101154</v>
       </c>
-      <c r="J8" s="29"/>
+      <c r="J8" s="29">
+        <v>80167</v>
+      </c>
       <c r="K8" s="29"/>
       <c r="L8" s="29"/>
       <c r="M8" s="29"/>
       <c r="N8" s="20">
         <f t="shared" si="0"/>
-        <v>690854</v>
+        <v>771021</v>
       </c>
       <c r="S8" s="3"/>
     </row>
     <row r="9" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2024</v>
       </c>
       <c r="B9" s="39">
         <v>70710</v>
       </c>
       <c r="C9" s="39">
         <v>70142</v>
       </c>
       <c r="D9" s="39">
         <v>90641</v>
       </c>
       <c r="E9" s="39">
         <v>88892</v>
       </c>
       <c r="F9" s="39">
         <v>111171</v>
       </c>
       <c r="G9" s="39">
         <v>110944</v>
       </c>
@@ -4995,57 +5165,59 @@
       </c>
       <c r="B10" s="28">
         <v>216032</v>
       </c>
       <c r="C10" s="28">
         <v>203106</v>
       </c>
       <c r="D10" s="28">
         <v>261044</v>
       </c>
       <c r="E10" s="28">
         <v>265945</v>
       </c>
       <c r="F10" s="28">
         <v>338177</v>
       </c>
       <c r="G10" s="28">
         <v>368658</v>
       </c>
       <c r="H10" s="28">
         <v>394202</v>
       </c>
       <c r="I10" s="28">
         <v>371583</v>
       </c>
-      <c r="J10" s="28"/>
+      <c r="J10" s="28">
+        <v>321437</v>
+      </c>
       <c r="K10" s="28"/>
       <c r="L10" s="28"/>
       <c r="M10" s="28"/>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
-        <v>2418747</v>
+        <v>2740184</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>2024</v>
       </c>
       <c r="B11" s="39">
         <v>219931</v>
       </c>
       <c r="C11" s="39">
         <v>194562</v>
       </c>
       <c r="D11" s="39">
         <v>236077</v>
       </c>
       <c r="E11" s="39">
         <v>247037</v>
       </c>
       <c r="F11" s="39">
         <v>268345</v>
       </c>
       <c r="G11" s="39">
         <v>345420</v>
       </c>
       <c r="H11" s="39">
@@ -5079,57 +5251,59 @@
       </c>
       <c r="B12" s="29">
         <v>41363</v>
       </c>
       <c r="C12" s="62">
         <v>24666</v>
       </c>
       <c r="D12" s="29">
         <v>24147</v>
       </c>
       <c r="E12" s="29">
         <v>23062</v>
       </c>
       <c r="F12" s="29">
         <v>37440</v>
       </c>
       <c r="G12" s="29">
         <v>46246</v>
       </c>
       <c r="H12" s="29">
         <v>43757</v>
       </c>
       <c r="I12" s="29">
         <v>45047</v>
       </c>
-      <c r="J12" s="29"/>
+      <c r="J12" s="29">
+        <v>40213</v>
+      </c>
       <c r="K12" s="29"/>
       <c r="L12" s="29"/>
       <c r="M12" s="29"/>
       <c r="N12" s="20">
         <f t="shared" si="0"/>
-        <v>285728</v>
+        <v>325941</v>
       </c>
       <c r="O12" s="29"/>
     </row>
     <row r="13" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>2024</v>
       </c>
       <c r="B13" s="39">
         <v>3665</v>
       </c>
       <c r="C13" s="39">
         <v>1277</v>
       </c>
       <c r="D13" s="39">
         <v>29570</v>
       </c>
       <c r="E13" s="39">
         <v>16764</v>
       </c>
       <c r="F13" s="39">
         <v>21740</v>
       </c>
       <c r="G13" s="39">
         <v>8415</v>
       </c>
@@ -5164,57 +5338,59 @@
       </c>
       <c r="B14" s="61">
         <v>68058</v>
       </c>
       <c r="C14" s="30">
         <v>62194</v>
       </c>
       <c r="D14" s="30">
         <v>90776</v>
       </c>
       <c r="E14" s="30">
         <v>79147</v>
       </c>
       <c r="F14" s="30">
         <v>75281</v>
       </c>
       <c r="G14" s="30">
         <v>86195</v>
       </c>
       <c r="H14" s="30">
         <v>85396</v>
       </c>
       <c r="I14" s="61">
         <v>88176</v>
       </c>
-      <c r="J14" s="30"/>
+      <c r="J14" s="30">
+        <v>87144</v>
+      </c>
       <c r="K14" s="30"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="20">
         <f t="shared" si="1"/>
-        <v>635223</v>
+        <v>722367</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>2024</v>
       </c>
       <c r="B15" s="39">
         <v>46979</v>
       </c>
       <c r="C15" s="39">
         <v>55416</v>
       </c>
       <c r="D15" s="39">
         <v>46429</v>
       </c>
       <c r="E15" s="39">
         <v>49992</v>
       </c>
       <c r="F15" s="39">
         <v>56264</v>
       </c>
       <c r="G15" s="39">
         <v>55730</v>
       </c>
       <c r="H15" s="39">
@@ -5258,67 +5434,67 @@
         <f t="shared" si="2"/>
         <v>1314772</v>
       </c>
       <c r="E16" s="3">
         <f t="shared" si="2"/>
         <v>1164160</v>
       </c>
       <c r="F16" s="3">
         <f t="shared" si="2"/>
         <v>1293539</v>
       </c>
       <c r="G16" s="3">
         <f t="shared" si="2"/>
         <v>1420578</v>
       </c>
       <c r="H16" s="3">
         <f t="shared" si="2"/>
         <v>1505106</v>
       </c>
       <c r="I16" s="3">
         <f t="shared" si="2"/>
         <v>1437821</v>
       </c>
       <c r="J16" s="3">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>1256831</v>
       </c>
       <c r="K16" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L16" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M16" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N16" s="20">
         <f t="shared" si="1"/>
-        <v>10244356</v>
+        <v>11501187</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>2024</v>
       </c>
       <c r="B17" s="18">
         <f t="shared" ref="B17:M17" si="3">+B15+B13+B11+B9+B7+B5+B3</f>
         <v>1056909</v>
       </c>
       <c r="C17" s="18">
         <f t="shared" si="3"/>
         <v>1032957</v>
       </c>
       <c r="D17" s="18">
         <f t="shared" si="3"/>
         <v>1266500</v>
       </c>
       <c r="E17" s="18">
         <f t="shared" si="3"/>
         <v>1183620</v>
       </c>
       <c r="F17" s="18">
         <f t="shared" si="3"/>
         <v>1320584</v>
@@ -5374,67 +5550,67 @@
         <f>+'Terminal 2'!E22</f>
         <v>325469</v>
       </c>
       <c r="E18" s="3">
         <f>+'Terminal 2'!F22</f>
         <v>219138</v>
       </c>
       <c r="F18" s="3">
         <f>+'Terminal 2'!G22</f>
         <v>216033</v>
       </c>
       <c r="G18" s="3">
         <f>+'Terminal 2'!H22</f>
         <v>294946</v>
       </c>
       <c r="H18" s="3">
         <f>+'Terminal 2'!I22</f>
         <v>321718</v>
       </c>
       <c r="I18" s="3">
         <f>+'Terminal 2'!J22</f>
         <v>273937</v>
       </c>
       <c r="J18" s="3">
         <f>+'Terminal 2'!K22</f>
-        <v>0</v>
+        <v>184842</v>
       </c>
       <c r="K18" s="3">
         <f>+'Terminal 2'!L22</f>
         <v>0</v>
       </c>
       <c r="L18" s="3">
         <f>+'Terminal 2'!M22</f>
         <v>0</v>
       </c>
       <c r="M18" s="3">
         <f>+'Terminal 2'!N22</f>
         <v>0</v>
       </c>
       <c r="N18" s="20">
         <f t="shared" si="1"/>
-        <v>2073928</v>
+        <v>2258770</v>
       </c>
       <c r="P18" s="3"/>
     </row>
     <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>2024</v>
       </c>
       <c r="B19" s="18">
         <v>231336</v>
       </c>
       <c r="C19" s="18">
         <v>281283</v>
       </c>
       <c r="D19" s="18">
         <v>358303</v>
       </c>
       <c r="E19" s="18">
         <v>267397</v>
       </c>
       <c r="F19" s="18">
         <v>267027</v>
       </c>
       <c r="G19" s="18">
         <v>332092</v>
       </c>
@@ -5479,67 +5655,67 @@
         <f t="shared" si="4"/>
         <v>1640241</v>
       </c>
       <c r="E20" s="36">
         <f t="shared" si="4"/>
         <v>1383298</v>
       </c>
       <c r="F20" s="36">
         <f>F2+F4+F6+F8+F10+F12+F14+F18</f>
         <v>1509572</v>
       </c>
       <c r="G20" s="36">
         <f t="shared" si="4"/>
         <v>1715524</v>
       </c>
       <c r="H20" s="36">
         <f t="shared" si="4"/>
         <v>1826824</v>
       </c>
       <c r="I20" s="36">
         <f t="shared" si="4"/>
         <v>1711758</v>
       </c>
       <c r="J20" s="36">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>1441673</v>
       </c>
       <c r="K20" s="36">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L20" s="36">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M20" s="36">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N20" s="37">
         <f t="shared" si="1"/>
-        <v>12318284</v>
+        <v>13759957</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="33">
         <f>+B19+B17</f>
         <v>1288245</v>
       </c>
       <c r="C21" s="33">
         <f t="shared" ref="C21:M21" si="5">+C19+C17</f>
         <v>1314240</v>
       </c>
       <c r="D21" s="33">
         <f t="shared" si="5"/>
         <v>1624803</v>
       </c>
       <c r="E21" s="33">
         <f t="shared" si="5"/>
         <v>1451017</v>
       </c>
       <c r="F21" s="33">
         <f t="shared" si="5"/>
         <v>1587611</v>
@@ -5593,67 +5769,67 @@
         <f t="shared" si="6"/>
         <v>9.5014595615591554E-3</v>
       </c>
       <c r="E22" s="40">
         <f t="shared" si="6"/>
         <v>-4.6670025230579656E-2</v>
       </c>
       <c r="F22" s="40">
         <f t="shared" si="6"/>
         <v>-4.9154988218146636E-2</v>
       </c>
       <c r="G22" s="40">
         <f t="shared" si="6"/>
         <v>-2.6204413040220517E-2</v>
       </c>
       <c r="H22" s="40">
         <f t="shared" si="6"/>
         <v>1.1756222457170675E-2</v>
       </c>
       <c r="I22" s="40">
         <f t="shared" si="6"/>
         <v>-4.76641384286796E-2</v>
       </c>
       <c r="J22" s="40">
         <f t="shared" si="6"/>
-        <v>-1</v>
+        <v>-2.8069673951954716E-2</v>
       </c>
       <c r="K22" s="40">
         <f t="shared" si="6"/>
         <v>-1</v>
       </c>
       <c r="L22" s="40">
         <f>(L20-L21)/L21</f>
         <v>-1</v>
       </c>
       <c r="M22" s="40">
         <f t="shared" si="6"/>
         <v>-1</v>
       </c>
       <c r="N22" s="23">
         <f>(N20-N21)/N21</f>
-        <v>-0.3368683389925401</v>
+        <v>-0.25925858335453011</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="24"/>
     </row>
     <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>1</v>
       </c>
@@ -5723,204 +5899,213 @@
       </c>
       <c r="D26" s="3">
         <f>+'[3]Monthly Summary'!$C$5</f>
         <v>1369060</v>
       </c>
       <c r="E26" s="3">
         <f>+'[4]Monthly Summary'!$C$5</f>
         <v>1122946</v>
       </c>
       <c r="F26" s="3">
         <f>+'[5]Monthly Summary'!C5</f>
         <v>1248467</v>
       </c>
       <c r="G26" s="3">
         <f>+'[6]Monthly Summary'!C5</f>
         <v>1435178</v>
       </c>
       <c r="H26" s="3">
         <f>+'[7]Monthly Summary'!C5</f>
         <v>1524366</v>
       </c>
       <c r="I26" s="3">
         <f>+'[8]Monthly Summary'!C5</f>
         <v>1410421</v>
       </c>
-      <c r="J26" s="3"/>
+      <c r="J26" s="3">
+        <f>+'[9]Monthly Summary'!C5</f>
+        <v>1165803</v>
+      </c>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="55">
         <f>SUM(B26:M26)</f>
-        <v>10172405</v>
+        <v>11338208</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="3">
         <f>+'[1]Monthly Summary'!C6</f>
         <v>203110</v>
       </c>
       <c r="C27" s="3">
         <f>+'[2]Monthly Summary'!$C$6</f>
         <v>187393</v>
       </c>
       <c r="D27" s="3">
         <f>+'[3]Monthly Summary'!$C$6</f>
         <v>224223</v>
       </c>
       <c r="E27" s="3">
         <f>+'[4]Monthly Summary'!$C$6</f>
         <v>214701</v>
       </c>
       <c r="F27" s="3">
         <f>+'[5]Monthly Summary'!C6</f>
         <v>214043</v>
       </c>
       <c r="G27" s="3">
         <f>+'[6]Monthly Summary'!C6</f>
         <v>230778</v>
       </c>
       <c r="H27" s="3">
         <f>+'[7]Monthly Summary'!C6</f>
         <v>250705</v>
       </c>
       <c r="I27" s="3">
         <f>+'[8]Monthly Summary'!C6</f>
         <v>252495</v>
       </c>
-      <c r="J27" s="3"/>
+      <c r="J27" s="3">
+        <f>+'[9]Monthly Summary'!C6</f>
+        <v>231802</v>
+      </c>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="56">
         <f>SUM(B27:M27)</f>
-        <v>1777448</v>
+        <v>2009250</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="3">
         <f>+'[1]Monthly Summary'!C7</f>
         <v>103</v>
       </c>
       <c r="C28" s="3">
         <f>+'[2]Monthly Summary'!$C$7</f>
         <v>276</v>
       </c>
       <c r="D28" s="3">
         <f>+'[3]Monthly Summary'!$C$7</f>
         <v>431</v>
       </c>
       <c r="E28" s="3">
         <f>+'[4]Monthly Summary'!$C$7</f>
         <v>0</v>
       </c>
       <c r="F28" s="3">
         <f>+'[5]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <f>+'[6]Monthly Summary'!C7</f>
         <v>133</v>
       </c>
       <c r="H28" s="3">
         <f>+'[7]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="I28" s="3">
         <f>+'[8]Monthly Summary'!C7</f>
         <v>191</v>
       </c>
-      <c r="J28" s="3"/>
+      <c r="J28" s="3">
+        <f>+'[9]Monthly Summary'!C7</f>
+        <v>0</v>
+      </c>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="57">
         <f>SUM(B28:M28)</f>
         <v>1134</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="13">
         <f t="shared" ref="B29:M29" si="7">SUM(B26:B28)</f>
         <v>1236634</v>
       </c>
       <c r="C29" s="13">
         <f t="shared" si="7"/>
         <v>1216215</v>
       </c>
       <c r="D29" s="13">
         <f t="shared" ref="D29" si="8">SUM(D26:D28)</f>
         <v>1593714</v>
       </c>
       <c r="E29" s="13">
         <f t="shared" si="7"/>
         <v>1337647</v>
       </c>
       <c r="F29" s="13">
         <f t="shared" si="7"/>
         <v>1462510</v>
       </c>
       <c r="G29" s="13">
         <f t="shared" si="7"/>
         <v>1666089</v>
       </c>
       <c r="H29" s="13">
         <f t="shared" si="7"/>
         <v>1775071</v>
       </c>
       <c r="I29" s="13">
         <f t="shared" si="7"/>
         <v>1663107</v>
       </c>
       <c r="J29" s="13">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>1397605</v>
       </c>
       <c r="K29" s="13">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L29" s="13">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="M29" s="13">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="N29" s="25">
         <f t="shared" ref="N29" si="9">SUM(N26:N28)</f>
-        <v>11950987</v>
+        <v>13348592</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="24"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="32">
         <f>+'[1]Monthly Summary'!C10</f>
         <v>39718</v>
       </c>
@@ -5930,154 +6115,160 @@
       </c>
       <c r="D31" s="32">
         <f>+'[3]Monthly Summary'!$C$10</f>
         <v>46527</v>
       </c>
       <c r="E31" s="32">
         <f>+'[4]Monthly Summary'!$C$10</f>
         <v>45651</v>
       </c>
       <c r="F31" s="32">
         <f>+'[5]Monthly Summary'!C10</f>
         <v>47062</v>
       </c>
       <c r="G31" s="32">
         <f>+'[6]Monthly Summary'!C10</f>
         <v>49435</v>
       </c>
       <c r="H31" s="32">
         <f>+'[7]Monthly Summary'!C10</f>
         <v>51753</v>
       </c>
       <c r="I31" s="32">
         <f>+'[8]Monthly Summary'!C10</f>
         <v>48651</v>
       </c>
-      <c r="J31" s="32"/>
+      <c r="J31" s="32">
+        <f>+'[9]Monthly Summary'!C10</f>
+        <v>44068</v>
+      </c>
       <c r="K31" s="32"/>
       <c r="L31" s="32"/>
       <c r="M31" s="65"/>
       <c r="N31" s="42">
         <f>SUM(B31:M31)</f>
-        <v>367297</v>
+        <v>411365</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="8">
         <f t="shared" ref="B32:H32" si="10">+B29+B31</f>
         <v>1276352</v>
       </c>
       <c r="C32" s="8">
         <f t="shared" si="10"/>
         <v>1254715</v>
       </c>
       <c r="D32" s="8">
         <f t="shared" ref="D32" si="11">+D29+D31</f>
         <v>1640241</v>
       </c>
       <c r="E32" s="8">
         <f t="shared" si="10"/>
         <v>1383298</v>
       </c>
       <c r="F32" s="8">
         <f t="shared" si="10"/>
         <v>1509572</v>
       </c>
       <c r="G32" s="8">
         <f t="shared" si="10"/>
         <v>1715524</v>
       </c>
       <c r="H32" s="8">
         <f t="shared" si="10"/>
         <v>1826824</v>
       </c>
       <c r="I32" s="8">
         <f>+I29+I31</f>
         <v>1711758</v>
       </c>
       <c r="J32" s="8">
         <f>+J29+J31</f>
-        <v>0</v>
+        <v>1441673</v>
       </c>
       <c r="K32" s="8">
         <f>+K29+K31</f>
         <v>0</v>
       </c>
       <c r="L32" s="8">
         <f>+L29+L31</f>
         <v>0</v>
       </c>
       <c r="M32" s="8">
         <f>+M29+M31</f>
         <v>0</v>
       </c>
       <c r="N32" s="31">
         <f>SUM(N29+N31)</f>
-        <v>12318284</v>
+        <v>13759957</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="G33" s="3"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A34" s="5"/>
       <c r="B34" s="52">
-        <f t="shared" ref="B34:I34" si="12">+B32-B20</f>
+        <f t="shared" ref="B34:J34" si="12">+B32-B20</f>
         <v>0</v>
       </c>
       <c r="C34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="D34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="E34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="G34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="H34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="I34" s="52">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="J34" s="52"/>
+      <c r="J34" s="52">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
       <c r="K34" s="52"/>
       <c r="L34" s="52"/>
       <c r="M34" s="52"/>
       <c r="N34" s="5"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="26"/>
       <c r="E35" s="26"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="26"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B36" s="54"/>
       <c r="C36" s="54"/>
       <c r="D36" s="54"/>
       <c r="E36" s="54"/>
@@ -6219,1470 +6410,1470 @@
   <conditionalFormatting sqref="N35 L37 N37 L39 N39 L41 N41 L43 N43 L45 N45 L47 N47 L49 N49">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>"*.*"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="49" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C
 &amp;"Arial,Bold"&amp;14 2025 MSP Enplanements by concourse/Terminal</oddHeader>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="N3 N5 N7 N9 N11 N13 N19 N15" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A7:N37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="I19" sqref="I19"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.42578125" customWidth="1"/>
     <col min="2" max="2" width="47.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="15">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B10" s="53" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="10">
-        <f>[9]Jazz_AC!JH$23+[9]Jazz_AC!JH$33+[9]Jazz_AC!JH$38+[9]Jazz_AC!JH$28</f>
+        <f>[10]Jazz_AC!JH$23+[10]Jazz_AC!JH$33+[10]Jazz_AC!JH$38+[10]Jazz_AC!JH$28</f>
         <v>3693</v>
       </c>
       <c r="D10" s="10">
-        <f>[9]Jazz_AC!JI$23+[9]Jazz_AC!JI$33+[9]Jazz_AC!JI$38+[9]Jazz_AC!JI$28</f>
+        <f>[10]Jazz_AC!JI$23+[10]Jazz_AC!JI$33+[10]Jazz_AC!JI$38+[10]Jazz_AC!JI$28</f>
         <v>2746</v>
       </c>
       <c r="E10" s="10">
-        <f>[9]Jazz_AC!JJ$23+[9]Jazz_AC!JJ$33+[9]Jazz_AC!JJ$38+[9]Jazz_AC!JJ$28</f>
+        <f>[10]Jazz_AC!JJ$23+[10]Jazz_AC!JJ$33+[10]Jazz_AC!JJ$38+[10]Jazz_AC!JJ$28</f>
         <v>4599</v>
       </c>
       <c r="F10" s="10">
-        <f>[9]Jazz_AC!JK$23+[9]Jazz_AC!JK$33+[9]Jazz_AC!JK$38+[9]Jazz_AC!JK$28</f>
+        <f>[10]Jazz_AC!JK$23+[10]Jazz_AC!JK$33+[10]Jazz_AC!JK$38+[10]Jazz_AC!JK$28</f>
         <v>3153</v>
       </c>
       <c r="G10" s="10">
-        <f>[9]Jazz_AC!JL$23+[9]Jazz_AC!JL$33+[9]Jazz_AC!JL$38+[9]Jazz_AC!JL$28</f>
+        <f>[10]Jazz_AC!JL$23+[10]Jazz_AC!JL$33+[10]Jazz_AC!JL$38+[10]Jazz_AC!JL$28</f>
         <v>2032</v>
       </c>
       <c r="H10" s="10">
-        <f>[9]Jazz_AC!JM$23+[9]Jazz_AC!JM$33+[9]Jazz_AC!JM$38+[9]Jazz_AC!JM$28</f>
+        <f>[10]Jazz_AC!JM$23+[10]Jazz_AC!JM$33+[10]Jazz_AC!JM$38+[10]Jazz_AC!JM$28</f>
         <v>2154</v>
       </c>
       <c r="I10" s="10">
-        <f>[9]Jazz_AC!JN$23+[9]Jazz_AC!JN$33+[9]Jazz_AC!JN$38+[9]Jazz_AC!JN$28</f>
+        <f>[10]Jazz_AC!JN$23+[10]Jazz_AC!JN$33+[10]Jazz_AC!JN$38+[10]Jazz_AC!JN$28</f>
         <v>5353</v>
       </c>
       <c r="J10" s="10">
-        <f>[9]Jazz_AC!JO$23+[9]Jazz_AC!JO$33+[9]Jazz_AC!JO$38+[9]Jazz_AC!JO$28</f>
+        <f>[10]Jazz_AC!JO$23+[10]Jazz_AC!JO$33+[10]Jazz_AC!JO$38+[10]Jazz_AC!JO$28</f>
         <v>5785</v>
       </c>
       <c r="K10" s="10">
-        <f>[9]Jazz_AC!JP$23+[9]Jazz_AC!JP$33+[9]Jazz_AC!JP$38+[9]Jazz_AC!JP$28</f>
-        <v>0</v>
+        <f>[10]Jazz_AC!JP$23+[10]Jazz_AC!JP$33+[10]Jazz_AC!JP$38+[10]Jazz_AC!JP$28</f>
+        <v>6164</v>
       </c>
       <c r="L10" s="10">
-        <f>[9]Jazz_AC!JQ$23+[9]Jazz_AC!JQ$33+[9]Jazz_AC!JQ$38+[9]Jazz_AC!JQ$28</f>
+        <f>[10]Jazz_AC!JQ$23+[10]Jazz_AC!JQ$33+[10]Jazz_AC!JQ$38+[10]Jazz_AC!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M10" s="10">
-        <f>[9]Jazz_AC!JR$23+[9]Jazz_AC!JR$33+[9]Jazz_AC!JR$38+[9]Jazz_AC!JR$28</f>
+        <f>[10]Jazz_AC!JR$23+[10]Jazz_AC!JR$33+[10]Jazz_AC!JR$38+[10]Jazz_AC!JR$28</f>
         <v>0</v>
       </c>
       <c r="N10" s="10">
-        <f>[9]Jazz_AC!JS$23+[9]Jazz_AC!JS$33+[9]Jazz_AC!JS$38+[9]Jazz_AC!JS$28</f>
+        <f>[10]Jazz_AC!JS$23+[10]Jazz_AC!JS$33+[10]Jazz_AC!JS$38+[10]Jazz_AC!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B11" s="53" t="s">
         <v>81</v>
       </c>
       <c r="C11" s="10">
-        <f>[9]AirCanada!JH$23+[9]AirCanada!JH$33+[9]AirCanada!JH$38+[9]AirCanada!JH$28</f>
+        <f>[10]AirCanada!JH$23+[10]AirCanada!JH$33+[10]AirCanada!JH$38+[10]AirCanada!JH$28</f>
         <v>0</v>
       </c>
       <c r="D11" s="10">
-        <f>[9]AirCanada!JI$23+[9]AirCanada!JI$33+[9]AirCanada!JI$38+[9]AirCanada!JI$28</f>
+        <f>[10]AirCanada!JI$23+[10]AirCanada!JI$33+[10]AirCanada!JI$38+[10]AirCanada!JI$28</f>
         <v>0</v>
       </c>
       <c r="E11" s="10">
-        <f>[9]AirCanada!JJ$23+[9]AirCanada!JJ$33+[9]AirCanada!JJ$38+[9]AirCanada!JJ$28</f>
+        <f>[10]AirCanada!JJ$23+[10]AirCanada!JJ$33+[10]AirCanada!JJ$38+[10]AirCanada!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F11" s="10">
-        <f>[9]AirCanada!JK$23+[9]AirCanada!JK$33+[9]AirCanada!JK$38+[9]AirCanada!JK$28</f>
+        <f>[10]AirCanada!JK$23+[10]AirCanada!JK$33+[10]AirCanada!JK$38+[10]AirCanada!JK$28</f>
         <v>0</v>
       </c>
       <c r="G11" s="10">
-        <f>[9]AirCanada!JL$23+[9]AirCanada!JL$33+[9]AirCanada!JL$38+[9]AirCanada!JL$28</f>
+        <f>[10]AirCanada!JL$23+[10]AirCanada!JL$33+[10]AirCanada!JL$38+[10]AirCanada!JL$28</f>
         <v>4955</v>
       </c>
       <c r="H11" s="10">
-        <f>[9]AirCanada!JM$23+[9]AirCanada!JM$33+[9]AirCanada!JM$38+[9]AirCanada!JM$28</f>
+        <f>[10]AirCanada!JM$23+[10]AirCanada!JM$33+[10]AirCanada!JM$38+[10]AirCanada!JM$28</f>
         <v>5876</v>
       </c>
       <c r="I11" s="10">
-        <f>[9]AirCanada!JN$23+[9]AirCanada!JN$33+[9]AirCanada!JN$38+[9]AirCanada!JN$28</f>
+        <f>[10]AirCanada!JN$23+[10]AirCanada!JN$33+[10]AirCanada!JN$38+[10]AirCanada!JN$28</f>
         <v>0</v>
       </c>
       <c r="J11" s="10">
-        <f>[9]AirCanada!JO$23+[9]AirCanada!JO$33+[9]AirCanada!JO$38+[9]AirCanada!JO$28</f>
+        <f>[10]AirCanada!JO$23+[10]AirCanada!JO$33+[10]AirCanada!JO$38+[10]AirCanada!JO$28</f>
         <v>0</v>
       </c>
       <c r="K11" s="10">
-        <f>[9]AirCanada!JP$23+[9]AirCanada!JP$33+[9]AirCanada!JP$38+[9]AirCanada!JP$28</f>
-        <v>0</v>
+        <f>[10]AirCanada!JP$23+[10]AirCanada!JP$33+[10]AirCanada!JP$38+[10]AirCanada!JP$28</f>
+        <v>94</v>
       </c>
       <c r="L11" s="10">
-        <f>[9]AirCanada!JQ$23+[9]AirCanada!JQ$33+[9]AirCanada!JQ$38+[9]AirCanada!JQ$28</f>
+        <f>[10]AirCanada!JQ$23+[10]AirCanada!JQ$33+[10]AirCanada!JQ$38+[10]AirCanada!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M11" s="10">
-        <f>[9]AirCanada!JR$23+[9]AirCanada!JR$33+[9]AirCanada!JR$38+[9]AirCanada!JR$28</f>
+        <f>[10]AirCanada!JR$23+[10]AirCanada!JR$33+[10]AirCanada!JR$38+[10]AirCanada!JR$28</f>
         <v>0</v>
       </c>
       <c r="N11" s="10">
-        <f>[9]AirCanada!JS$23+[9]AirCanada!JS$33+[9]AirCanada!JS$38+[9]AirCanada!JS$28</f>
+        <f>[10]AirCanada!JS$23+[10]AirCanada!JS$33+[10]AirCanada!JS$38+[10]AirCanada!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="10">
-        <f>'[9]Air Georgian'!JH$33+'[9]Air Georgian'!JH$38</f>
+        <f>'[10]Air Georgian'!JH$33+'[10]Air Georgian'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D12" s="10">
-        <f>'[9]Air Georgian'!JI$33+'[9]Air Georgian'!JI$38</f>
+        <f>'[10]Air Georgian'!JI$33+'[10]Air Georgian'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E12" s="10">
-        <f>'[9]Air Georgian'!JJ$33+'[9]Air Georgian'!JJ$38</f>
+        <f>'[10]Air Georgian'!JJ$33+'[10]Air Georgian'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F12" s="10">
-        <f>'[9]Air Georgian'!JK$33+'[9]Air Georgian'!JK$38</f>
+        <f>'[10]Air Georgian'!JK$33+'[10]Air Georgian'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G12" s="10">
-        <f>'[9]Air Georgian'!JL$33+'[9]Air Georgian'!JL$38</f>
+        <f>'[10]Air Georgian'!JL$33+'[10]Air Georgian'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H12" s="10">
-        <f>'[9]Air Georgian'!JM$33+'[9]Air Georgian'!JM$38</f>
+        <f>'[10]Air Georgian'!JM$33+'[10]Air Georgian'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I12" s="10">
-        <f>'[9]Air Georgian'!JN$33+'[9]Air Georgian'!JN$38</f>
+        <f>'[10]Air Georgian'!JN$33+'[10]Air Georgian'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J12" s="10">
-        <f>'[9]Air Georgian'!JO$33+'[9]Air Georgian'!JO$38</f>
+        <f>'[10]Air Georgian'!JO$33+'[10]Air Georgian'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K12" s="10">
-        <f>'[9]Air Georgian'!JP$33+'[9]Air Georgian'!JP$38</f>
+        <f>'[10]Air Georgian'!JP$33+'[10]Air Georgian'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L12" s="10">
-        <f>'[9]Air Georgian'!JQ$33+'[9]Air Georgian'!JQ$38</f>
+        <f>'[10]Air Georgian'!JQ$33+'[10]Air Georgian'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M12" s="10">
-        <f>'[9]Air Georgian'!JR$33+'[9]Air Georgian'!JR$38</f>
+        <f>'[10]Air Georgian'!JR$33+'[10]Air Georgian'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N12" s="10">
-        <f>'[9]Air Georgian'!JS$33+'[9]Air Georgian'!JS$38</f>
+        <f>'[10]Air Georgian'!JS$33+'[10]Air Georgian'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="10">
-        <f>'[9]Sky Regional'!JH$33+'[9]Sky Regional'!JH$38</f>
+        <f>'[10]Sky Regional'!JH$33+'[10]Sky Regional'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D13" s="10">
-        <f>'[9]Sky Regional'!JI$33+'[9]Sky Regional'!JI$38</f>
+        <f>'[10]Sky Regional'!JI$33+'[10]Sky Regional'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E13" s="10">
-        <f>'[9]Sky Regional'!JJ$33+'[9]Sky Regional'!JJ$38</f>
+        <f>'[10]Sky Regional'!JJ$33+'[10]Sky Regional'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F13" s="10">
-        <f>'[9]Sky Regional'!JK$33+'[9]Sky Regional'!JK$38</f>
+        <f>'[10]Sky Regional'!JK$33+'[10]Sky Regional'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G13" s="10">
-        <f>'[9]Sky Regional'!JL$33+'[9]Sky Regional'!JL$38</f>
+        <f>'[10]Sky Regional'!JL$33+'[10]Sky Regional'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H13" s="10">
-        <f>'[9]Sky Regional'!JM$33+'[9]Sky Regional'!JM$38</f>
+        <f>'[10]Sky Regional'!JM$33+'[10]Sky Regional'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I13" s="10">
-        <f>'[9]Sky Regional'!JN$33+'[9]Sky Regional'!JN$38</f>
+        <f>'[10]Sky Regional'!JN$33+'[10]Sky Regional'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J13" s="10">
-        <f>'[9]Sky Regional'!JO$33+'[9]Sky Regional'!JO$38</f>
+        <f>'[10]Sky Regional'!JO$33+'[10]Sky Regional'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K13" s="10">
-        <f>'[9]Sky Regional'!JP$33+'[9]Sky Regional'!JP$38</f>
+        <f>'[10]Sky Regional'!JP$33+'[10]Sky Regional'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L13" s="10">
-        <f>'[9]Sky Regional'!JQ$33+'[9]Sky Regional'!JQ$38</f>
+        <f>'[10]Sky Regional'!JQ$33+'[10]Sky Regional'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M13" s="10">
-        <f>'[9]Sky Regional'!JR$33+'[9]Sky Regional'!JR$38</f>
+        <f>'[10]Sky Regional'!JR$33+'[10]Sky Regional'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N13" s="10">
-        <f>'[9]Sky Regional'!JS$33+'[9]Sky Regional'!JS$38</f>
+        <f>'[10]Sky Regional'!JS$33+'[10]Sky Regional'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="10">
-        <f>'[9]Aer Lingus'!JH$33+'[9]Aer Lingus'!JH$38</f>
+        <f>'[10]Aer Lingus'!JH$33+'[10]Aer Lingus'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>'[9]Aer Lingus'!JI$33+'[9]Aer Lingus'!JI$38</f>
+        <f>'[10]Aer Lingus'!JI$33+'[10]Aer Lingus'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>'[9]Aer Lingus'!JJ$33+'[9]Aer Lingus'!JJ$38</f>
+        <f>'[10]Aer Lingus'!JJ$33+'[10]Aer Lingus'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>'[9]Aer Lingus'!JK$33+'[9]Aer Lingus'!JK$38</f>
+        <f>'[10]Aer Lingus'!JK$33+'[10]Aer Lingus'!JK$38</f>
         <v>2226</v>
       </c>
       <c r="G14" s="10">
-        <f>'[9]Aer Lingus'!JL$33+'[9]Aer Lingus'!JL$38</f>
+        <f>'[10]Aer Lingus'!JL$33+'[10]Aer Lingus'!JL$38</f>
         <v>3574</v>
       </c>
       <c r="H14" s="10">
-        <f>'[9]Aer Lingus'!JM$33+'[9]Aer Lingus'!JM$38</f>
+        <f>'[10]Aer Lingus'!JM$33+'[10]Aer Lingus'!JM$38</f>
         <v>3379</v>
       </c>
       <c r="I14" s="10">
-        <f>'[9]Aer Lingus'!JN$33+'[9]Aer Lingus'!JN$38</f>
+        <f>'[10]Aer Lingus'!JN$33+'[10]Aer Lingus'!JN$38</f>
         <v>3166</v>
       </c>
       <c r="J14" s="10">
-        <f>'[9]Aer Lingus'!JO$33+'[9]Aer Lingus'!JO$38</f>
+        <f>'[10]Aer Lingus'!JO$33+'[10]Aer Lingus'!JO$38</f>
         <v>4322</v>
       </c>
       <c r="K14" s="10">
-        <f>'[9]Aer Lingus'!JP$33+'[9]Aer Lingus'!JP$38</f>
-        <v>0</v>
+        <f>'[10]Aer Lingus'!JP$33+'[10]Aer Lingus'!JP$38</f>
+        <v>3397</v>
       </c>
       <c r="L14" s="10">
-        <f>'[9]Aer Lingus'!JQ$33+'[9]Aer Lingus'!JQ$38</f>
+        <f>'[10]Aer Lingus'!JQ$33+'[10]Aer Lingus'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M14" s="10">
-        <f>'[9]Aer Lingus'!JR$33+'[9]Aer Lingus'!JR$38</f>
+        <f>'[10]Aer Lingus'!JR$33+'[10]Aer Lingus'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N14" s="10">
-        <f>'[9]Aer Lingus'!JS$33+'[9]Aer Lingus'!JS$38</f>
+        <f>'[10]Aer Lingus'!JS$33+'[10]Aer Lingus'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="10">
-        <f>'[9]Air Wisconsin'!JH$23+'[9]Air Wisconsin'!JH$28</f>
+        <f>'[10]Air Wisconsin'!JH$23+'[10]Air Wisconsin'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D15" s="10">
-        <f>'[9]Air Wisconsin'!JI$23+'[9]Air Wisconsin'!JI$28</f>
+        <f>'[10]Air Wisconsin'!JI$23+'[10]Air Wisconsin'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E15" s="10">
-        <f>'[9]Air Wisconsin'!JJ$23+'[9]Air Wisconsin'!JJ$28</f>
+        <f>'[10]Air Wisconsin'!JJ$23+'[10]Air Wisconsin'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F15" s="10">
-        <f>'[9]Air Wisconsin'!JK$23+'[9]Air Wisconsin'!JK$28</f>
+        <f>'[10]Air Wisconsin'!JK$23+'[10]Air Wisconsin'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G15" s="10">
-        <f>'[9]Air Wisconsin'!JL$23+'[9]Air Wisconsin'!JL$28</f>
+        <f>'[10]Air Wisconsin'!JL$23+'[10]Air Wisconsin'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H15" s="10">
-        <f>'[9]Air Wisconsin'!JM$23+'[9]Air Wisconsin'!JM$28</f>
+        <f>'[10]Air Wisconsin'!JM$23+'[10]Air Wisconsin'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I15" s="10">
-        <f>'[9]Air Wisconsin'!JN$23+'[9]Air Wisconsin'!JN$28</f>
+        <f>'[10]Air Wisconsin'!JN$23+'[10]Air Wisconsin'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J15" s="10">
-        <f>'[9]Air Wisconsin'!JO$23+'[9]Air Wisconsin'!JO$28</f>
+        <f>'[10]Air Wisconsin'!JO$23+'[10]Air Wisconsin'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K15" s="10">
-        <f>'[9]Air Wisconsin'!JP$23+'[9]Air Wisconsin'!JP$28</f>
+        <f>'[10]Air Wisconsin'!JP$23+'[10]Air Wisconsin'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[9]Air Wisconsin'!JQ$23+'[9]Air Wisconsin'!JQ$28</f>
+        <f>'[10]Air Wisconsin'!JQ$23+'[10]Air Wisconsin'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[9]Air Wisconsin'!JR$23+'[9]Air Wisconsin'!JR$28</f>
+        <f>'[10]Air Wisconsin'!JR$23+'[10]Air Wisconsin'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[9]Air Wisconsin'!JS$23+'[9]Air Wisconsin'!JS$28</f>
+        <f>'[10]Air Wisconsin'!JS$23+'[10]Air Wisconsin'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="10">
-        <f>[9]Alaska!JH$23+[9]Alaska!JH$28</f>
+        <f>[10]Alaska!JH$23+[10]Alaska!JH$28</f>
         <v>9721</v>
       </c>
       <c r="D16" s="10">
-        <f>[9]Alaska!JI$23+[9]Alaska!JI$28</f>
+        <f>[10]Alaska!JI$23+[10]Alaska!JI$28</f>
         <v>7855</v>
       </c>
       <c r="E16" s="10">
-        <f>[9]Alaska!JJ$23+[9]Alaska!JJ$28</f>
+        <f>[10]Alaska!JJ$23+[10]Alaska!JJ$28</f>
         <v>10318</v>
       </c>
       <c r="F16" s="10">
-        <f>[9]Alaska!JK$23+[9]Alaska!JK$28</f>
+        <f>[10]Alaska!JK$23+[10]Alaska!JK$28</f>
         <v>9721</v>
       </c>
       <c r="G16" s="10">
-        <f>[9]Alaska!JL$23+[9]Alaska!JL$28</f>
+        <f>[10]Alaska!JL$23+[10]Alaska!JL$28</f>
         <v>13917</v>
       </c>
       <c r="H16" s="10">
-        <f>[9]Alaska!JM$23+[9]Alaska!JM$28</f>
+        <f>[10]Alaska!JM$23+[10]Alaska!JM$28</f>
         <v>19954</v>
       </c>
       <c r="I16" s="10">
-        <f>[9]Alaska!JN$23+[9]Alaska!JN$28</f>
+        <f>[10]Alaska!JN$23+[10]Alaska!JN$28</f>
         <v>25596</v>
       </c>
       <c r="J16" s="10">
-        <f>[9]Alaska!JO$23+[9]Alaska!JO$28</f>
+        <f>[10]Alaska!JO$23+[10]Alaska!JO$28</f>
         <v>24373</v>
       </c>
       <c r="K16" s="10">
-        <f>[9]Alaska!JP$23+[9]Alaska!JP$28</f>
-        <v>0</v>
+        <f>[10]Alaska!JP$23+[10]Alaska!JP$28</f>
+        <v>17482</v>
       </c>
       <c r="L16" s="10">
-        <f>[9]Alaska!JQ$23+[9]Alaska!JQ$28</f>
+        <f>[10]Alaska!JQ$23+[10]Alaska!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M16" s="10">
-        <f>[9]Alaska!JR$23+[9]Alaska!JR$28</f>
+        <f>[10]Alaska!JR$23+[10]Alaska!JR$28</f>
         <v>0</v>
       </c>
       <c r="N16" s="10">
-        <f>[9]Alaska!JS$23+[9]Alaska!JS$28</f>
+        <f>[10]Alaska!JS$23+[10]Alaska!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="10">
-        <f>[9]American!JH$23+[9]American!JH$28</f>
+        <f>[10]American!JH$23+[10]American!JH$28</f>
         <v>49222</v>
       </c>
       <c r="D17" s="10">
-        <f>[9]American!JI$23+[9]American!JI$28</f>
+        <f>[10]American!JI$23+[10]American!JI$28</f>
         <v>45423</v>
       </c>
       <c r="E17" s="10">
-        <f>[9]American!JJ$23+[9]American!JJ$28</f>
+        <f>[10]American!JJ$23+[10]American!JJ$28</f>
         <v>60200</v>
       </c>
       <c r="F17" s="10">
-        <f>[9]American!JK$23+[9]American!JK$28</f>
+        <f>[10]American!JK$23+[10]American!JK$28</f>
         <v>45730</v>
       </c>
       <c r="G17" s="10">
-        <f>[9]American!JL$23+[9]American!JL$28</f>
+        <f>[10]American!JL$23+[10]American!JL$28</f>
         <v>52976</v>
       </c>
       <c r="H17" s="10">
-        <f>[9]American!JM$23+[9]American!JM$28</f>
+        <f>[10]American!JM$23+[10]American!JM$28</f>
         <v>58051</v>
       </c>
       <c r="I17" s="10">
-        <f>[9]American!JN$23+[9]American!JN$28</f>
+        <f>[10]American!JN$23+[10]American!JN$28</f>
         <v>63500</v>
       </c>
       <c r="J17" s="10">
-        <f>[9]American!JO$23+[9]American!JO$28</f>
+        <f>[10]American!JO$23+[10]American!JO$28</f>
         <v>57687</v>
       </c>
       <c r="K17" s="10">
-        <f>[9]American!JP$23+[9]American!JP$28</f>
-        <v>0</v>
+        <f>[10]American!JP$23+[10]American!JP$28</f>
+        <v>55637</v>
       </c>
       <c r="L17" s="10">
-        <f>[9]American!JQ$23+[9]American!JQ$28</f>
+        <f>[10]American!JQ$23+[10]American!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M17" s="10">
-        <f>[9]American!JR$23+[9]American!JR$28</f>
+        <f>[10]American!JR$23+[10]American!JR$28</f>
         <v>0</v>
       </c>
       <c r="N17" s="10">
-        <f>[9]American!JS$23+[9]American!JS$28</f>
+        <f>[10]American!JS$23+[10]American!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B18" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="10">
-        <f>'[9]Denver Air'!JH$23+'[9]Denver Air'!JH$28</f>
+        <f>'[10]Denver Air'!JH$23+'[10]Denver Air'!JH$28</f>
         <v>914</v>
       </c>
       <c r="D18" s="10">
-        <f>'[9]Denver Air'!JI$23+'[9]Denver Air'!JI$28</f>
+        <f>'[10]Denver Air'!JI$23+'[10]Denver Air'!JI$28</f>
         <v>827</v>
       </c>
       <c r="E18" s="10">
-        <f>'[9]Denver Air'!JJ$23+'[9]Denver Air'!JJ$28</f>
+        <f>'[10]Denver Air'!JJ$23+'[10]Denver Air'!JJ$28</f>
         <v>888</v>
       </c>
       <c r="F18" s="10">
-        <f>'[9]Denver Air'!JK$23+'[9]Denver Air'!JK$28</f>
+        <f>'[10]Denver Air'!JK$23+'[10]Denver Air'!JK$28</f>
         <v>591</v>
       </c>
       <c r="G18" s="10">
-        <f>'[9]Denver Air'!JL$23+'[9]Denver Air'!JL$28</f>
+        <f>'[10]Denver Air'!JL$23+'[10]Denver Air'!JL$28</f>
         <v>853</v>
       </c>
       <c r="H18" s="10">
-        <f>'[9]Denver Air'!JM$23+'[9]Denver Air'!JM$28</f>
+        <f>'[10]Denver Air'!JM$23+'[10]Denver Air'!JM$28</f>
         <v>945</v>
       </c>
       <c r="I18" s="10">
-        <f>'[9]Denver Air'!JN$23+'[9]Denver Air'!JN$28</f>
+        <f>'[10]Denver Air'!JN$23+'[10]Denver Air'!JN$28</f>
         <v>736</v>
       </c>
       <c r="J18" s="10">
-        <f>'[9]Denver Air'!JO$23+'[9]Denver Air'!JO$28</f>
+        <f>'[10]Denver Air'!JO$23+'[10]Denver Air'!JO$28</f>
         <v>902</v>
       </c>
       <c r="K18" s="10">
-        <f>'[9]Denver Air'!JP$23+'[9]Denver Air'!JP$28</f>
-        <v>0</v>
+        <f>'[10]Denver Air'!JP$23+'[10]Denver Air'!JP$28</f>
+        <v>806</v>
       </c>
       <c r="L18" s="10">
-        <f>'[9]Denver Air'!JQ$23+'[9]Denver Air'!JQ$28</f>
+        <f>'[10]Denver Air'!JQ$23+'[10]Denver Air'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M18" s="10">
-        <f>'[9]Denver Air'!JR$23+'[9]Denver Air'!JR$28</f>
+        <f>'[10]Denver Air'!JR$23+'[10]Denver Air'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N18" s="10">
-        <f>'[9]Denver Air'!JS$23+'[9]Denver Air'!JS$28</f>
+        <f>'[10]Denver Air'!JS$23+'[10]Denver Air'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="10">
-        <f>[9]PSA!JH$23+[9]PSA!JH$28</f>
+        <f>[10]PSA!JH$23+[10]PSA!JH$28</f>
         <v>4571</v>
       </c>
       <c r="D19" s="10">
-        <f>[9]PSA!JI$23+[9]PSA!JI$28</f>
+        <f>[10]PSA!JI$23+[10]PSA!JI$28</f>
         <v>4479</v>
       </c>
       <c r="E19" s="10">
-        <f>[9]PSA!JJ$23+[9]PSA!JJ$28</f>
+        <f>[10]PSA!JJ$23+[10]PSA!JJ$28</f>
         <v>7302</v>
       </c>
       <c r="F19" s="10">
-        <f>[9]PSA!JK$23+[9]PSA!JK$28</f>
+        <f>[10]PSA!JK$23+[10]PSA!JK$28</f>
         <v>5080</v>
       </c>
       <c r="G19" s="10">
-        <f>[9]PSA!JL$23+[9]PSA!JL$28</f>
+        <f>[10]PSA!JL$23+[10]PSA!JL$28</f>
         <v>3705</v>
       </c>
       <c r="H19" s="10">
-        <f>[9]PSA!JM$23+[9]PSA!JM$28</f>
+        <f>[10]PSA!JM$23+[10]PSA!JM$28</f>
         <v>2252</v>
       </c>
       <c r="I19" s="10">
-        <f>[9]PSA!JN$23+[9]PSA!JN$28</f>
+        <f>[10]PSA!JN$23+[10]PSA!JN$28</f>
         <v>2055</v>
       </c>
       <c r="J19" s="10">
-        <f>[9]PSA!JO$23+[9]PSA!JO$28</f>
+        <f>[10]PSA!JO$23+[10]PSA!JO$28</f>
         <v>2111</v>
       </c>
       <c r="K19" s="10">
-        <f>[9]PSA!JP$23+[9]PSA!JP$28</f>
-        <v>0</v>
+        <f>[10]PSA!JP$23+[10]PSA!JP$28</f>
+        <v>4212</v>
       </c>
       <c r="L19" s="10">
-        <f>[9]PSA!JQ$23+[9]PSA!JQ$28</f>
+        <f>[10]PSA!JQ$23+[10]PSA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M19" s="10">
-        <f>[9]PSA!JR$23+[9]PSA!JR$28</f>
+        <f>[10]PSA!JR$23+[10]PSA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N19" s="10">
-        <f>[9]PSA!JS$23+[9]PSA!JS$28</f>
+        <f>[10]PSA!JS$23+[10]PSA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="10">
-        <f>'[9]American Eagle'!JH$23+'[9]American Eagle'!JH$28</f>
+        <f>'[10]American Eagle'!JH$23+'[10]American Eagle'!JH$28</f>
         <v>4319</v>
       </c>
       <c r="D20" s="10">
-        <f>'[9]American Eagle'!JI$23+'[9]American Eagle'!JI$28</f>
+        <f>'[10]American Eagle'!JI$23+'[10]American Eagle'!JI$28</f>
         <v>4668</v>
       </c>
       <c r="E20" s="10">
-        <f>'[9]American Eagle'!JJ$23+'[9]American Eagle'!JJ$28</f>
+        <f>'[10]American Eagle'!JJ$23+'[10]American Eagle'!JJ$28</f>
         <v>1121</v>
       </c>
       <c r="F20" s="10">
-        <f>'[9]American Eagle'!JK$23+'[9]American Eagle'!JK$28</f>
+        <f>'[10]American Eagle'!JK$23+'[10]American Eagle'!JK$28</f>
         <v>2940</v>
       </c>
       <c r="G20" s="10">
-        <f>'[9]American Eagle'!JL$23+'[9]American Eagle'!JL$28</f>
+        <f>'[10]American Eagle'!JL$23+'[10]American Eagle'!JL$28</f>
         <v>7580</v>
       </c>
       <c r="H20" s="10">
-        <f>'[9]American Eagle'!JM$23+'[9]American Eagle'!JM$28</f>
+        <f>'[10]American Eagle'!JM$23+'[10]American Eagle'!JM$28</f>
         <v>5960</v>
       </c>
       <c r="I20" s="10">
-        <f>'[9]American Eagle'!JN$23+'[9]American Eagle'!JN$28</f>
+        <f>'[10]American Eagle'!JN$23+'[10]American Eagle'!JN$28</f>
         <v>5804</v>
       </c>
       <c r="J20" s="10">
-        <f>'[9]American Eagle'!JO$23+'[9]American Eagle'!JO$28</f>
+        <f>'[10]American Eagle'!JO$23+'[10]American Eagle'!JO$28</f>
         <v>5592</v>
       </c>
       <c r="K20" s="10">
-        <f>'[9]American Eagle'!JP$23+'[9]American Eagle'!JP$28</f>
-        <v>0</v>
+        <f>'[10]American Eagle'!JP$23+'[10]American Eagle'!JP$28</f>
+        <v>1749</v>
       </c>
       <c r="L20" s="10">
-        <f>'[9]American Eagle'!JQ$23+'[9]American Eagle'!JQ$28</f>
+        <f>'[10]American Eagle'!JQ$23+'[10]American Eagle'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M20" s="10">
-        <f>'[9]American Eagle'!JR$23+'[9]American Eagle'!JR$28</f>
+        <f>'[10]American Eagle'!JR$23+'[10]American Eagle'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N20" s="10">
-        <f>'[9]American Eagle'!JS$23+'[9]American Eagle'!JS$28</f>
+        <f>'[10]American Eagle'!JS$23+'[10]American Eagle'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B21" s="53" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="10">
-        <f>'[9]Continental Express'!JH$23+'[9]Continental Express'!JH$28</f>
+        <f>'[10]Continental Express'!JH$23+'[10]Continental Express'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D21" s="10">
-        <f>'[9]Continental Express'!JI$23+'[9]Continental Express'!JI$28</f>
+        <f>'[10]Continental Express'!JI$23+'[10]Continental Express'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E21" s="10">
-        <f>'[9]Continental Express'!JJ$23+'[9]Continental Express'!JJ$28</f>
+        <f>'[10]Continental Express'!JJ$23+'[10]Continental Express'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F21" s="10">
-        <f>'[9]Continental Express'!JK$23+'[9]Continental Express'!JK$28</f>
+        <f>'[10]Continental Express'!JK$23+'[10]Continental Express'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G21" s="10">
-        <f>'[9]Continental Express'!JL$23+'[9]Continental Express'!JL$28</f>
+        <f>'[10]Continental Express'!JL$23+'[10]Continental Express'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H21" s="10">
-        <f>'[9]Continental Express'!JM$23+'[9]Continental Express'!JM$28</f>
+        <f>'[10]Continental Express'!JM$23+'[10]Continental Express'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I21" s="10">
-        <f>'[9]Continental Express'!JN$23+'[9]Continental Express'!JN$28</f>
+        <f>'[10]Continental Express'!JN$23+'[10]Continental Express'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J21" s="10">
-        <f>'[9]Continental Express'!JO$23+'[9]Continental Express'!JO$28</f>
+        <f>'[10]Continental Express'!JO$23+'[10]Continental Express'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K21" s="10">
-        <f>'[9]Continental Express'!JP$23+'[9]Continental Express'!JP$28</f>
+        <f>'[10]Continental Express'!JP$23+'[10]Continental Express'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L21" s="10">
-        <f>'[9]Continental Express'!JQ$23+'[9]Continental Express'!JQ$28</f>
+        <f>'[10]Continental Express'!JQ$23+'[10]Continental Express'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M21" s="10">
-        <f>'[9]Continental Express'!JR$23+'[9]Continental Express'!JR$28</f>
+        <f>'[10]Continental Express'!JR$23+'[10]Continental Express'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N21" s="10">
-        <f>'[9]Continental Express'!JS$23+'[9]Continental Express'!JS$28</f>
+        <f>'[10]Continental Express'!JS$23+'[10]Continental Express'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="10">
-        <f>'[9]Go Jet_UA'!JH$23+'[9]Go Jet_UA'!JH$28</f>
+        <f>'[10]Go Jet_UA'!JH$23+'[10]Go Jet_UA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D22" s="10">
-        <f>'[9]Go Jet_UA'!JI$23+'[9]Go Jet_UA'!JI$28</f>
+        <f>'[10]Go Jet_UA'!JI$23+'[10]Go Jet_UA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E22" s="10">
-        <f>'[9]Go Jet_UA'!JJ$23+'[9]Go Jet_UA'!JJ$28</f>
+        <f>'[10]Go Jet_UA'!JJ$23+'[10]Go Jet_UA'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F22" s="10">
-        <f>'[9]Go Jet_UA'!JK$23+'[9]Go Jet_UA'!JK$28</f>
+        <f>'[10]Go Jet_UA'!JK$23+'[10]Go Jet_UA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G22" s="10">
-        <f>'[9]Go Jet_UA'!JL$23+'[9]Go Jet_UA'!JL$28</f>
+        <f>'[10]Go Jet_UA'!JL$23+'[10]Go Jet_UA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H22" s="10">
-        <f>'[9]Go Jet_UA'!JM$23+'[9]Go Jet_UA'!JM$28</f>
+        <f>'[10]Go Jet_UA'!JM$23+'[10]Go Jet_UA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I22" s="10">
-        <f>'[9]Go Jet_UA'!JN$23+'[9]Go Jet_UA'!JN$28</f>
+        <f>'[10]Go Jet_UA'!JN$23+'[10]Go Jet_UA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J22" s="10">
-        <f>'[9]Go Jet_UA'!JO$23+'[9]Go Jet_UA'!JO$28</f>
+        <f>'[10]Go Jet_UA'!JO$23+'[10]Go Jet_UA'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K22" s="10">
-        <f>'[9]Go Jet_UA'!JP$23+'[9]Go Jet_UA'!JP$28</f>
+        <f>'[10]Go Jet_UA'!JP$23+'[10]Go Jet_UA'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L22" s="10">
-        <f>'[9]Go Jet_UA'!JQ$23+'[9]Go Jet_UA'!JQ$28</f>
+        <f>'[10]Go Jet_UA'!JQ$23+'[10]Go Jet_UA'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M22" s="10">
-        <f>'[9]Go Jet_UA'!JR$23+'[9]Go Jet_UA'!JR$28</f>
+        <f>'[10]Go Jet_UA'!JR$23+'[10]Go Jet_UA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N22" s="10">
-        <f>'[9]Go Jet_UA'!JS$23+'[9]Go Jet_UA'!JS$28</f>
+        <f>'[10]Go Jet_UA'!JS$23+'[10]Go Jet_UA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="10">
-        <f>[9]Horizon_AS!IT23+[9]Horizon_AS!IT33+[9]Horizon_AS!IT28+[9]Horizon_AS!IT38</f>
+        <f>[10]Horizon_AS!IT23+[10]Horizon_AS!IT33+[10]Horizon_AS!IT28+[10]Horizon_AS!IT38</f>
         <v>0</v>
       </c>
       <c r="D23" s="10">
-        <f>[9]Horizon_AS!IU23+[9]Horizon_AS!IU33+[9]Horizon_AS!IU28+[9]Horizon_AS!IU38</f>
+        <f>[10]Horizon_AS!IU23+[10]Horizon_AS!IU33+[10]Horizon_AS!IU28+[10]Horizon_AS!IU38</f>
         <v>0</v>
       </c>
       <c r="E23" s="10">
-        <f>[9]Horizon_AS!IV23+[9]Horizon_AS!IV33+[9]Horizon_AS!IV28+[9]Horizon_AS!IV38</f>
+        <f>[10]Horizon_AS!IV23+[10]Horizon_AS!IV33+[10]Horizon_AS!IV28+[10]Horizon_AS!IV38</f>
         <v>0</v>
       </c>
       <c r="F23" s="10">
-        <f>[9]Horizon_AS!IW23+[9]Horizon_AS!IW33+[9]Horizon_AS!IW28+[9]Horizon_AS!IW38</f>
+        <f>[10]Horizon_AS!IW23+[10]Horizon_AS!IW33+[10]Horizon_AS!IW28+[10]Horizon_AS!IW38</f>
         <v>0</v>
       </c>
       <c r="G23" s="10">
-        <f>[9]Horizon_AS!IX23+[9]Horizon_AS!IX33+[9]Horizon_AS!IX28+[9]Horizon_AS!IX38</f>
+        <f>[10]Horizon_AS!IX23+[10]Horizon_AS!IX33+[10]Horizon_AS!IX28+[10]Horizon_AS!IX38</f>
         <v>0</v>
       </c>
       <c r="H23" s="10">
-        <f>[9]Horizon_AS!IY23+[9]Horizon_AS!IY33+[9]Horizon_AS!IY28+[9]Horizon_AS!IY38</f>
+        <f>[10]Horizon_AS!IY23+[10]Horizon_AS!IY33+[10]Horizon_AS!IY28+[10]Horizon_AS!IY38</f>
         <v>0</v>
       </c>
       <c r="I23" s="10">
-        <f>[9]Horizon_AS!IZ23+[9]Horizon_AS!IZ33+[9]Horizon_AS!IZ28+[9]Horizon_AS!IZ38</f>
+        <f>[10]Horizon_AS!IZ23+[10]Horizon_AS!IZ33+[10]Horizon_AS!IZ28+[10]Horizon_AS!IZ38</f>
         <v>0</v>
       </c>
       <c r="J23" s="10">
-        <f>[9]Horizon_AS!JA23+[9]Horizon_AS!JA33+[9]Horizon_AS!JA28+[9]Horizon_AS!JA38</f>
+        <f>[10]Horizon_AS!JA23+[10]Horizon_AS!JA33+[10]Horizon_AS!JA28+[10]Horizon_AS!JA38</f>
         <v>0</v>
       </c>
       <c r="K23" s="10">
-        <f>[9]Horizon_AS!JB23+[9]Horizon_AS!JB33+[9]Horizon_AS!JB28+[9]Horizon_AS!JB38</f>
+        <f>[10]Horizon_AS!JB23+[10]Horizon_AS!JB33+[10]Horizon_AS!JB28+[10]Horizon_AS!JB38</f>
         <v>0</v>
       </c>
       <c r="L23" s="10">
-        <f>[9]Horizon_AS!JC23+[9]Horizon_AS!JC33+[9]Horizon_AS!JC28+[9]Horizon_AS!JC38</f>
+        <f>[10]Horizon_AS!JC23+[10]Horizon_AS!JC33+[10]Horizon_AS!JC28+[10]Horizon_AS!JC38</f>
         <v>0</v>
       </c>
       <c r="M23" s="10">
-        <f>[9]Horizon_AS!JD23+[9]Horizon_AS!JD33+[9]Horizon_AS!JD28+[9]Horizon_AS!JD38</f>
+        <f>[10]Horizon_AS!JD23+[10]Horizon_AS!JD33+[10]Horizon_AS!JD28+[10]Horizon_AS!JD38</f>
         <v>0</v>
       </c>
       <c r="N23" s="10">
-        <f>[9]Horizon_AS!JE23+[9]Horizon_AS!JE33+[9]Horizon_AS!JE28+[9]Horizon_AS!JE38</f>
+        <f>[10]Horizon_AS!JE23+[10]Horizon_AS!JE33+[10]Horizon_AS!JE28+[10]Horizon_AS!JE38</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="10">
-        <f>[9]MESA_UA!JH$23+[9]MESA_UA!JH$28</f>
+        <f>[10]MESA_UA!JH$23+[10]MESA_UA!JH$28</f>
         <v>2525</v>
       </c>
       <c r="D24" s="10">
-        <f>[9]MESA_UA!JI$23+[9]MESA_UA!JI$28</f>
+        <f>[10]MESA_UA!JI$23+[10]MESA_UA!JI$28</f>
         <v>3849</v>
       </c>
       <c r="E24" s="10">
-        <f>[9]MESA_UA!JJ$23+[9]MESA_UA!JJ$28</f>
+        <f>[10]MESA_UA!JJ$23+[10]MESA_UA!JJ$28</f>
         <v>6462</v>
       </c>
       <c r="F24" s="10">
-        <f>[9]MESA_UA!JK$23+[9]MESA_UA!JK$28</f>
+        <f>[10]MESA_UA!JK$23+[10]MESA_UA!JK$28</f>
         <v>5019</v>
       </c>
       <c r="G24" s="10">
-        <f>[9]MESA_UA!JL$23+[9]MESA_UA!JL$28</f>
+        <f>[10]MESA_UA!JL$23+[10]MESA_UA!JL$28</f>
         <v>4702</v>
       </c>
       <c r="H24" s="10">
-        <f>[9]MESA_UA!JM$23+[9]MESA_UA!JM$28</f>
+        <f>[10]MESA_UA!JM$23+[10]MESA_UA!JM$28</f>
         <v>2755</v>
       </c>
       <c r="I24" s="10">
-        <f>[9]MESA_UA!JN$23+[9]MESA_UA!JN$28</f>
+        <f>[10]MESA_UA!JN$23+[10]MESA_UA!JN$28</f>
         <v>6578</v>
       </c>
       <c r="J24" s="10">
-        <f>[9]MESA_UA!JO$23+[9]MESA_UA!JO$28</f>
+        <f>[10]MESA_UA!JO$23+[10]MESA_UA!JO$28</f>
         <v>6357</v>
       </c>
       <c r="K24" s="10">
-        <f>[9]MESA_UA!JP$23+[9]MESA_UA!JP$28</f>
-        <v>0</v>
+        <f>[10]MESA_UA!JP$23+[10]MESA_UA!JP$28</f>
+        <v>5687</v>
       </c>
       <c r="L24" s="10">
-        <f>[9]MESA_UA!JQ$23+[9]MESA_UA!JQ$28</f>
+        <f>[10]MESA_UA!JQ$23+[10]MESA_UA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M24" s="10">
-        <f>[9]MESA_UA!JR$23+[9]MESA_UA!JR$28</f>
+        <f>[10]MESA_UA!JR$23+[10]MESA_UA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N24" s="10">
-        <f>[9]MESA_UA!JS$23+[9]MESA_UA!JS$28</f>
+        <f>[10]MESA_UA!JS$23+[10]MESA_UA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="10">
-        <f>[9]MESA!JH$23+[9]MESA!JH$28</f>
+        <f>[10]MESA!JH$23+[10]MESA!JH$28</f>
         <v>0</v>
       </c>
       <c r="D25" s="10">
-        <f>[9]MESA!JI$23+[9]MESA!JI$28</f>
+        <f>[10]MESA!JI$23+[10]MESA!JI$28</f>
         <v>0</v>
       </c>
       <c r="E25" s="10">
-        <f>[9]MESA!JJ$23+[9]MESA!JJ$28</f>
+        <f>[10]MESA!JJ$23+[10]MESA!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F25" s="10">
-        <f>[9]MESA!JK$23+[9]MESA!JK$28</f>
+        <f>[10]MESA!JK$23+[10]MESA!JK$28</f>
         <v>0</v>
       </c>
       <c r="G25" s="10">
-        <f>[9]MESA!JL$23+[9]MESA!JL$28</f>
+        <f>[10]MESA!JL$23+[10]MESA!JL$28</f>
         <v>0</v>
       </c>
       <c r="H25" s="10">
-        <f>[9]MESA!JM$23+[9]MESA!JM$28</f>
+        <f>[10]MESA!JM$23+[10]MESA!JM$28</f>
         <v>0</v>
       </c>
       <c r="I25" s="10">
-        <f>[9]MESA!JN$23+[9]MESA!JN$28</f>
+        <f>[10]MESA!JN$23+[10]MESA!JN$28</f>
         <v>0</v>
       </c>
       <c r="J25" s="10">
-        <f>[9]MESA!JO$23+[9]MESA!JO$28</f>
+        <f>[10]MESA!JO$23+[10]MESA!JO$28</f>
         <v>0</v>
       </c>
       <c r="K25" s="10">
-        <f>[9]MESA!JP$23+[9]MESA!JP$28</f>
+        <f>[10]MESA!JP$23+[10]MESA!JP$28</f>
         <v>0</v>
       </c>
       <c r="L25" s="10">
-        <f>[9]MESA!JQ$23+[9]MESA!JQ$28</f>
+        <f>[10]MESA!JQ$23+[10]MESA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M25" s="10">
-        <f>[9]MESA!JR$23+[9]MESA!JR$28</f>
+        <f>[10]MESA!JR$23+[10]MESA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N25" s="10">
-        <f>[9]MESA!JS$23+[9]MESA!JS$28</f>
+        <f>[10]MESA!JS$23+[10]MESA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B26" s="53" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="10">
-        <f>[9]Republic!JH$23+[9]Republic!JH$28</f>
+        <f>[10]Republic!JH$23+[10]Republic!JH$28</f>
         <v>4153</v>
       </c>
       <c r="D26" s="10">
-        <f>[9]Republic!JI$23+[9]Republic!JI$28</f>
+        <f>[10]Republic!JI$23+[10]Republic!JI$28</f>
         <v>3392</v>
       </c>
       <c r="E26" s="10">
-        <f>[9]Republic!JJ$23+[9]Republic!JJ$28</f>
+        <f>[10]Republic!JJ$23+[10]Republic!JJ$28</f>
         <v>8410</v>
       </c>
       <c r="F26" s="10">
-        <f>[9]Republic!JK$23+[9]Republic!JK$28</f>
+        <f>[10]Republic!JK$23+[10]Republic!JK$28</f>
         <v>5909</v>
       </c>
       <c r="G26" s="10">
-        <f>[9]Republic!JL$23+[9]Republic!JL$28</f>
+        <f>[10]Republic!JL$23+[10]Republic!JL$28</f>
         <v>4798</v>
       </c>
       <c r="H26" s="10">
-        <f>[9]Republic!JM$23+[9]Republic!JM$28</f>
+        <f>[10]Republic!JM$23+[10]Republic!JM$28</f>
         <v>7335</v>
       </c>
       <c r="I26" s="10">
-        <f>[9]Republic!JN$23+[9]Republic!JN$28</f>
+        <f>[10]Republic!JN$23+[10]Republic!JN$28</f>
         <v>7550</v>
       </c>
       <c r="J26" s="10">
-        <f>[9]Republic!JO$23+[9]Republic!JO$28</f>
+        <f>[10]Republic!JO$23+[10]Republic!JO$28</f>
         <v>8711</v>
       </c>
       <c r="K26" s="10">
-        <f>[9]Republic!JP$23+[9]Republic!JP$28</f>
-        <v>0</v>
+        <f>[10]Republic!JP$23+[10]Republic!JP$28</f>
+        <v>3142</v>
       </c>
       <c r="L26" s="10">
-        <f>[9]Republic!JQ$23+[9]Republic!JQ$28</f>
+        <f>[10]Republic!JQ$23+[10]Republic!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M26" s="10">
-        <f>[9]Republic!JR$23+[9]Republic!JR$28</f>
+        <f>[10]Republic!JR$23+[10]Republic!JR$28</f>
         <v>0</v>
       </c>
       <c r="N26" s="10">
-        <f>[9]Republic!JS$23+[9]Republic!JS$28</f>
+        <f>[10]Republic!JS$23+[10]Republic!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B27" s="53" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="10">
-        <f>[9]Republic_UA!JH$23+[9]Republic_UA!JH$28</f>
+        <f>[10]Republic_UA!JH$23+[10]Republic_UA!JH$28</f>
         <v>5599</v>
       </c>
       <c r="D27" s="10">
-        <f>[9]Republic_UA!JI$23+[9]Republic_UA!JI$28</f>
+        <f>[10]Republic_UA!JI$23+[10]Republic_UA!JI$28</f>
         <v>5423</v>
       </c>
       <c r="E27" s="10">
-        <f>[9]Republic_UA!JJ$23+[9]Republic_UA!JJ$28</f>
+        <f>[10]Republic_UA!JJ$23+[10]Republic_UA!JJ$28</f>
         <v>8112</v>
       </c>
       <c r="F27" s="10">
-        <f>[9]Republic_UA!JK$23+[9]Republic_UA!JK$28</f>
+        <f>[10]Republic_UA!JK$23+[10]Republic_UA!JK$28</f>
         <v>3668</v>
       </c>
       <c r="G27" s="10">
-        <f>[9]Republic_UA!JL$23+[9]Republic_UA!JL$28</f>
+        <f>[10]Republic_UA!JL$23+[10]Republic_UA!JL$28</f>
         <v>1502</v>
       </c>
       <c r="H27" s="10">
-        <f>[9]Republic_UA!JM$23+[9]Republic_UA!JM$28</f>
+        <f>[10]Republic_UA!JM$23+[10]Republic_UA!JM$28</f>
         <v>3851</v>
       </c>
       <c r="I27" s="10">
-        <f>[9]Republic_UA!JN$23+[9]Republic_UA!JN$28</f>
+        <f>[10]Republic_UA!JN$23+[10]Republic_UA!JN$28</f>
         <v>76</v>
       </c>
       <c r="J27" s="10">
-        <f>[9]Republic_UA!JO$23+[9]Republic_UA!JO$28</f>
+        <f>[10]Republic_UA!JO$23+[10]Republic_UA!JO$28</f>
         <v>302</v>
       </c>
       <c r="K27" s="10">
-        <f>[9]Republic_UA!JP$23+[9]Republic_UA!JP$28</f>
-        <v>0</v>
+        <f>[10]Republic_UA!JP$23+[10]Republic_UA!JP$28</f>
+        <v>73</v>
       </c>
       <c r="L27" s="10">
-        <f>[9]Republic_UA!JQ$23+[9]Republic_UA!JQ$28</f>
+        <f>[10]Republic_UA!JQ$23+[10]Republic_UA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M27" s="10">
-        <f>[9]Republic_UA!JR$23+[9]Republic_UA!JR$28</f>
+        <f>[10]Republic_UA!JR$23+[10]Republic_UA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N27" s="10">
-        <f>[9]Republic_UA!JS$23+[9]Republic_UA!JS$28</f>
+        <f>[10]Republic_UA!JS$23+[10]Republic_UA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B28" s="53" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="10">
-        <f>'[9]Shuttle America'!JH$23+'[9]Shuttle America'!JH$28</f>
+        <f>'[10]Shuttle America'!JH$23+'[10]Shuttle America'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D28" s="10">
-        <f>'[9]Shuttle America'!JI$23+'[9]Shuttle America'!JI$28</f>
+        <f>'[10]Shuttle America'!JI$23+'[10]Shuttle America'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E28" s="10">
-        <f>'[9]Shuttle America'!JJ$23+'[9]Shuttle America'!JJ$28</f>
+        <f>'[10]Shuttle America'!JJ$23+'[10]Shuttle America'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F28" s="10">
-        <f>'[9]Shuttle America'!JK$23+'[9]Shuttle America'!JK$28</f>
+        <f>'[10]Shuttle America'!JK$23+'[10]Shuttle America'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G28" s="10">
-        <f>'[9]Shuttle America'!JL$23+'[9]Shuttle America'!JL$28</f>
+        <f>'[10]Shuttle America'!JL$23+'[10]Shuttle America'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H28" s="10">
-        <f>'[9]Shuttle America'!JM$23+'[9]Shuttle America'!JM$28</f>
+        <f>'[10]Shuttle America'!JM$23+'[10]Shuttle America'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I28" s="10">
-        <f>'[9]Shuttle America'!JN$23+'[9]Shuttle America'!JN$28</f>
+        <f>'[10]Shuttle America'!JN$23+'[10]Shuttle America'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J28" s="10">
-        <f>'[9]Shuttle America'!JO$23+'[9]Shuttle America'!JO$28</f>
+        <f>'[10]Shuttle America'!JO$23+'[10]Shuttle America'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K28" s="10">
-        <f>'[9]Shuttle America'!JP$23+'[9]Shuttle America'!JP$28</f>
+        <f>'[10]Shuttle America'!JP$23+'[10]Shuttle America'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L28" s="10">
-        <f>'[9]Shuttle America'!JQ$23+'[9]Shuttle America'!JQ$28</f>
+        <f>'[10]Shuttle America'!JQ$23+'[10]Shuttle America'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M28" s="10">
-        <f>'[9]Shuttle America'!JR$23+'[9]Shuttle America'!JR$28</f>
+        <f>'[10]Shuttle America'!JR$23+'[10]Shuttle America'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N28" s="10">
-        <f>'[9]Shuttle America'!JS$23+'[9]Shuttle America'!JS$28</f>
+        <f>'[10]Shuttle America'!JS$23+'[10]Shuttle America'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B29" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="10">
-        <f>'[9]Sky West_UA'!JH$23+'[9]Sky West_UA'!JH$28</f>
+        <f>'[10]Sky West_UA'!JH$23+'[10]Sky West_UA'!JH$28</f>
         <v>2345</v>
       </c>
       <c r="D29" s="10">
-        <f>'[9]Sky West_UA'!JI$23+'[9]Sky West_UA'!JI$28</f>
+        <f>'[10]Sky West_UA'!JI$23+'[10]Sky West_UA'!JI$28</f>
         <v>2234</v>
       </c>
       <c r="E29" s="10">
-        <f>'[9]Sky West_UA'!JJ$23+'[9]Sky West_UA'!JJ$28</f>
+        <f>'[10]Sky West_UA'!JJ$23+'[10]Sky West_UA'!JJ$28</f>
         <v>1918</v>
       </c>
       <c r="F29" s="10">
-        <f>'[9]Sky West_UA'!JK$23+'[9]Sky West_UA'!JK$28</f>
+        <f>'[10]Sky West_UA'!JK$23+'[10]Sky West_UA'!JK$28</f>
         <v>2758</v>
       </c>
       <c r="G29" s="10">
-        <f>'[9]Sky West_UA'!JL$23+'[9]Sky West_UA'!JL$28</f>
+        <f>'[10]Sky West_UA'!JL$23+'[10]Sky West_UA'!JL$28</f>
         <v>4540</v>
       </c>
       <c r="H29" s="10">
-        <f>'[9]Sky West_UA'!JM$23+'[9]Sky West_UA'!JM$28</f>
+        <f>'[10]Sky West_UA'!JM$23+'[10]Sky West_UA'!JM$28</f>
         <v>3549</v>
       </c>
       <c r="I29" s="10">
-        <f>'[9]Sky West_UA'!JN$23+'[9]Sky West_UA'!JN$28</f>
+        <f>'[10]Sky West_UA'!JN$23+'[10]Sky West_UA'!JN$28</f>
         <v>3499</v>
       </c>
       <c r="J29" s="10">
-        <f>'[9]Sky West_UA'!JO$23+'[9]Sky West_UA'!JO$28</f>
+        <f>'[10]Sky West_UA'!JO$23+'[10]Sky West_UA'!JO$28</f>
         <v>4010</v>
       </c>
       <c r="K29" s="10">
-        <f>'[9]Sky West_UA'!JP$23+'[9]Sky West_UA'!JP$28</f>
-        <v>0</v>
+        <f>'[10]Sky West_UA'!JP$23+'[10]Sky West_UA'!JP$28</f>
+        <v>2920</v>
       </c>
       <c r="L29" s="10">
-        <f>'[9]Sky West_UA'!JQ$23+'[9]Sky West_UA'!JQ$28</f>
+        <f>'[10]Sky West_UA'!JQ$23+'[10]Sky West_UA'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M29" s="10">
-        <f>'[9]Sky West_UA'!JR$23+'[9]Sky West_UA'!JR$28</f>
+        <f>'[10]Sky West_UA'!JR$23+'[10]Sky West_UA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N29" s="10">
-        <f>'[9]Sky West_UA'!JS$23+'[9]Sky West_UA'!JS$28</f>
+        <f>'[10]Sky West_UA'!JS$23+'[10]Sky West_UA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="10">
-        <f>'[9]Sky West_AA'!JH$23+'[9]Sky West_AA'!JH$28</f>
+        <f>'[10]Sky West_AA'!JH$23+'[10]Sky West_AA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D30" s="10">
-        <f>'[9]Sky West_AA'!JI$23+'[9]Sky West_AA'!JI$28</f>
+        <f>'[10]Sky West_AA'!JI$23+'[10]Sky West_AA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E30" s="10">
-        <f>'[9]Sky West_AA'!JJ$23+'[9]Sky West_AA'!JJ$28</f>
+        <f>'[10]Sky West_AA'!JJ$23+'[10]Sky West_AA'!JJ$28</f>
         <v>64</v>
       </c>
       <c r="F30" s="10">
-        <f>'[9]Sky West_AA'!JK$23+'[9]Sky West_AA'!JK$28</f>
+        <f>'[10]Sky West_AA'!JK$23+'[10]Sky West_AA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G30" s="10">
-        <f>'[9]Sky West_AA'!JL$23+'[9]Sky West_AA'!JL$28</f>
+        <f>'[10]Sky West_AA'!JL$23+'[10]Sky West_AA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H30" s="10">
-        <f>'[9]Sky West_AA'!JM$23+'[9]Sky West_AA'!JM$28</f>
+        <f>'[10]Sky West_AA'!JM$23+'[10]Sky West_AA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I30" s="10">
-        <f>'[9]Sky West_AA'!JN$23+'[9]Sky West_AA'!JN$28</f>
+        <f>'[10]Sky West_AA'!JN$23+'[10]Sky West_AA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J30" s="10">
-        <f>'[9]Sky West_AA'!JO$23+'[9]Sky West_AA'!JO$28</f>
+        <f>'[10]Sky West_AA'!JO$23+'[10]Sky West_AA'!JO$28</f>
         <v>58</v>
       </c>
       <c r="K30" s="10">
-        <f>'[9]Sky West_AA'!JP$23+'[9]Sky West_AA'!JP$28</f>
-        <v>0</v>
+        <f>'[10]Sky West_AA'!JP$23+'[10]Sky West_AA'!JP$28</f>
+        <v>2164</v>
       </c>
       <c r="L30" s="10">
-        <f>'[9]Sky West_AA'!JQ$23+'[9]Sky West_AA'!JQ$28</f>
+        <f>'[10]Sky West_AA'!JQ$23+'[10]Sky West_AA'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M30" s="10">
-        <f>'[9]Sky West_AA'!JR$23+'[9]Sky West_AA'!JR$28</f>
+        <f>'[10]Sky West_AA'!JR$23+'[10]Sky West_AA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N30" s="10">
-        <f>'[9]Sky West_AA'!JS$23+'[9]Sky West_AA'!JS$28</f>
+        <f>'[10]Sky West_AA'!JS$23+'[10]Sky West_AA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="10">
-        <f>'[9]Sky West_AS'!JH$23+'[9]Sky West_AS'!JH$28</f>
+        <f>'[10]Sky West_AS'!JH$23+'[10]Sky West_AS'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D31" s="10">
-        <f>'[9]Sky West_AS'!JI$23+'[9]Sky West_AS'!JI$28</f>
+        <f>'[10]Sky West_AS'!JI$23+'[10]Sky West_AS'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E31" s="10">
-        <f>'[9]Sky West_AS'!JJ$23+'[9]Sky West_AS'!JJ$28</f>
+        <f>'[10]Sky West_AS'!JJ$23+'[10]Sky West_AS'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F31" s="10">
-        <f>'[9]Sky West_AS'!JK$23+'[9]Sky West_AS'!JK$28</f>
+        <f>'[10]Sky West_AS'!JK$23+'[10]Sky West_AS'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G31" s="10">
-        <f>'[9]Sky West_AS'!JL$23+'[9]Sky West_AS'!JL$28</f>
+        <f>'[10]Sky West_AS'!JL$23+'[10]Sky West_AS'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H31" s="10">
-        <f>'[9]Sky West_AS'!JM$23+'[9]Sky West_AS'!JM$28</f>
+        <f>'[10]Sky West_AS'!JM$23+'[10]Sky West_AS'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I31" s="10">
-        <f>'[9]Sky West_AS'!JN$23+'[9]Sky West_AS'!JN$28</f>
+        <f>'[10]Sky West_AS'!JN$23+'[10]Sky West_AS'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J31" s="10">
-        <f>'[9]Sky West_AS'!JO$23+'[9]Sky West_AS'!JO$28</f>
+        <f>'[10]Sky West_AS'!JO$23+'[10]Sky West_AS'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K31" s="10">
-        <f>'[9]Sky West_AS'!JP$23+'[9]Sky West_AS'!JP$28</f>
+        <f>'[10]Sky West_AS'!JP$23+'[10]Sky West_AS'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L31" s="10">
-        <f>'[9]Sky West_AS'!JQ$23+'[9]Sky West_AS'!JQ$28</f>
+        <f>'[10]Sky West_AS'!JQ$23+'[10]Sky West_AS'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M31" s="10">
-        <f>'[9]Sky West_AS'!JR$23+'[9]Sky West_AS'!JR$28</f>
+        <f>'[10]Sky West_AS'!JR$23+'[10]Sky West_AS'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N31" s="10">
-        <f>'[9]Sky West_AS'!JS$23+'[9]Sky West_AS'!JS$28</f>
+        <f>'[10]Sky West_AS'!JS$23+'[10]Sky West_AS'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="10">
-        <f>+[9]Spirit!JH$23+[9]Spirit!JH$28</f>
+        <f>+[10]Spirit!JH$23+[10]Spirit!JH$28</f>
         <v>10298</v>
       </c>
       <c r="D32" s="10">
-        <f>+[9]Spirit!JI$23+[9]Spirit!JI$28</f>
+        <f>+[10]Spirit!JI$23+[10]Spirit!JI$28</f>
         <v>6906</v>
       </c>
       <c r="E32" s="10">
-        <f>+[9]Spirit!JJ$23+[9]Spirit!JJ$28</f>
+        <f>+[10]Spirit!JJ$23+[10]Spirit!JJ$28</f>
         <v>23124</v>
       </c>
       <c r="F32" s="10">
-        <f>+[9]Spirit!JK$23+[9]Spirit!JK$28</f>
+        <f>+[10]Spirit!JK$23+[10]Spirit!JK$28</f>
         <v>8055</v>
       </c>
       <c r="G32" s="10">
-        <f>+[9]Spirit!JL$23+[9]Spirit!JL$28</f>
+        <f>+[10]Spirit!JL$23+[10]Spirit!JL$28</f>
         <v>6132</v>
       </c>
       <c r="H32" s="10">
-        <f>+[9]Spirit!JM$23+[9]Spirit!JM$28</f>
+        <f>+[10]Spirit!JM$23+[10]Spirit!JM$28</f>
         <v>5933</v>
       </c>
       <c r="I32" s="10">
-        <f>+[9]Spirit!JN$23+[9]Spirit!JN$28</f>
+        <f>+[10]Spirit!JN$23+[10]Spirit!JN$28</f>
         <v>7101</v>
       </c>
       <c r="J32" s="10">
-        <f>+[9]Spirit!JO$23+[9]Spirit!JO$28</f>
+        <f>+[10]Spirit!JO$23+[10]Spirit!JO$28</f>
         <v>9015</v>
       </c>
       <c r="K32" s="10">
-        <f>+[9]Spirit!JP$23+[9]Spirit!JP$28</f>
-        <v>0</v>
+        <f>+[10]Spirit!JP$23+[10]Spirit!JP$28</f>
+        <v>4105</v>
       </c>
       <c r="L32" s="10">
-        <f>+[9]Spirit!JQ$23+[9]Spirit!JQ$28</f>
+        <f>+[10]Spirit!JQ$23+[10]Spirit!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M32" s="10">
-        <f>+[9]Spirit!JR$23+[9]Spirit!JR$28</f>
+        <f>+[10]Spirit!JR$23+[10]Spirit!JR$28</f>
         <v>0</v>
       </c>
       <c r="N32" s="10">
-        <f>+[9]Spirit!JS$23+[9]Spirit!JS$28</f>
+        <f>+[10]Spirit!JS$23+[10]Spirit!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B33" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="10">
-        <f>[9]United!JH$23+[9]United!JH$28</f>
+        <f>[10]United!JH$23+[10]United!JH$28</f>
         <v>44719</v>
       </c>
       <c r="D33" s="10">
-        <f>[9]United!JI$23+[9]United!JI$28</f>
+        <f>[10]United!JI$23+[10]United!JI$28</f>
         <v>40992</v>
       </c>
       <c r="E33" s="10">
-        <f>[9]United!JJ$23+[9]United!JJ$28</f>
+        <f>[10]United!JJ$23+[10]United!JJ$28</f>
         <v>46755</v>
       </c>
       <c r="F33" s="10">
-        <f>[9]United!JK$23+[9]United!JK$28</f>
+        <f>[10]United!JK$23+[10]United!JK$28</f>
         <v>42193</v>
       </c>
       <c r="G33" s="10">
-        <f>[9]United!JL$23+[9]United!JL$28</f>
+        <f>[10]United!JL$23+[10]United!JL$28</f>
         <v>53287</v>
       </c>
       <c r="H33" s="10">
-        <f>[9]United!JM$23+[9]United!JM$28</f>
+        <f>[10]United!JM$23+[10]United!JM$28</f>
         <v>57113</v>
       </c>
       <c r="I33" s="10">
-        <f>[9]United!JN$23+[9]United!JN$28</f>
+        <f>[10]United!JN$23+[10]United!JN$28</f>
         <v>61353</v>
       </c>
       <c r="J33" s="10">
-        <f>[9]United!JO$23+[9]United!JO$28</f>
+        <f>[10]United!JO$23+[10]United!JO$28</f>
         <v>65920</v>
       </c>
       <c r="K33" s="10">
-        <f>[9]United!JP$23+[9]United!JP$28</f>
-        <v>0</v>
+        <f>[10]United!JP$23+[10]United!JP$28</f>
+        <v>67922</v>
       </c>
       <c r="L33" s="10">
-        <f>[9]United!JQ$23+[9]United!JQ$28</f>
+        <f>[10]United!JQ$23+[10]United!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M33" s="10">
-        <f>[9]United!JR$23+[9]United!JR$28</f>
+        <f>[10]United!JR$23+[10]United!JR$28</f>
         <v>0</v>
       </c>
       <c r="N33" s="10">
-        <f>[9]United!JS$23+[9]United!JS$28</f>
+        <f>[10]United!JS$23+[10]United!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="10">
-        <f>[9]WestJet!JH23+[9]WestJet!JH33</f>
+        <f>[10]WestJet!JH23+[10]WestJet!JH33</f>
         <v>4786</v>
       </c>
       <c r="D34" s="10">
-        <f>[9]WestJet!JI23+[9]WestJet!JI33</f>
+        <f>[10]WestJet!JI23+[10]WestJet!JI33</f>
         <v>5164</v>
       </c>
       <c r="E34" s="10">
-        <f>[9]WestJet!JJ23+[9]WestJet!JJ33</f>
+        <f>[10]WestJet!JJ23+[10]WestJet!JJ33</f>
         <v>5164</v>
       </c>
       <c r="F34" s="10">
-        <f>[9]WestJet!JK23+[9]WestJet!JK33</f>
+        <f>[10]WestJet!JK23+[10]WestJet!JK33</f>
         <v>5778</v>
       </c>
       <c r="G34" s="10">
-        <f>[9]WestJet!JL23+[9]WestJet!JL33</f>
+        <f>[10]WestJet!JL23+[10]WestJet!JL33</f>
         <v>9167</v>
       </c>
       <c r="H34" s="10">
-        <f>[9]WestJet!JM23+[9]WestJet!JM33+[9]WestJet!$JM$28+[9]WestJet!$JM$38</f>
+        <f>[10]WestJet!JM23+[10]WestJet!JM33+[10]WestJet!$JM$28+[10]WestJet!$JM$38</f>
         <v>10749</v>
       </c>
       <c r="I34" s="10">
-        <f>[9]WestJet!JN23+[9]WestJet!JN33</f>
+        <f>[10]WestJet!JN23+[10]WestJet!JN33</f>
         <v>10238</v>
       </c>
       <c r="J34" s="10">
-        <f>[9]WestJet!JO23+[9]WestJet!JO33</f>
+        <f>[10]WestJet!JO23+[10]WestJet!JO33</f>
         <v>10991</v>
       </c>
       <c r="K34" s="10">
-        <f>[9]WestJet!JP23+[9]WestJet!JP33</f>
-        <v>0</v>
+        <f>[10]WestJet!JP23+[10]WestJet!JP33</f>
+        <v>7787</v>
       </c>
       <c r="L34" s="10">
-        <f>[9]WestJet!JQ23+[9]WestJet!JQ33</f>
+        <f>[10]WestJet!JQ23+[10]WestJet!JQ33</f>
         <v>0</v>
       </c>
       <c r="M34" s="10">
-        <f>[9]WestJet!JR23+[9]WestJet!JR33</f>
+        <f>[10]WestJet!JR23+[10]WestJet!JR33</f>
         <v>0</v>
       </c>
       <c r="N34" s="10">
-        <f>[9]WestJet!JS23+[9]WestJet!JS33</f>
+        <f>[10]WestJet!JS23+[10]WestJet!JS33</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:14" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B36" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="12">
         <f t="shared" ref="C36:N36" si="0">SUM(C10:C35)</f>
         <v>146865</v>
       </c>
       <c r="D36" s="12">
         <f>SUM(D10:D35)</f>
         <v>133958</v>
       </c>
       <c r="E36" s="12">
         <f t="shared" si="0"/>
         <v>184437</v>
       </c>
       <c r="F36" s="12">
         <f t="shared" si="0"/>
         <v>142821</v>
       </c>
       <c r="G36" s="12">
         <f t="shared" si="0"/>
         <v>173720</v>
       </c>
       <c r="H36" s="12">
         <f t="shared" si="0"/>
         <v>189856</v>
       </c>
       <c r="I36" s="12">
         <f t="shared" si="0"/>
         <v>202605</v>
       </c>
       <c r="J36" s="12">
         <f t="shared" si="0"/>
         <v>206136</v>
       </c>
       <c r="K36" s="12">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>183341</v>
       </c>
       <c r="L36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="91" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
@@ -7736,572 +7927,572 @@
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="22">
         <v>2025</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B11" s="53" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="10">
-        <f>[9]Southwest!JH$23+[9]Southwest!JH$28+[9]Southwest!JH$33+[9]Southwest!JH$38</f>
+        <f>[10]Southwest!JH$23+[10]Southwest!JH$28+[10]Southwest!JH$33+[10]Southwest!JH$38</f>
         <v>47570</v>
       </c>
       <c r="D11" s="10">
-        <f>[9]Southwest!JI$23+[9]Southwest!JI$28+[9]Southwest!JI$33+[9]Southwest!JI$38</f>
+        <f>[10]Southwest!JI$23+[10]Southwest!JI$28+[10]Southwest!JI$33+[10]Southwest!JI$38</f>
         <v>46522</v>
       </c>
       <c r="E11" s="10">
-        <f>[9]Southwest!JJ$23+[9]Southwest!JJ$28+[9]Southwest!JJ$33+[9]Southwest!JJ$38</f>
+        <f>[10]Southwest!JJ$23+[10]Southwest!JJ$28+[10]Southwest!JJ$33+[10]Southwest!JJ$38</f>
         <v>67931</v>
       </c>
       <c r="F11" s="10">
-        <f>[9]Southwest!JK$23+[9]Southwest!JK$28+[9]Southwest!JK$33+[9]Southwest!JK$38</f>
+        <f>[10]Southwest!JK$23+[10]Southwest!JK$28+[10]Southwest!JK$33+[10]Southwest!JK$38</f>
         <v>53381</v>
       </c>
       <c r="G11" s="10">
-        <f>[9]Southwest!JL$23+[9]Southwest!JL$28+[9]Southwest!JL$33+[9]Southwest!JL$38</f>
+        <f>[10]Southwest!JL$23+[10]Southwest!JL$28+[10]Southwest!JL$33+[10]Southwest!JL$38</f>
         <v>60389</v>
       </c>
       <c r="H11" s="10">
-        <f>[9]Southwest!JM$23+[9]Southwest!JM$28+[9]Southwest!JM$33+[9]Southwest!JM$38</f>
+        <f>[10]Southwest!JM$23+[10]Southwest!JM$28+[10]Southwest!JM$33+[10]Southwest!JM$38</f>
         <v>72792</v>
       </c>
       <c r="I11" s="10">
-        <f>[9]Southwest!JN$23+[9]Southwest!JN$28+[9]Southwest!JN$33+[9]Southwest!JN$38</f>
+        <f>[10]Southwest!JN$23+[10]Southwest!JN$28+[10]Southwest!JN$33+[10]Southwest!JN$38</f>
         <v>79114</v>
       </c>
       <c r="J11" s="10">
-        <f>[9]Southwest!JO$23+[9]Southwest!JO$28+[9]Southwest!JO$33+[9]Southwest!JO$38</f>
+        <f>[10]Southwest!JO$23+[10]Southwest!JO$28+[10]Southwest!JO$33+[10]Southwest!JO$38</f>
         <v>80771</v>
       </c>
       <c r="K11" s="10">
-        <f>[9]Southwest!JP$23+[9]Southwest!JP$28+[9]Southwest!JP$33+[9]Southwest!JP$38</f>
-        <v>0</v>
+        <f>[10]Southwest!JP$23+[10]Southwest!JP$28+[10]Southwest!JP$33+[10]Southwest!JP$38</f>
+        <v>75602</v>
       </c>
       <c r="L11" s="10">
-        <f>[9]Southwest!JQ$23+[9]Southwest!JQ$28+[9]Southwest!JQ$33+[9]Southwest!JQ$38</f>
+        <f>[10]Southwest!JQ$23+[10]Southwest!JQ$28+[10]Southwest!JQ$33+[10]Southwest!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M11" s="10">
-        <f>[9]Southwest!JR$23+[9]Southwest!JR$28+[9]Southwest!JR$33+[9]Southwest!JR$38</f>
+        <f>[10]Southwest!JR$23+[10]Southwest!JR$28+[10]Southwest!JR$33+[10]Southwest!JR$38</f>
         <v>0</v>
       </c>
       <c r="N11" s="10">
-        <f>[9]Southwest!JS$23+[9]Southwest!JS$28+[9]Southwest!JS$33+[9]Southwest!JS$38</f>
+        <f>[10]Southwest!JS$23+[10]Southwest!JS$28+[10]Southwest!JS$33+[10]Southwest!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="10">
-        <f>[9]Icelandair!JH$23+[9]Icelandair!JH$28+[9]Icelandair!JH$33+[9]Icelandair!JH$38</f>
+        <f>[10]Icelandair!JH$23+[10]Icelandair!JH$28+[10]Icelandair!JH$33+[10]Icelandair!JH$38</f>
         <v>410</v>
       </c>
       <c r="D12" s="10">
-        <f>[9]Icelandair!JI$23+[9]Icelandair!JI$28+[9]Icelandair!JI$33+[9]Icelandair!JI$38</f>
+        <f>[10]Icelandair!JI$23+[10]Icelandair!JI$28+[10]Icelandair!JI$33+[10]Icelandair!JI$38</f>
         <v>151</v>
       </c>
       <c r="E12" s="10">
-        <f>[9]Icelandair!JJ$23+[9]Icelandair!JJ$28+[9]Icelandair!JJ$33+[9]Icelandair!JJ$38</f>
+        <f>[10]Icelandair!JJ$23+[10]Icelandair!JJ$28+[10]Icelandair!JJ$33+[10]Icelandair!JJ$38</f>
         <v>2978</v>
       </c>
       <c r="F12" s="10">
-        <f>[9]Icelandair!JK$23+[9]Icelandair!JK$28+[9]Icelandair!JK$33+[9]Icelandair!JK$38</f>
+        <f>[10]Icelandair!JK$23+[10]Icelandair!JK$28+[10]Icelandair!JK$33+[10]Icelandair!JK$38</f>
         <v>2589</v>
       </c>
       <c r="G12" s="10">
-        <f>[9]Icelandair!JL$23+[9]Icelandair!JL$28+[9]Icelandair!JL$33+[9]Icelandair!JL$38</f>
+        <f>[10]Icelandair!JL$23+[10]Icelandair!JL$28+[10]Icelandair!JL$33+[10]Icelandair!JL$38</f>
         <v>4516</v>
       </c>
       <c r="H12" s="10">
-        <f>[9]Icelandair!JM$23+[9]Icelandair!JM$28+[9]Icelandair!JM$33+[9]Icelandair!JM$38</f>
+        <f>[10]Icelandair!JM$23+[10]Icelandair!JM$28+[10]Icelandair!JM$33+[10]Icelandair!JM$38</f>
         <v>4764</v>
       </c>
       <c r="I12" s="10">
-        <f>[9]Icelandair!JN$23+[9]Icelandair!JN$28+[9]Icelandair!JN$33+[9]Icelandair!JN$38</f>
+        <f>[10]Icelandair!JN$23+[10]Icelandair!JN$28+[10]Icelandair!JN$33+[10]Icelandair!JN$38</f>
         <v>4696</v>
       </c>
       <c r="J12" s="10">
-        <f>[9]Icelandair!JO$23+[9]Icelandair!JO$28+[9]Icelandair!JO$33+[9]Icelandair!JO$38</f>
+        <f>[10]Icelandair!JO$23+[10]Icelandair!JO$28+[10]Icelandair!JO$33+[10]Icelandair!JO$38</f>
         <v>5064</v>
       </c>
       <c r="K12" s="10">
-        <f>[9]Icelandair!JP$23+[9]Icelandair!JP$28+[9]Icelandair!JP$33+[9]Icelandair!JP$38</f>
-        <v>0</v>
+        <f>[10]Icelandair!JP$23+[10]Icelandair!JP$28+[10]Icelandair!JP$33+[10]Icelandair!JP$38</f>
+        <v>4642</v>
       </c>
       <c r="L12" s="10">
-        <f>[9]Icelandair!JQ$23+[9]Icelandair!JQ$28+[9]Icelandair!JQ$33+[9]Icelandair!JQ$38</f>
+        <f>[10]Icelandair!JQ$23+[10]Icelandair!JQ$28+[10]Icelandair!JQ$33+[10]Icelandair!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M12" s="10">
-        <f>[9]Icelandair!JR$23+[9]Icelandair!JR$28+[9]Icelandair!JR$33+[9]Icelandair!JR$38</f>
+        <f>[10]Icelandair!JR$23+[10]Icelandair!JR$28+[10]Icelandair!JR$33+[10]Icelandair!JR$38</f>
         <v>0</v>
       </c>
       <c r="N12" s="10">
-        <f>[9]Icelandair!JS$23+[9]Icelandair!JS$28+[9]Icelandair!JS$33+[9]Icelandair!JS$38</f>
+        <f>[10]Icelandair!JS$23+[10]Icelandair!JS$28+[10]Icelandair!JS$33+[10]Icelandair!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="10">
-        <f>'[9]Sun Country'!JH$23+'[9]Sun Country'!JH$28+'[9]Sun Country'!JH$33+'[9]Sun Country'!JH$38</f>
+        <f>'[10]Sun Country'!JH$23+'[10]Sun Country'!JH$28+'[10]Sun Country'!JH$33+'[10]Sun Country'!JH$38</f>
         <v>118953</v>
       </c>
       <c r="D13" s="10">
-        <f>'[9]Sun Country'!JI$23+'[9]Sun Country'!JI$28+'[9]Sun Country'!JI$33+'[9]Sun Country'!JI$38</f>
+        <f>'[10]Sun Country'!JI$23+'[10]Sun Country'!JI$28+'[10]Sun Country'!JI$33+'[10]Sun Country'!JI$38</f>
         <v>168506</v>
       </c>
       <c r="E13" s="10">
-        <f>'[9]Sun Country'!JJ$23+'[9]Sun Country'!JJ$28+'[9]Sun Country'!JJ$33+'[9]Sun Country'!JJ$38</f>
+        <f>'[10]Sun Country'!JJ$23+'[10]Sun Country'!JJ$28+'[10]Sun Country'!JJ$33+'[10]Sun Country'!JJ$38</f>
         <v>229354</v>
       </c>
       <c r="F13" s="10">
-        <f>'[9]Sun Country'!JK$23+'[9]Sun Country'!JK$28+'[9]Sun Country'!JK$33+'[9]Sun Country'!JK$38</f>
+        <f>'[10]Sun Country'!JK$23+'[10]Sun Country'!JK$28+'[10]Sun Country'!JK$33+'[10]Sun Country'!JK$38</f>
         <v>149842</v>
       </c>
       <c r="G13" s="10">
-        <f>'[9]Sun Country'!JL$23+'[9]Sun Country'!JL$28+'[9]Sun Country'!JL$33+'[9]Sun Country'!JL$38</f>
+        <f>'[10]Sun Country'!JL$23+'[10]Sun Country'!JL$28+'[10]Sun Country'!JL$33+'[10]Sun Country'!JL$38</f>
         <v>140124</v>
       </c>
       <c r="H13" s="10">
-        <f>'[9]Sun Country'!JM$23+'[9]Sun Country'!JM$28+'[9]Sun Country'!JM$33+'[9]Sun Country'!JM$38</f>
+        <f>'[10]Sun Country'!JM$23+'[10]Sun Country'!JM$28+'[10]Sun Country'!JM$33+'[10]Sun Country'!JM$38</f>
         <v>202933</v>
       </c>
       <c r="I13" s="10">
-        <f>'[9]Sun Country'!JN$23+'[9]Sun Country'!JN$28+'[9]Sun Country'!JN$33+'[9]Sun Country'!JN$38</f>
+        <f>'[10]Sun Country'!JN$23+'[10]Sun Country'!JN$28+'[10]Sun Country'!JN$33+'[10]Sun Country'!JN$38</f>
         <v>221723</v>
       </c>
       <c r="J13" s="10">
-        <f>'[9]Sun Country'!JO$23+'[9]Sun Country'!JO$28+'[9]Sun Country'!JO$33+'[9]Sun Country'!JO$38</f>
+        <f>'[10]Sun Country'!JO$23+'[10]Sun Country'!JO$28+'[10]Sun Country'!JO$33+'[10]Sun Country'!JO$38</f>
         <v>173424</v>
       </c>
       <c r="K13" s="10">
-        <f>'[9]Sun Country'!JP$23+'[9]Sun Country'!JP$28+'[9]Sun Country'!JP$33+'[9]Sun Country'!JP$38</f>
-        <v>0</v>
+        <f>'[10]Sun Country'!JP$23+'[10]Sun Country'!JP$28+'[10]Sun Country'!JP$33+'[10]Sun Country'!JP$38</f>
+        <v>91163</v>
       </c>
       <c r="L13" s="10">
-        <f>'[9]Sun Country'!JQ$23+'[9]Sun Country'!JQ$28+'[9]Sun Country'!JQ$33+'[9]Sun Country'!JQ$38</f>
+        <f>'[10]Sun Country'!JQ$23+'[10]Sun Country'!JQ$28+'[10]Sun Country'!JQ$33+'[10]Sun Country'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M13" s="10">
-        <f>'[9]Sun Country'!JR$23+'[9]Sun Country'!JR$28+'[9]Sun Country'!JR$33+'[9]Sun Country'!JR$38</f>
+        <f>'[10]Sun Country'!JR$23+'[10]Sun Country'!JR$28+'[10]Sun Country'!JR$33+'[10]Sun Country'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N13" s="10">
-        <f>'[9]Sun Country'!JS$23+'[9]Sun Country'!JS$28+'[9]Sun Country'!JS$33+'[9]Sun Country'!JS$38</f>
+        <f>'[10]Sun Country'!JS$23+'[10]Sun Country'!JS$28+'[10]Sun Country'!JS$33+'[10]Sun Country'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="10">
-        <f>[9]Condor!JH$23+[9]Condor!JH$28+[9]Condor!JH$33+[9]Condor!JH$38</f>
+        <f>[10]Condor!JH$23+[10]Condor!JH$28+[10]Condor!JH$33+[10]Condor!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>[9]Condor!JI$23+[9]Condor!JI$28+[9]Condor!JI$33+[9]Condor!JI$38</f>
+        <f>[10]Condor!JI$23+[10]Condor!JI$28+[10]Condor!JI$33+[10]Condor!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>[9]Condor!JJ$23+[9]Condor!JJ$28+[9]Condor!JJ$33+[9]Condor!JJ$38</f>
+        <f>[10]Condor!JJ$23+[10]Condor!JJ$28+[10]Condor!JJ$33+[10]Condor!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>[9]Condor!JK$23+[9]Condor!JK$28+[9]Condor!JK$33+[9]Condor!JK$38</f>
+        <f>[10]Condor!JK$23+[10]Condor!JK$28+[10]Condor!JK$33+[10]Condor!JK$38</f>
         <v>0</v>
       </c>
       <c r="G14" s="10">
-        <f>[9]Condor!JL$23+[9]Condor!JL$28+[9]Condor!JL$33+[9]Condor!JL$38</f>
+        <f>[10]Condor!JL$23+[10]Condor!JL$28+[10]Condor!JL$33+[10]Condor!JL$38</f>
         <v>0</v>
       </c>
       <c r="H14" s="10">
-        <f>[9]Condor!JM$23+[9]Condor!JM$28+[9]Condor!JM$33+[9]Condor!JM$38</f>
+        <f>[10]Condor!JM$23+[10]Condor!JM$28+[10]Condor!JM$33+[10]Condor!JM$38</f>
         <v>0</v>
       </c>
       <c r="I14" s="10">
-        <f>[9]Condor!JN$23+[9]Condor!JN$28+[9]Condor!JN$33+[9]Condor!JN$38</f>
+        <f>[10]Condor!JN$23+[10]Condor!JN$28+[10]Condor!JN$33+[10]Condor!JN$38</f>
         <v>0</v>
       </c>
       <c r="J14" s="10">
-        <f>[9]Condor!JO$23+[9]Condor!JO$28+[9]Condor!JO$33+[9]Condor!JO$38</f>
+        <f>[10]Condor!JO$23+[10]Condor!JO$28+[10]Condor!JO$33+[10]Condor!JO$38</f>
         <v>0</v>
       </c>
       <c r="K14" s="10">
-        <f>[9]Condor!JP$23+[9]Condor!JP$28+[9]Condor!JP$33+[9]Condor!JP$38</f>
+        <f>[10]Condor!JP$23+[10]Condor!JP$28+[10]Condor!JP$33+[10]Condor!JP$38</f>
         <v>0</v>
       </c>
       <c r="L14" s="10">
-        <f>[9]Condor!JQ$23+[9]Condor!JQ$28+[9]Condor!JQ$33+[9]Condor!JQ$38</f>
+        <f>[10]Condor!JQ$23+[10]Condor!JQ$28+[10]Condor!JQ$33+[10]Condor!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M14" s="10">
-        <f>[9]Condor!JR$23+[9]Condor!JR$28+[9]Condor!JR$33+[9]Condor!JR$38</f>
+        <f>[10]Condor!JR$23+[10]Condor!JR$28+[10]Condor!JR$33+[10]Condor!JR$38</f>
         <v>0</v>
       </c>
       <c r="N14" s="10">
-        <f>[9]Condor!JS$23+[9]Condor!JS$28+[9]Condor!JS$33+[9]Condor!JS$38</f>
+        <f>[10]Condor!JS$23+[10]Condor!JS$28+[10]Condor!JS$33+[10]Condor!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="10">
-        <f>'[9]Allegiant '!JH$23+'[9]Allegiant '!JH$28+'[9]Allegiant '!JH$33+'[9]Allegiant '!JH$38</f>
+        <f>'[10]Allegiant '!JH$23+'[10]Allegiant '!JH$28+'[10]Allegiant '!JH$33+'[10]Allegiant '!JH$38</f>
         <v>3730</v>
       </c>
       <c r="D15" s="10">
-        <f>'[9]Allegiant '!JI$23+'[9]Allegiant '!JI$28+'[9]Allegiant '!JI$33+'[9]Allegiant '!JI$38</f>
+        <f>'[10]Allegiant '!JI$23+'[10]Allegiant '!JI$28+'[10]Allegiant '!JI$33+'[10]Allegiant '!JI$38</f>
         <v>4758</v>
       </c>
       <c r="E15" s="10">
-        <f>'[9]Allegiant '!JJ$23+'[9]Allegiant '!JJ$28+'[9]Allegiant '!JJ$33+'[9]Allegiant '!JJ$38</f>
+        <f>'[10]Allegiant '!JJ$23+'[10]Allegiant '!JJ$28+'[10]Allegiant '!JJ$33+'[10]Allegiant '!JJ$38</f>
         <v>7488</v>
       </c>
       <c r="F15" s="10">
-        <f>'[9]Allegiant '!JK$23+'[9]Allegiant '!JK$28+'[9]Allegiant '!JK$33+'[9]Allegiant '!JK$38</f>
+        <f>'[10]Allegiant '!JK$23+'[10]Allegiant '!JK$28+'[10]Allegiant '!JK$33+'[10]Allegiant '!JK$38</f>
         <v>2007</v>
       </c>
       <c r="G15" s="10">
-        <f>'[9]Allegiant '!JL$23+'[9]Allegiant '!JL$28+'[9]Allegiant '!JL$33+'[9]Allegiant '!JL$38</f>
+        <f>'[10]Allegiant '!JL$23+'[10]Allegiant '!JL$28+'[10]Allegiant '!JL$33+'[10]Allegiant '!JL$38</f>
         <v>1194</v>
       </c>
       <c r="H15" s="10">
-        <f>'[9]Allegiant '!JM$23+'[9]Allegiant '!JM$28+'[9]Allegiant '!JM$33+'[9]Allegiant '!JM$38</f>
+        <f>'[10]Allegiant '!JM$23+'[10]Allegiant '!JM$28+'[10]Allegiant '!JM$33+'[10]Allegiant '!JM$38</f>
         <v>2752</v>
       </c>
       <c r="I15" s="10">
-        <f>'[9]Allegiant '!JN$23+'[9]Allegiant '!JN$28+'[9]Allegiant '!JN$33+'[9]Allegiant '!JN$38</f>
+        <f>'[10]Allegiant '!JN$23+'[10]Allegiant '!JN$28+'[10]Allegiant '!JN$33+'[10]Allegiant '!JN$38</f>
         <v>2623</v>
       </c>
       <c r="J15" s="10">
-        <f>'[9]Allegiant '!JO$23+'[9]Allegiant '!JO$28+'[9]Allegiant '!JO$33+'[9]Allegiant '!JO$38</f>
+        <f>'[10]Allegiant '!JO$23+'[10]Allegiant '!JO$28+'[10]Allegiant '!JO$33+'[10]Allegiant '!JO$38</f>
         <v>1133</v>
       </c>
       <c r="K15" s="10">
-        <f>'[9]Allegiant '!JP$23+'[9]Allegiant '!JP$28+'[9]Allegiant '!JP$33+'[9]Allegiant '!JP$38</f>
+        <f>'[10]Allegiant '!JP$23+'[10]Allegiant '!JP$28+'[10]Allegiant '!JP$33+'[10]Allegiant '!JP$38</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[9]Allegiant '!JQ$23+'[9]Allegiant '!JQ$28+'[9]Allegiant '!JQ$33+'[9]Allegiant '!JQ$38</f>
+        <f>'[10]Allegiant '!JQ$23+'[10]Allegiant '!JQ$28+'[10]Allegiant '!JQ$33+'[10]Allegiant '!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[9]Allegiant '!JR$23+'[9]Allegiant '!JR$28+'[9]Allegiant '!JR$33+'[9]Allegiant '!JR$38</f>
+        <f>'[10]Allegiant '!JR$23+'[10]Allegiant '!JR$28+'[10]Allegiant '!JR$33+'[10]Allegiant '!JR$38</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[9]Allegiant '!JS$23+'[9]Allegiant '!JS$28+'[9]Allegiant '!JS$33+'[9]Allegiant '!JS$38</f>
+        <f>'[10]Allegiant '!JS$23+'[10]Allegiant '!JS$28+'[10]Allegiant '!JS$33+'[10]Allegiant '!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="10">
-        <f>'[9]Charter Misc'!JH$23+'[9]Charter Misc'!JH$28+'[9]Charter Misc'!JH$33+'[9]Charter Misc'!JH$38</f>
+        <f>'[10]Charter Misc'!JH$23+'[10]Charter Misc'!JH$28+'[10]Charter Misc'!JH$33+'[10]Charter Misc'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D16" s="10">
-        <f>'[9]Charter Misc'!JI$23+'[9]Charter Misc'!JI$28+'[9]Charter Misc'!JI$33+'[9]Charter Misc'!JI$38</f>
+        <f>'[10]Charter Misc'!JI$23+'[10]Charter Misc'!JI$28+'[10]Charter Misc'!JI$33+'[10]Charter Misc'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E16" s="10">
-        <f>'[9]Charter Misc'!JJ$23+'[9]Charter Misc'!JJ$28+'[9]Charter Misc'!JJ$33+'[9]Charter Misc'!JJ$38</f>
+        <f>'[10]Charter Misc'!JJ$23+'[10]Charter Misc'!JJ$28+'[10]Charter Misc'!JJ$33+'[10]Charter Misc'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F16" s="10">
-        <f>'[9]Charter Misc'!JK$23+'[9]Charter Misc'!JK$28+'[9]Charter Misc'!JK$33+'[9]Charter Misc'!JK$38</f>
+        <f>'[10]Charter Misc'!JK$23+'[10]Charter Misc'!JK$28+'[10]Charter Misc'!JK$33+'[10]Charter Misc'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G16" s="10">
-        <f>'[9]Charter Misc'!JL$23+'[9]Charter Misc'!JL$28+'[9]Charter Misc'!JL$33+'[9]Charter Misc'!JL$38</f>
+        <f>'[10]Charter Misc'!JL$23+'[10]Charter Misc'!JL$28+'[10]Charter Misc'!JL$33+'[10]Charter Misc'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H16" s="10">
-        <f>'[9]Charter Misc'!JM$23+'[9]Charter Misc'!JM$28+'[9]Charter Misc'!JM$33+'[9]Charter Misc'!JM$38</f>
+        <f>'[10]Charter Misc'!JM$23+'[10]Charter Misc'!JM$28+'[10]Charter Misc'!JM$33+'[10]Charter Misc'!JM$38</f>
         <v>133</v>
       </c>
       <c r="I16" s="10">
-        <f>'[9]Charter Misc'!JN$23+'[9]Charter Misc'!JN$28+'[9]Charter Misc'!JN$33+'[9]Charter Misc'!JN$38</f>
+        <f>'[10]Charter Misc'!JN$23+'[10]Charter Misc'!JN$28+'[10]Charter Misc'!JN$33+'[10]Charter Misc'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J16" s="10">
-        <f>'[9]Charter Misc'!JO$23+'[9]Charter Misc'!JO$28+'[9]Charter Misc'!JO$33+'[9]Charter Misc'!JO$38</f>
+        <f>'[10]Charter Misc'!JO$23+'[10]Charter Misc'!JO$28+'[10]Charter Misc'!JO$33+'[10]Charter Misc'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K16" s="10">
-        <f>'[9]Charter Misc'!JP$23+'[9]Charter Misc'!JP$28+'[9]Charter Misc'!JP$33+'[9]Charter Misc'!JP$38</f>
+        <f>'[10]Charter Misc'!JP$23+'[10]Charter Misc'!JP$28+'[10]Charter Misc'!JP$33+'[10]Charter Misc'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L16" s="10">
-        <f>'[9]Charter Misc'!JQ$23+'[9]Charter Misc'!JQ$28+'[9]Charter Misc'!JQ$33+'[9]Charter Misc'!JQ$38</f>
+        <f>'[10]Charter Misc'!JQ$23+'[10]Charter Misc'!JQ$28+'[10]Charter Misc'!JQ$33+'[10]Charter Misc'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M16" s="10">
-        <f>'[9]Charter Misc'!JR$23+'[9]Charter Misc'!JR$28+'[9]Charter Misc'!JR$33+'[9]Charter Misc'!JR$38</f>
+        <f>'[10]Charter Misc'!JR$23+'[10]Charter Misc'!JR$28+'[10]Charter Misc'!JR$33+'[10]Charter Misc'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N16" s="10">
-        <f>'[9]Charter Misc'!JS$23+'[9]Charter Misc'!JS$28+'[9]Charter Misc'!JS$33+'[9]Charter Misc'!JS$38</f>
+        <f>'[10]Charter Misc'!JS$23+'[10]Charter Misc'!JS$28+'[10]Charter Misc'!JS$33+'[10]Charter Misc'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="10">
-        <f>'[9]Jet Blue'!JH$23+'[9]Jet Blue'!JH$28+'[9]Jet Blue'!JH$33+'[9]Jet Blue'!JH$38</f>
+        <f>'[10]Jet Blue'!JH$23+'[10]Jet Blue'!JH$28+'[10]Jet Blue'!JH$33+'[10]Jet Blue'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D17" s="10">
-        <f>'[9]Jet Blue'!JI$23+'[9]Jet Blue'!JI$28+'[9]Jet Blue'!JI$33+'[9]Jet Blue'!JI$38</f>
+        <f>'[10]Jet Blue'!JI$23+'[10]Jet Blue'!JI$28+'[10]Jet Blue'!JI$33+'[10]Jet Blue'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E17" s="10">
-        <f>'[9]Jet Blue'!JJ$23+'[9]Jet Blue'!JJ$28+'[9]Jet Blue'!JJ$33+'[9]Jet Blue'!JJ$38</f>
+        <f>'[10]Jet Blue'!JJ$23+'[10]Jet Blue'!JJ$28+'[10]Jet Blue'!JJ$33+'[10]Jet Blue'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F17" s="10">
-        <f>'[9]Jet Blue'!JK$23+'[9]Jet Blue'!JK$28+'[9]Jet Blue'!JK$33+'[9]Jet Blue'!JK$38</f>
+        <f>'[10]Jet Blue'!JK$23+'[10]Jet Blue'!JK$28+'[10]Jet Blue'!JK$33+'[10]Jet Blue'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G17" s="10">
-        <f>'[9]Jet Blue'!JL$23+'[9]Jet Blue'!JL$28+'[9]Jet Blue'!JL$33+'[9]Jet Blue'!JL$38</f>
+        <f>'[10]Jet Blue'!JL$23+'[10]Jet Blue'!JL$28+'[10]Jet Blue'!JL$33+'[10]Jet Blue'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H17" s="10">
-        <f>'[9]Jet Blue'!JM$23+'[9]Jet Blue'!JM$28+'[9]Jet Blue'!JM$33+'[9]Jet Blue'!JM$38</f>
+        <f>'[10]Jet Blue'!JM$23+'[10]Jet Blue'!JM$28+'[10]Jet Blue'!JM$33+'[10]Jet Blue'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I17" s="10">
-        <f>'[9]Jet Blue'!JN$23+'[9]Jet Blue'!JN$28+'[9]Jet Blue'!JN$33+'[9]Jet Blue'!JN$38</f>
+        <f>'[10]Jet Blue'!JN$23+'[10]Jet Blue'!JN$28+'[10]Jet Blue'!JN$33+'[10]Jet Blue'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J17" s="10">
-        <f>'[9]Jet Blue'!JO$23+'[9]Jet Blue'!JO$28+'[9]Jet Blue'!JO$33+'[9]Jet Blue'!JO$38</f>
+        <f>'[10]Jet Blue'!JO$23+'[10]Jet Blue'!JO$28+'[10]Jet Blue'!JO$33+'[10]Jet Blue'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K17" s="10">
-        <f>'[9]Jet Blue'!JP$23+'[9]Jet Blue'!JP$28+'[9]Jet Blue'!JP$33+'[9]Jet Blue'!JP$38</f>
+        <f>'[10]Jet Blue'!JP$23+'[10]Jet Blue'!JP$28+'[10]Jet Blue'!JP$33+'[10]Jet Blue'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L17" s="10">
-        <f>'[9]Jet Blue'!JQ$23+'[9]Jet Blue'!JQ$28+'[9]Jet Blue'!JQ$33+'[9]Jet Blue'!JQ$38</f>
+        <f>'[10]Jet Blue'!JQ$23+'[10]Jet Blue'!JQ$28+'[10]Jet Blue'!JQ$33+'[10]Jet Blue'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M17" s="10">
-        <f>'[9]Jet Blue'!JR$23+'[9]Jet Blue'!JR$28+'[9]Jet Blue'!JR$33+'[9]Jet Blue'!JR$38</f>
+        <f>'[10]Jet Blue'!JR$23+'[10]Jet Blue'!JR$28+'[10]Jet Blue'!JR$33+'[10]Jet Blue'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N17" s="10">
-        <f>'[9]Jet Blue'!JS$23+'[9]Jet Blue'!JS$28+'[9]Jet Blue'!JS$33+'[9]Jet Blue'!JS$38</f>
+        <f>'[10]Jet Blue'!JS$23+'[10]Jet Blue'!JS$28+'[10]Jet Blue'!JS$33+'[10]Jet Blue'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="10">
-        <f>[9]Frontier!JH$23+[9]Frontier!JH$28+[9]Frontier!JH$33+[9]Frontier!JH$38</f>
+        <f>[10]Frontier!JH$23+[10]Frontier!JH$28+[10]Frontier!JH$33+[10]Frontier!JH$38</f>
         <v>14719</v>
       </c>
       <c r="D18" s="10">
-        <f>[9]Frontier!JI$23+[9]Frontier!JI$28+[9]Frontier!JI$33+[9]Frontier!JI$38</f>
+        <f>[10]Frontier!JI$23+[10]Frontier!JI$28+[10]Frontier!JI$33+[10]Frontier!JI$38</f>
         <v>17256</v>
       </c>
       <c r="E18" s="10">
-        <f>[9]Frontier!JJ$23+[9]Frontier!JJ$28+[9]Frontier!JJ$33+[9]Frontier!JJ$38</f>
+        <f>[10]Frontier!JJ$23+[10]Frontier!JJ$28+[10]Frontier!JJ$33+[10]Frontier!JJ$38</f>
         <v>17718</v>
       </c>
       <c r="F18" s="10">
-        <f>[9]Frontier!JK$23+[9]Frontier!JK$28+[9]Frontier!JK$33+[9]Frontier!JK$38</f>
+        <f>[10]Frontier!JK$23+[10]Frontier!JK$28+[10]Frontier!JK$33+[10]Frontier!JK$38</f>
         <v>11319</v>
       </c>
       <c r="G18" s="10">
-        <f>[9]Frontier!JL$23+[9]Frontier!JL$28+[9]Frontier!JL$33+[9]Frontier!JL$38</f>
+        <f>[10]Frontier!JL$23+[10]Frontier!JL$28+[10]Frontier!JL$33+[10]Frontier!JL$38</f>
         <v>9810</v>
       </c>
       <c r="H18" s="10">
-        <f>[9]Frontier!JM$23+[9]Frontier!JM$28+[9]Frontier!JM$33+[9]Frontier!JM$38</f>
+        <f>[10]Frontier!JM$23+[10]Frontier!JM$28+[10]Frontier!JM$33+[10]Frontier!JM$38</f>
         <v>11572</v>
       </c>
       <c r="I18" s="10">
-        <f>[9]Frontier!JN$23+[9]Frontier!JN$28+[9]Frontier!JN$33+[9]Frontier!JN$38</f>
+        <f>[10]Frontier!JN$23+[10]Frontier!JN$28+[10]Frontier!JN$33+[10]Frontier!JN$38</f>
         <v>13562</v>
       </c>
       <c r="J18" s="10">
-        <f>[9]Frontier!JO$23+[9]Frontier!JO$28+[9]Frontier!JO$33+[9]Frontier!JO$38</f>
+        <f>[10]Frontier!JO$23+[10]Frontier!JO$28+[10]Frontier!JO$33+[10]Frontier!JO$38</f>
         <v>13354</v>
       </c>
       <c r="K18" s="10">
-        <f>[9]Frontier!JP$23+[9]Frontier!JP$28+[9]Frontier!JP$33+[9]Frontier!JP$38</f>
-        <v>0</v>
+        <f>[10]Frontier!JP$23+[10]Frontier!JP$28+[10]Frontier!JP$33+[10]Frontier!JP$38</f>
+        <v>13435</v>
       </c>
       <c r="L18" s="10">
-        <f>[9]Frontier!JQ$23+[9]Frontier!JQ$28+[9]Frontier!JQ$33+[9]Frontier!JQ$38</f>
+        <f>[10]Frontier!JQ$23+[10]Frontier!JQ$28+[10]Frontier!JQ$33+[10]Frontier!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M18" s="10">
-        <f>[9]Frontier!JR$23+[9]Frontier!JR$28+[9]Frontier!JR$33+[9]Frontier!JR$38</f>
+        <f>[10]Frontier!JR$23+[10]Frontier!JR$28+[10]Frontier!JR$33+[10]Frontier!JR$38</f>
         <v>0</v>
       </c>
       <c r="N18" s="10">
-        <f>[9]Frontier!JS$23+[9]Frontier!JS$28+[9]Frontier!JS$33+[9]Frontier!JS$38</f>
+        <f>[10]Frontier!JS$23+[10]Frontier!JS$28+[10]Frontier!JS$33+[10]Frontier!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="10">
-        <f>[9]Xtra!IT23+[9]Xtra!IT28+[9]Xtra!IT33+[9]Xtra!IT38</f>
+        <f>[10]Xtra!IT23+[10]Xtra!IT28+[10]Xtra!IT33+[10]Xtra!IT38</f>
         <v>0</v>
       </c>
       <c r="D19" s="10">
-        <f>[9]Xtra!IU23+[9]Xtra!IU28+[9]Xtra!IU33+[9]Xtra!IU38</f>
+        <f>[10]Xtra!IU23+[10]Xtra!IU28+[10]Xtra!IU33+[10]Xtra!IU38</f>
         <v>0</v>
       </c>
       <c r="E19" s="10">
-        <f>[9]Xtra!IV23+[9]Xtra!IV28+[9]Xtra!IV33+[9]Xtra!IV38</f>
+        <f>[10]Xtra!IV23+[10]Xtra!IV28+[10]Xtra!IV33+[10]Xtra!IV38</f>
         <v>0</v>
       </c>
       <c r="F19" s="10">
-        <f>[9]Xtra!IW23+[9]Xtra!IW28+[9]Xtra!IW33+[9]Xtra!IW38</f>
+        <f>[10]Xtra!IW23+[10]Xtra!IW28+[10]Xtra!IW33+[10]Xtra!IW38</f>
         <v>0</v>
       </c>
       <c r="G19" s="10">
-        <f>[9]Xtra!IX23+[9]Xtra!IX28+[9]Xtra!IX33+[9]Xtra!IX38</f>
+        <f>[10]Xtra!IX23+[10]Xtra!IX28+[10]Xtra!IX33+[10]Xtra!IX38</f>
         <v>0</v>
       </c>
       <c r="H19" s="10">
-        <f>[9]Xtra!IY23+[9]Xtra!IY28+[9]Xtra!IY33+[9]Xtra!IY38</f>
+        <f>[10]Xtra!IY23+[10]Xtra!IY28+[10]Xtra!IY33+[10]Xtra!IY38</f>
         <v>0</v>
       </c>
       <c r="I19" s="10">
-        <f>[9]Xtra!IZ23+[9]Xtra!IZ28+[9]Xtra!IZ33+[9]Xtra!IZ38</f>
+        <f>[10]Xtra!IZ23+[10]Xtra!IZ28+[10]Xtra!IZ33+[10]Xtra!IZ38</f>
         <v>0</v>
       </c>
       <c r="J19" s="10">
-        <f>[9]Xtra!JA23+[9]Xtra!JA28+[9]Xtra!JA33+[9]Xtra!JA38</f>
+        <f>[10]Xtra!JA23+[10]Xtra!JA28+[10]Xtra!JA33+[10]Xtra!JA38</f>
         <v>0</v>
       </c>
       <c r="K19" s="10">
-        <f>[9]Xtra!JB23+[9]Xtra!JB28+[9]Xtra!JB33+[9]Xtra!JB38</f>
+        <f>[10]Xtra!JB23+[10]Xtra!JB28+[10]Xtra!JB33+[10]Xtra!JB38</f>
         <v>0</v>
       </c>
       <c r="L19" s="10">
-        <f>[9]Xtra!JC23+[9]Xtra!JC28+[9]Xtra!JC33+[9]Xtra!JC38</f>
+        <f>[10]Xtra!JC23+[10]Xtra!JC28+[10]Xtra!JC33+[10]Xtra!JC38</f>
         <v>0</v>
       </c>
       <c r="M19" s="10">
-        <f>[9]Xtra!JD23+[9]Xtra!JD28+[9]Xtra!JD33+[9]Xtra!JD38</f>
+        <f>[10]Xtra!JD23+[10]Xtra!JD28+[10]Xtra!JD33+[10]Xtra!JD38</f>
         <v>0</v>
       </c>
       <c r="N19" s="10">
-        <f>[9]Xtra!JE23+[9]Xtra!JE28+[9]Xtra!JE33+[9]Xtra!JE38</f>
+        <f>[10]Xtra!JE23+[10]Xtra!JE28+[10]Xtra!JE33+[10]Xtra!JE38</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="10">
-        <f>[9]Omni!JH$23+[9]Omni!JH$28+[9]Omni!JH$33+[9]Omni!JH$38</f>
+        <f>[10]Omni!JH$23+[10]Omni!JH$28+[10]Omni!JH$33+[10]Omni!JH$38</f>
         <v>0</v>
       </c>
       <c r="D20" s="10">
-        <f>[9]Omni!JI$23+[9]Omni!JI$28+[9]Omni!JI$33+[9]Omni!JI$38</f>
+        <f>[10]Omni!JI$23+[10]Omni!JI$28+[10]Omni!JI$33+[10]Omni!JI$38</f>
         <v>112</v>
       </c>
       <c r="E20" s="10">
-        <f>[9]Omni!JJ$23+[9]Omni!JJ$28+[9]Omni!JJ$33+[9]Omni!JJ$38</f>
+        <f>[10]Omni!JJ$23+[10]Omni!JJ$28+[10]Omni!JJ$33+[10]Omni!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F20" s="10">
-        <f>[9]Omni!JK$23+[9]Omni!JK$28+[9]Omni!JK$33+[9]Omni!JK$38</f>
+        <f>[10]Omni!JK$23+[10]Omni!JK$28+[10]Omni!JK$33+[10]Omni!JK$38</f>
         <v>0</v>
       </c>
       <c r="G20" s="10">
-        <f>[9]Omni!JL$23+[9]Omni!JL$28+[9]Omni!JL$33+[9]Omni!JL$38</f>
+        <f>[10]Omni!JL$23+[10]Omni!JL$28+[10]Omni!JL$33+[10]Omni!JL$38</f>
         <v>0</v>
       </c>
       <c r="H20" s="10">
-        <f>[9]Omni!JM$23+[9]Omni!JM$28+[9]Omni!JM$33+[9]Omni!JM$38</f>
+        <f>[10]Omni!JM$23+[10]Omni!JM$28+[10]Omni!JM$33+[10]Omni!JM$38</f>
         <v>0</v>
       </c>
       <c r="I20" s="10">
-        <f>[9]Omni!JN$23+[9]Omni!JN$28+[9]Omni!JN$33+[9]Omni!JN$38</f>
+        <f>[10]Omni!JN$23+[10]Omni!JN$28+[10]Omni!JN$33+[10]Omni!JN$38</f>
         <v>0</v>
       </c>
       <c r="J20" s="10">
-        <f>[9]Omni!JO$23+[9]Omni!JO$28+[9]Omni!JO$33+[9]Omni!JO$38</f>
+        <f>[10]Omni!JO$23+[10]Omni!JO$28+[10]Omni!JO$33+[10]Omni!JO$38</f>
         <v>191</v>
       </c>
       <c r="K20" s="10">
-        <f>[9]Omni!JP$23+[9]Omni!JP$28+[9]Omni!JP$33+[9]Omni!JP$38</f>
+        <f>[10]Omni!JP$23+[10]Omni!JP$28+[10]Omni!JP$33+[10]Omni!JP$38</f>
         <v>0</v>
       </c>
       <c r="L20" s="10">
-        <f>[9]Omni!JQ$23+[9]Omni!JQ$28+[9]Omni!JQ$33+[9]Omni!JQ$38</f>
+        <f>[10]Omni!JQ$23+[10]Omni!JQ$28+[10]Omni!JQ$33+[10]Omni!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M20" s="10">
-        <f>[9]Omni!JR$23+[9]Omni!JR$28+[9]Omni!JR$33+[9]Omni!JR$38</f>
+        <f>[10]Omni!JR$23+[10]Omni!JR$28+[10]Omni!JR$33+[10]Omni!JR$38</f>
         <v>0</v>
       </c>
       <c r="N20" s="10">
-        <f>[9]Omni!JS$23+[9]Omni!JS$28+[9]Omni!JS$33+[9]Omni!JS$38</f>
+        <f>[10]Omni!JS$23+[10]Omni!JS$28+[10]Omni!JS$33+[10]Omni!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" spans="2:14" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B22" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="11">
         <f t="shared" ref="C22" si="0">SUM(C11:C20)</f>
         <v>185382</v>
       </c>
@@ -8313,51 +8504,51 @@
         <f t="shared" si="1"/>
         <v>325469</v>
       </c>
       <c r="F22" s="11">
         <f t="shared" si="1"/>
         <v>219138</v>
       </c>
       <c r="G22" s="11">
         <f t="shared" si="1"/>
         <v>216033</v>
       </c>
       <c r="H22" s="11">
         <f t="shared" si="1"/>
         <v>294946</v>
       </c>
       <c r="I22" s="11">
         <f t="shared" si="1"/>
         <v>321718</v>
       </c>
       <c r="J22" s="11">
         <f t="shared" si="1"/>
         <v>273937</v>
       </c>
       <c r="K22" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>184842</v>
       </c>
       <c r="L22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B25" s="10"/>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B30" s="10"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.59" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="92" orientation="landscape" r:id="rId1"/>