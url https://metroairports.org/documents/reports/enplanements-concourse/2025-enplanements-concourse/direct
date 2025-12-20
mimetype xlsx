--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -1,105 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\data\Finance Stats\Monthly Operations report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{134B42C9-ACDD-4F1D-BD63-7B8125B637B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2260D942-E6EB-457A-802F-1732F1FAD207}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Concourse Report" sheetId="4" r:id="rId1"/>
     <sheet name="E Detail" sheetId="2" r:id="rId2"/>
     <sheet name="Terminal 2" sheetId="3" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
     <externalReference r:id="rId9"/>
     <externalReference r:id="rId10"/>
     <externalReference r:id="rId11"/>
     <externalReference r:id="rId12"/>
     <externalReference r:id="rId13"/>
+    <externalReference r:id="rId14"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J2" i="4" l="1"/>
+  <c r="K10" i="4" l="1"/>
+  <c r="K2" i="4"/>
+  <c r="K31" i="4" l="1"/>
+  <c r="K28" i="4"/>
+  <c r="K27" i="4"/>
+  <c r="K26" i="4"/>
+  <c r="J2" i="4"/>
   <c r="I2" i="4" l="1"/>
   <c r="I31" i="4" l="1"/>
   <c r="I28" i="4"/>
   <c r="I27" i="4"/>
   <c r="I26" i="4"/>
   <c r="H34" i="2"/>
   <c r="H11" i="2"/>
   <c r="G31" i="4" l="1"/>
   <c r="G27" i="4"/>
   <c r="G28" i="4"/>
   <c r="C11" i="2"/>
   <c r="D11" i="2"/>
   <c r="E11" i="2"/>
   <c r="F11" i="2"/>
   <c r="I11" i="2"/>
   <c r="J11" i="2"/>
   <c r="K11" i="2"/>
   <c r="L11" i="2"/>
   <c r="M11" i="2"/>
   <c r="N11" i="2"/>
   <c r="G11" i="2"/>
   <c r="E31" i="4" l="1"/>
   <c r="E28" i="4"/>
   <c r="E27" i="4"/>
   <c r="E26" i="4"/>
@@ -591,137 +599,128 @@
   <c r="F21" i="4" s="1"/>
   <c r="E17" i="4"/>
   <c r="E21" i="4" s="1"/>
   <c r="D17" i="4"/>
   <c r="D21" i="4" s="1"/>
   <c r="C17" i="4"/>
   <c r="C21" i="4" s="1"/>
   <c r="B17" i="4"/>
   <c r="N12" i="4"/>
   <c r="N11" i="4"/>
   <c r="N9" i="4"/>
   <c r="N8" i="4"/>
   <c r="N7" i="4"/>
   <c r="N5" i="4"/>
   <c r="N4" i="4"/>
   <c r="N3" i="4"/>
   <c r="N2" i="4"/>
   <c r="B21" i="4" l="1"/>
   <c r="N21" i="4" s="1"/>
   <c r="N17" i="4"/>
   <c r="B16" i="4"/>
   <c r="N10" i="4"/>
   <c r="D20" i="4" l="1"/>
   <c r="F20" i="4" l="1"/>
   <c r="E20" i="4"/>
-  <c r="E34" i="4" s="1"/>
   <c r="M20" i="4"/>
   <c r="H20" i="4"/>
   <c r="H16" i="4"/>
   <c r="K20" i="4"/>
   <c r="K16" i="4"/>
   <c r="D22" i="4"/>
   <c r="D16" i="4"/>
   <c r="I20" i="4"/>
-  <c r="I34" i="4" s="1"/>
   <c r="I16" i="4"/>
   <c r="L20" i="4"/>
   <c r="L16" i="4"/>
   <c r="G20" i="4"/>
   <c r="G16" i="4"/>
   <c r="C20" i="4"/>
   <c r="C16" i="4"/>
   <c r="J16" i="4"/>
   <c r="J20" i="4"/>
   <c r="B20" i="4"/>
   <c r="F16" i="4" l="1"/>
   <c r="E16" i="4"/>
   <c r="M22" i="4"/>
   <c r="N18" i="4"/>
   <c r="M16" i="4"/>
   <c r="N6" i="4"/>
   <c r="L22" i="4"/>
   <c r="K22" i="4"/>
   <c r="J22" i="4"/>
   <c r="I22" i="4"/>
   <c r="H22" i="4"/>
   <c r="G22" i="4"/>
   <c r="F22" i="4"/>
   <c r="E22" i="4"/>
   <c r="C22" i="4"/>
   <c r="N16" i="4" l="1"/>
   <c r="N20" i="4"/>
   <c r="N22" i="4" s="1"/>
   <c r="B22" i="4"/>
   <c r="B28" i="4" l="1"/>
   <c r="B26" i="4" l="1"/>
   <c r="B27" i="4"/>
   <c r="B29" i="4" l="1"/>
   <c r="B32" i="4" s="1"/>
-  <c r="B34" i="4" s="1"/>
   <c r="C28" i="4" l="1"/>
   <c r="C26" i="4" l="1"/>
   <c r="C27" i="4"/>
   <c r="C31" i="4"/>
   <c r="C29" i="4" l="1"/>
   <c r="C32" i="4" s="1"/>
-  <c r="C34" i="4" s="1"/>
   <c r="D28" i="4" l="1"/>
   <c r="D26" i="4" l="1"/>
   <c r="D27" i="4"/>
   <c r="D31" i="4"/>
   <c r="D29" i="4" l="1"/>
   <c r="D32" i="4" s="1"/>
-  <c r="D34" i="4" s="1"/>
   <c r="F28" i="4" l="1"/>
   <c r="F26" i="4" l="1"/>
   <c r="F27" i="4"/>
   <c r="F31" i="4"/>
   <c r="F29" i="4" l="1"/>
   <c r="F32" i="4" s="1"/>
-  <c r="F34" i="4" s="1"/>
   <c r="G26" i="4" l="1"/>
   <c r="G29" i="4" l="1"/>
   <c r="G32" i="4" s="1"/>
-  <c r="G34" i="4" s="1"/>
   <c r="H28" i="4" l="1"/>
   <c r="H26" i="4" l="1"/>
   <c r="H27" i="4"/>
   <c r="H31" i="4"/>
   <c r="H29" i="4" l="1"/>
   <c r="H32" i="4" s="1"/>
-  <c r="H34" i="4" s="1"/>
   <c r="J28" i="4" l="1"/>
   <c r="N28" i="4" s="1"/>
   <c r="J26" i="4" l="1"/>
   <c r="J27" i="4"/>
   <c r="N27" i="4" s="1"/>
   <c r="J31" i="4"/>
   <c r="N31" i="4" s="1"/>
   <c r="J29" i="4" l="1"/>
   <c r="J32" i="4" s="1"/>
-  <c r="J34" i="4" s="1"/>
   <c r="N26" i="4"/>
   <c r="N29" i="4" s="1"/>
   <c r="N32" i="4" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="82">
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
@@ -1431,58 +1430,62 @@
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="39"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink11.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20January%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20January%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20October%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20October%202025.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Airline%20Stats\carier%20data%20entry.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/data/Finance%20Stats/Airline%20Stats/carier%20data%20entry.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20February%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20February%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20March%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20March%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20April%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20April%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20May%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20May%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20June%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20June%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20July%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20July%202025.xlsx" TargetMode="External"/></Relationships>
@@ -1507,81 +1510,132 @@
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
       <sheetName val="Ops+Rev Pax Activity"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="5">
           <cell r="C5">
             <v>1033421</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>203110</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
-            <v>103</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>39718</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink10.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1244031</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>254783</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>47920</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink11.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Master Template"/>
       <sheetName val="NWA"/>
       <sheetName val="Air Choice One"/>
       <sheetName val="AirTran"/>
       <sheetName val="AirCanada"/>
       <sheetName val="Air France"/>
       <sheetName val="Allegiant "/>
       <sheetName val="Aer Lingus"/>
       <sheetName val="Alaska"/>
       <sheetName val="America West"/>
       <sheetName val="American"/>
       <sheetName val="Continental"/>
       <sheetName val="Boutique Air"/>
       <sheetName val="Condor"/>
       <sheetName val="Delta"/>
       <sheetName val="Denver Air"/>
       <sheetName val="Frontier"/>
       <sheetName val="Icelandair"/>
       <sheetName val="Jet Blue"/>
@@ -1638,71 +1692,57 @@
       <sheetName val="Sun Country Cargo"/>
       <sheetName val="Airborne"/>
       <sheetName val="DHL"/>
       <sheetName val="DHL_Atlas"/>
       <sheetName val="DHL_Amerijet"/>
       <sheetName val="DHL_Bemidji"/>
       <sheetName val="DHL_Encore"/>
       <sheetName val="DHL_Kalitta"/>
       <sheetName val="DHL_Mesa"/>
       <sheetName val="DHL_Southair"/>
       <sheetName val="DHL_Swift"/>
       <sheetName val="Encore"/>
       <sheetName val="Suburban Air Freight"/>
       <sheetName val="FedEx"/>
       <sheetName val="Mountain Cargo"/>
       <sheetName val="IFL"/>
       <sheetName val="UPS"/>
       <sheetName val="UPSSCS"/>
       <sheetName val="AM Intl_kittyhawk"/>
       <sheetName val="ATI_BAX"/>
       <sheetName val="Bemidji"/>
       <sheetName val="CSA Air"/>
       <sheetName val="Misc Cargo"/>
       <sheetName val="Military "/>
       <sheetName val="General Avation"/>
-      <sheetName val="Air Canada"/>
-[...9 lines deleted...]
-      <sheetName val="Aer Lingus "/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -1726,59 +1766,52 @@
             <v>94</v>
           </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38">
             <v>84</v>
           </cell>
           <cell r="JM38">
             <v>100</v>
           </cell>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="5">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>3730</v>
           </cell>
           <cell r="JI23">
             <v>4758</v>
           </cell>
           <cell r="JJ23">
             <v>7488</v>
           </cell>
           <cell r="JK23">
             <v>2007</v>
           </cell>
           <cell r="JL23">
             <v>1194</v>
           </cell>
           <cell r="JM23">
             <v>2752</v>
           </cell>
           <cell r="JN23">
             <v>2623</v>
           </cell>
           <cell r="JO23">
             <v>1133</v>
           </cell>
@@ -1809,255 +1842,251 @@
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="7">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33">
             <v>2209</v>
           </cell>
           <cell r="JL33">
             <v>3561</v>
           </cell>
           <cell r="JM33">
             <v>3357</v>
           </cell>
           <cell r="JN33">
             <v>3152</v>
           </cell>
           <cell r="JO33">
             <v>4302</v>
           </cell>
           <cell r="JP33">
             <v>3377</v>
           </cell>
-          <cell r="JQ33"/>
+          <cell r="JQ33">
+            <v>2473</v>
+          </cell>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38">
             <v>17</v>
           </cell>
           <cell r="JL38">
             <v>13</v>
           </cell>
           <cell r="JM38">
             <v>22</v>
           </cell>
           <cell r="JN38">
             <v>14</v>
           </cell>
           <cell r="JO38">
             <v>20</v>
           </cell>
           <cell r="JP38">
             <v>20</v>
           </cell>
-          <cell r="JQ38"/>
+          <cell r="JQ38">
+            <v>15</v>
+          </cell>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="8">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>9324</v>
           </cell>
           <cell r="JI23">
             <v>7494</v>
           </cell>
           <cell r="JJ23">
             <v>9834</v>
           </cell>
           <cell r="JK23">
             <v>9324</v>
           </cell>
           <cell r="JL23">
             <v>13286</v>
           </cell>
           <cell r="JM23">
             <v>19191</v>
           </cell>
           <cell r="JN23">
             <v>24832</v>
           </cell>
           <cell r="JO23">
             <v>23561</v>
           </cell>
           <cell r="JP23">
             <v>16905</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>14651</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>397</v>
           </cell>
           <cell r="JI28">
             <v>361</v>
           </cell>
           <cell r="JJ28">
             <v>484</v>
           </cell>
           <cell r="JK28">
             <v>397</v>
           </cell>
           <cell r="JL28">
             <v>631</v>
           </cell>
           <cell r="JM28">
             <v>763</v>
           </cell>
           <cell r="JN28">
             <v>764</v>
           </cell>
           <cell r="JO28">
             <v>812</v>
           </cell>
           <cell r="JP28">
             <v>577</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>472</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>47360</v>
           </cell>
           <cell r="JI23">
             <v>43797</v>
           </cell>
           <cell r="JJ23">
             <v>58356</v>
           </cell>
           <cell r="JK23">
             <v>43688</v>
           </cell>
           <cell r="JL23">
             <v>50923</v>
           </cell>
           <cell r="JM23">
             <v>55861</v>
           </cell>
           <cell r="JN23">
             <v>61548</v>
           </cell>
           <cell r="JO23">
             <v>55767</v>
           </cell>
           <cell r="JP23">
             <v>53802</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>53418</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1862</v>
           </cell>
           <cell r="JI28">
             <v>1626</v>
           </cell>
           <cell r="JJ28">
             <v>1844</v>
           </cell>
           <cell r="JK28">
             <v>2042</v>
           </cell>
           <cell r="JL28">
             <v>2053</v>
           </cell>
           <cell r="JM28">
             <v>2190</v>
           </cell>
           <cell r="JN28">
             <v>1952</v>
           </cell>
           <cell r="JO28">
             <v>1920</v>
           </cell>
           <cell r="JP28">
             <v>1835</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>1893</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13">
-        <row r="5">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2071,231 +2100,220 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="14">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="14"/>
       <sheetData sheetId="15">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>894</v>
           </cell>
           <cell r="JI23">
             <v>788</v>
           </cell>
           <cell r="JJ23">
             <v>844</v>
           </cell>
           <cell r="JK23">
             <v>563</v>
           </cell>
           <cell r="JL23">
             <v>801</v>
           </cell>
           <cell r="JM23">
             <v>893</v>
           </cell>
           <cell r="JN23">
             <v>672</v>
           </cell>
           <cell r="JO23">
             <v>847</v>
           </cell>
           <cell r="JP23">
             <v>771</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>884</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>20</v>
           </cell>
           <cell r="JI28">
             <v>39</v>
           </cell>
           <cell r="JJ28">
             <v>44</v>
           </cell>
           <cell r="JK28">
             <v>28</v>
           </cell>
           <cell r="JL28">
             <v>52</v>
           </cell>
           <cell r="JM28">
             <v>52</v>
           </cell>
           <cell r="JN28">
             <v>64</v>
           </cell>
           <cell r="JO28">
             <v>55</v>
           </cell>
           <cell r="JP28">
             <v>35</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>34</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="16">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>14618</v>
           </cell>
           <cell r="JI23">
             <v>17106</v>
           </cell>
           <cell r="JJ23">
             <v>17618</v>
           </cell>
           <cell r="JK23">
             <v>11248</v>
           </cell>
           <cell r="JL23">
             <v>9757</v>
           </cell>
           <cell r="JM23">
             <v>11472</v>
           </cell>
           <cell r="JN23">
             <v>13475</v>
           </cell>
           <cell r="JO23">
             <v>13267</v>
           </cell>
           <cell r="JP23">
             <v>13350</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>15924</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>101</v>
           </cell>
           <cell r="JI28">
             <v>150</v>
           </cell>
           <cell r="JJ28">
             <v>100</v>
           </cell>
           <cell r="JK28">
             <v>71</v>
           </cell>
           <cell r="JL28">
             <v>53</v>
           </cell>
           <cell r="JM28">
             <v>100</v>
           </cell>
           <cell r="JN28">
             <v>87</v>
           </cell>
           <cell r="JO28">
             <v>87</v>
           </cell>
           <cell r="JP28">
             <v>85</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>129</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="17">
-        <row r="8">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2308,91 +2326,92 @@
           </cell>
           <cell r="JI33">
             <v>149</v>
           </cell>
           <cell r="JJ33">
             <v>2959</v>
           </cell>
           <cell r="JK33">
             <v>2540</v>
           </cell>
           <cell r="JL33">
             <v>4494</v>
           </cell>
           <cell r="JM33">
             <v>4736</v>
           </cell>
           <cell r="JN33">
             <v>4666</v>
           </cell>
           <cell r="JO33">
             <v>5042</v>
           </cell>
           <cell r="JP33">
             <v>4607</v>
           </cell>
-          <cell r="JQ33"/>
+          <cell r="JQ33">
+            <v>3304</v>
+          </cell>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>8</v>
           </cell>
           <cell r="JI38">
             <v>2</v>
           </cell>
           <cell r="JJ38">
             <v>19</v>
           </cell>
           <cell r="JK38">
             <v>49</v>
           </cell>
           <cell r="JL38">
             <v>22</v>
           </cell>
           <cell r="JM38">
             <v>28</v>
           </cell>
           <cell r="JN38">
             <v>30</v>
           </cell>
           <cell r="JO38">
             <v>22</v>
           </cell>
           <cell r="JP38">
             <v>35</v>
           </cell>
-          <cell r="JQ38"/>
+          <cell r="JQ38">
+            <v>29</v>
+          </cell>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="18">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2406,725 +2425,700 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="19">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="19"/>
       <sheetData sheetId="20"/>
       <sheetData sheetId="21"/>
-      <sheetData sheetId="22">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="22"/>
       <sheetData sheetId="23">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>45755</v>
           </cell>
           <cell r="JI23">
             <v>45011</v>
           </cell>
           <cell r="JJ23">
             <v>66241</v>
           </cell>
           <cell r="JK23">
             <v>51658</v>
           </cell>
           <cell r="JL23">
             <v>58704</v>
           </cell>
           <cell r="JM23">
             <v>70732</v>
           </cell>
           <cell r="JN23">
             <v>76916</v>
           </cell>
           <cell r="JO23">
             <v>79154</v>
           </cell>
           <cell r="JP23">
             <v>74028</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>75505</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1815</v>
           </cell>
           <cell r="JI28">
             <v>1511</v>
           </cell>
           <cell r="JJ28">
             <v>1690</v>
           </cell>
           <cell r="JK28">
             <v>1723</v>
           </cell>
           <cell r="JL28">
             <v>1685</v>
           </cell>
           <cell r="JM28">
             <v>2060</v>
           </cell>
           <cell r="JN28">
             <v>2198</v>
           </cell>
           <cell r="JO28">
             <v>1617</v>
           </cell>
           <cell r="JP28">
             <v>1574</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>1654</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="24">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>10201</v>
           </cell>
           <cell r="JI23">
             <v>6844</v>
           </cell>
           <cell r="JJ23">
             <v>22975</v>
           </cell>
           <cell r="JK23">
             <v>7949</v>
           </cell>
           <cell r="JL23">
             <v>6068</v>
           </cell>
           <cell r="JM23">
             <v>5875</v>
           </cell>
           <cell r="JN23">
             <v>7034</v>
           </cell>
           <cell r="JO23">
             <v>8921</v>
           </cell>
           <cell r="JP23">
             <v>4061</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>4421</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>97</v>
           </cell>
           <cell r="JI28">
             <v>62</v>
           </cell>
           <cell r="JJ28">
             <v>149</v>
           </cell>
           <cell r="JK28">
             <v>106</v>
           </cell>
           <cell r="JL28">
             <v>64</v>
           </cell>
           <cell r="JM28">
             <v>58</v>
           </cell>
           <cell r="JN28">
             <v>67</v>
           </cell>
           <cell r="JO28">
             <v>94</v>
           </cell>
           <cell r="JP28">
             <v>44</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>43</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="25">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>116660</v>
           </cell>
           <cell r="JI23">
             <v>127174</v>
           </cell>
           <cell r="JJ23">
             <v>167909</v>
           </cell>
           <cell r="JK23">
             <v>138570</v>
           </cell>
           <cell r="JL23">
             <v>134596</v>
           </cell>
           <cell r="JM23">
             <v>195367</v>
           </cell>
           <cell r="JN23">
             <v>213965</v>
           </cell>
           <cell r="JO23">
             <v>166583</v>
           </cell>
           <cell r="JP23">
             <v>87980</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>149593</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2285</v>
           </cell>
           <cell r="JI28">
             <v>2069</v>
           </cell>
           <cell r="JJ28">
             <v>3111</v>
           </cell>
           <cell r="JK28">
             <v>2754</v>
           </cell>
           <cell r="JL28">
             <v>2942</v>
           </cell>
           <cell r="JM28">
             <v>3511</v>
           </cell>
           <cell r="JN28">
             <v>3966</v>
           </cell>
           <cell r="JO28">
             <v>3562</v>
           </cell>
           <cell r="JP28">
             <v>2148</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>2971</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>8</v>
           </cell>
           <cell r="JI33">
             <v>38541</v>
           </cell>
           <cell r="JJ33">
             <v>57589</v>
           </cell>
           <cell r="JK33">
             <v>8199</v>
           </cell>
           <cell r="JL33">
             <v>2469</v>
           </cell>
           <cell r="JM33">
             <v>3978</v>
           </cell>
           <cell r="JN33">
             <v>3739</v>
           </cell>
           <cell r="JO33">
             <v>3240</v>
           </cell>
           <cell r="JP33">
             <v>989</v>
           </cell>
-          <cell r="JQ33"/>
+          <cell r="JQ33">
+            <v>3086</v>
+          </cell>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>722</v>
           </cell>
           <cell r="JJ38">
             <v>745</v>
           </cell>
           <cell r="JK38">
             <v>319</v>
           </cell>
           <cell r="JL38">
             <v>117</v>
           </cell>
           <cell r="JM38">
             <v>77</v>
           </cell>
           <cell r="JN38">
             <v>53</v>
           </cell>
           <cell r="JO38">
             <v>39</v>
           </cell>
           <cell r="JP38">
             <v>46</v>
           </cell>
-          <cell r="JQ38"/>
+          <cell r="JQ38">
+            <v>49</v>
+          </cell>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>42502</v>
           </cell>
           <cell r="JI23">
             <v>39077</v>
           </cell>
           <cell r="JJ23">
             <v>45009</v>
           </cell>
           <cell r="JK23">
             <v>39886</v>
           </cell>
           <cell r="JL23">
             <v>50964</v>
           </cell>
           <cell r="JM23">
             <v>54626</v>
           </cell>
           <cell r="JN23">
             <v>58754</v>
           </cell>
           <cell r="JO23">
             <v>63347</v>
           </cell>
           <cell r="JP23">
             <v>65676</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>62547</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2217</v>
           </cell>
           <cell r="JI28">
             <v>1915</v>
           </cell>
           <cell r="JJ28">
             <v>1746</v>
           </cell>
           <cell r="JK28">
             <v>2307</v>
           </cell>
           <cell r="JL28">
             <v>2323</v>
           </cell>
           <cell r="JM28">
             <v>2487</v>
           </cell>
           <cell r="JN28">
             <v>2599</v>
           </cell>
           <cell r="JO28">
             <v>2573</v>
           </cell>
           <cell r="JP28">
             <v>2246</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>2462</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="29">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JM28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>4786</v>
           </cell>
           <cell r="JI33">
             <v>5164</v>
           </cell>
           <cell r="JJ33">
             <v>5164</v>
           </cell>
           <cell r="JK33">
             <v>5778</v>
           </cell>
           <cell r="JL33">
             <v>9167</v>
           </cell>
           <cell r="JM33">
             <v>10748</v>
           </cell>
           <cell r="JN33">
             <v>10238</v>
           </cell>
           <cell r="JO33">
             <v>10991</v>
           </cell>
           <cell r="JP33">
             <v>7787</v>
           </cell>
-          <cell r="JQ33"/>
+          <cell r="JQ33">
+            <v>7698</v>
+          </cell>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JM38">
             <v>1</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>4152</v>
           </cell>
           <cell r="JI23">
             <v>4471</v>
           </cell>
           <cell r="JJ23">
             <v>1068</v>
           </cell>
           <cell r="JK23">
             <v>2803</v>
           </cell>
           <cell r="JL23">
             <v>7296</v>
           </cell>
           <cell r="JM23">
             <v>5698</v>
           </cell>
           <cell r="JN23">
             <v>5546</v>
           </cell>
           <cell r="JO23">
             <v>5348</v>
           </cell>
           <cell r="JP23">
             <v>1663</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>6508</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>167</v>
           </cell>
           <cell r="JI28">
             <v>197</v>
           </cell>
           <cell r="JJ28">
             <v>53</v>
           </cell>
           <cell r="JK28">
             <v>137</v>
           </cell>
           <cell r="JL28">
             <v>284</v>
           </cell>
           <cell r="JM28">
             <v>262</v>
           </cell>
           <cell r="JN28">
             <v>258</v>
           </cell>
           <cell r="JO28">
             <v>244</v>
           </cell>
           <cell r="JP28">
             <v>86</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>256</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="32">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="33"/>
       <sheetData sheetId="34"/>
       <sheetData sheetId="35"/>
       <sheetData sheetId="36"/>
       <sheetData sheetId="37"/>
       <sheetData sheetId="38"/>
       <sheetData sheetId="39"/>
-      <sheetData sheetId="40">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="40"/>
       <sheetData sheetId="41"/>
-      <sheetData sheetId="42">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="42"/>
       <sheetData sheetId="43">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="44">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>2246</v>
           </cell>
           <cell r="JI23">
             <v>2119</v>
           </cell>
           <cell r="JJ23">
             <v>1809</v>
           </cell>
           <cell r="JK23">
             <v>2623</v>
           </cell>
           <cell r="JL23">
             <v>4329</v>
           </cell>
           <cell r="JM23">
             <v>3380</v>
           </cell>
           <cell r="JN23">
             <v>3389</v>
           </cell>
           <cell r="JO23">
             <v>3847</v>
           </cell>
           <cell r="JP23">
             <v>2748</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>2726</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>99</v>
           </cell>
           <cell r="JI28">
             <v>115</v>
           </cell>
           <cell r="JJ28">
             <v>109</v>
           </cell>
           <cell r="JK28">
             <v>135</v>
           </cell>
           <cell r="JL28">
             <v>211</v>
           </cell>
           <cell r="JM28">
             <v>169</v>
           </cell>
           <cell r="JN28">
             <v>110</v>
           </cell>
           <cell r="JO28">
             <v>163</v>
           </cell>
           <cell r="JP28">
             <v>172</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>178</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="45">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -3137,482 +3131,458 @@
           </cell>
           <cell r="JI33">
             <v>2689</v>
           </cell>
           <cell r="JJ33">
             <v>4495</v>
           </cell>
           <cell r="JK33">
             <v>3082</v>
           </cell>
           <cell r="JL33">
             <v>1988</v>
           </cell>
           <cell r="JM33">
             <v>2107</v>
           </cell>
           <cell r="JN33">
             <v>5222</v>
           </cell>
           <cell r="JO33">
             <v>5661</v>
           </cell>
           <cell r="JP33">
             <v>6067</v>
           </cell>
-          <cell r="JQ33"/>
+          <cell r="JQ33">
+            <v>4755</v>
+          </cell>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>86</v>
           </cell>
           <cell r="JI38">
             <v>57</v>
           </cell>
           <cell r="JJ38">
             <v>104</v>
           </cell>
           <cell r="JK38">
             <v>71</v>
           </cell>
           <cell r="JL38">
             <v>44</v>
           </cell>
           <cell r="JM38">
             <v>47</v>
           </cell>
           <cell r="JN38">
             <v>131</v>
           </cell>
           <cell r="JO38">
             <v>124</v>
           </cell>
           <cell r="JP38">
             <v>97</v>
           </cell>
-          <cell r="JQ38"/>
+          <cell r="JQ38">
+            <v>99</v>
+          </cell>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="46">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>2443</v>
           </cell>
           <cell r="JI23">
             <v>3703</v>
           </cell>
           <cell r="JJ23">
             <v>6308</v>
           </cell>
           <cell r="JK23">
             <v>4814</v>
           </cell>
           <cell r="JL23">
             <v>4534</v>
           </cell>
           <cell r="JM23">
             <v>2678</v>
           </cell>
           <cell r="JN23">
             <v>6437</v>
           </cell>
           <cell r="JO23">
             <v>6202</v>
           </cell>
           <cell r="JP23">
             <v>5528</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>5111</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>82</v>
           </cell>
           <cell r="JI28">
             <v>146</v>
           </cell>
           <cell r="JJ28">
             <v>154</v>
           </cell>
           <cell r="JK28">
             <v>205</v>
           </cell>
           <cell r="JL28">
             <v>168</v>
           </cell>
           <cell r="JM28">
             <v>77</v>
           </cell>
           <cell r="JN28">
             <v>141</v>
           </cell>
           <cell r="JO28">
             <v>155</v>
           </cell>
           <cell r="JP28">
             <v>159</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>172</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="47"/>
       <sheetData sheetId="48"/>
-      <sheetData sheetId="49">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="49"/>
       <sheetData sheetId="50">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>4419</v>
           </cell>
           <cell r="JI23">
             <v>4335</v>
           </cell>
           <cell r="JJ23">
             <v>7120</v>
           </cell>
           <cell r="JK23">
             <v>4890</v>
           </cell>
           <cell r="JL23">
             <v>3622</v>
           </cell>
           <cell r="JM23">
             <v>2215</v>
           </cell>
           <cell r="JN23">
             <v>2016</v>
           </cell>
           <cell r="JO23">
             <v>2061</v>
           </cell>
           <cell r="JP23">
             <v>4048</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>2845</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>152</v>
           </cell>
           <cell r="JI28">
             <v>144</v>
           </cell>
           <cell r="JJ28">
             <v>182</v>
           </cell>
           <cell r="JK28">
             <v>190</v>
           </cell>
           <cell r="JL28">
             <v>83</v>
           </cell>
           <cell r="JM28">
             <v>37</v>
           </cell>
           <cell r="JN28">
             <v>39</v>
           </cell>
           <cell r="JO28">
             <v>50</v>
           </cell>
           <cell r="JP28">
             <v>164</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>58</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="51">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>3952</v>
           </cell>
           <cell r="JI23">
             <v>3254</v>
           </cell>
           <cell r="JJ23">
             <v>8114</v>
           </cell>
           <cell r="JK23">
             <v>5674</v>
           </cell>
           <cell r="JL23">
             <v>4665</v>
           </cell>
           <cell r="JM23">
             <v>7090</v>
           </cell>
           <cell r="JN23">
             <v>7313</v>
           </cell>
           <cell r="JO23">
             <v>8473</v>
           </cell>
           <cell r="JP23">
             <v>3040</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>8158</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>201</v>
           </cell>
           <cell r="JI28">
             <v>138</v>
           </cell>
           <cell r="JJ28">
             <v>296</v>
           </cell>
           <cell r="JK28">
             <v>235</v>
           </cell>
           <cell r="JL28">
             <v>133</v>
           </cell>
           <cell r="JM28">
             <v>245</v>
           </cell>
           <cell r="JN28">
             <v>237</v>
           </cell>
           <cell r="JO28">
             <v>238</v>
           </cell>
           <cell r="JP28">
             <v>102</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>225</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="52">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>5361</v>
           </cell>
           <cell r="JI23">
             <v>5209</v>
           </cell>
           <cell r="JJ23">
             <v>7896</v>
           </cell>
           <cell r="JK23">
             <v>3497</v>
           </cell>
           <cell r="JL23">
             <v>1451</v>
           </cell>
           <cell r="JM23">
             <v>3710</v>
           </cell>
           <cell r="JN23">
             <v>71</v>
           </cell>
           <cell r="JO23">
             <v>300</v>
           </cell>
           <cell r="JP23">
             <v>73</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>750</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>238</v>
           </cell>
           <cell r="JI28">
             <v>214</v>
           </cell>
           <cell r="JJ28">
             <v>216</v>
           </cell>
           <cell r="JK28">
             <v>171</v>
           </cell>
           <cell r="JL28">
             <v>51</v>
           </cell>
           <cell r="JM28">
             <v>141</v>
           </cell>
           <cell r="JN28">
             <v>5</v>
           </cell>
           <cell r="JO28">
             <v>2</v>
           </cell>
           <cell r="JP28"/>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>22</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="53"/>
-      <sheetData sheetId="54">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="54"/>
       <sheetData sheetId="55"/>
       <sheetData sheetId="56">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23">
             <v>62</v>
           </cell>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>56</v>
           </cell>
           <cell r="JP23">
             <v>2095</v>
           </cell>
-          <cell r="JQ23"/>
+          <cell r="JQ23">
+            <v>508</v>
+          </cell>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28">
             <v>2</v>
           </cell>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28">
             <v>2</v>
           </cell>
           <cell r="JP28">
             <v>69</v>
           </cell>
-          <cell r="JQ28"/>
+          <cell r="JQ28">
+            <v>33</v>
+          </cell>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="57">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
-      <sheetData sheetId="58">
-[...8 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="58"/>
+      <sheetData sheetId="59"/>
       <sheetData sheetId="60"/>
       <sheetData sheetId="61"/>
       <sheetData sheetId="62"/>
       <sheetData sheetId="63"/>
       <sheetData sheetId="64">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="IT23"/>
           <cell r="IU23"/>
           <cell r="IV23"/>
           <cell r="IW23"/>
           <cell r="IX23"/>
           <cell r="IY23"/>
           <cell r="IZ23"/>
           <cell r="JA23"/>
           <cell r="JB23"/>
           <cell r="JC23"/>
           <cell r="JD23"/>
           <cell r="JE23"/>
         </row>
         <row r="28">
           <cell r="IT28"/>
           <cell r="IU28"/>
           <cell r="IV28"/>
           <cell r="IW28"/>
           <cell r="IX28"/>
           <cell r="IY28"/>
           <cell r="IZ28"/>
           <cell r="JA28"/>
           <cell r="JB28"/>
           <cell r="JC28"/>
@@ -3626,59 +3596,52 @@
           <cell r="IW33"/>
           <cell r="IX33"/>
           <cell r="IY33"/>
           <cell r="IZ33"/>
           <cell r="JA33"/>
           <cell r="JB33"/>
           <cell r="JC33"/>
           <cell r="JD33"/>
           <cell r="JE33"/>
         </row>
         <row r="38">
           <cell r="IT38"/>
           <cell r="IU38"/>
           <cell r="IV38"/>
           <cell r="IW38"/>
           <cell r="IX38"/>
           <cell r="IY38"/>
           <cell r="IZ38"/>
           <cell r="JA38"/>
           <cell r="JB38"/>
           <cell r="JC38"/>
           <cell r="JD38"/>
           <cell r="JE38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="65">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="65"/>
       <sheetData sheetId="66">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>191</v>
           </cell>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
@@ -3697,53 +3660,50 @@
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>112</v>
           </cell>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="67">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23">
             <v>133</v>
           </cell>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
@@ -3759,312 +3719,185 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="68">
-[...62 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="68"/>
+      <sheetData sheetId="69"/>
+      <sheetData sheetId="70"/>
+      <sheetData sheetId="71"/>
+      <sheetData sheetId="72"/>
+      <sheetData sheetId="73"/>
+      <sheetData sheetId="74"/>
+      <sheetData sheetId="75"/>
+      <sheetData sheetId="76"/>
+      <sheetData sheetId="77"/>
       <sheetData sheetId="78"/>
-      <sheetData sheetId="79">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="79"/>
       <sheetData sheetId="80"/>
       <sheetData sheetId="81"/>
-      <sheetData sheetId="82">
-[...26 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="82"/>
+      <sheetData sheetId="83"/>
+      <sheetData sheetId="84"/>
+      <sheetData sheetId="85"/>
       <sheetData sheetId="86"/>
       <sheetData sheetId="87"/>
       <sheetData sheetId="88"/>
-      <sheetData sheetId="89">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="89"/>
       <sheetData sheetId="90"/>
-      <sheetData sheetId="91">
-[...28 lines deleted...]
-      <sheetData sheetId="104" refreshError="1"/>
+      <sheetData sheetId="91"/>
+      <sheetData sheetId="92"/>
+      <sheetData sheetId="93"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
       <sheetName val="Ops+Rev Pax Activity"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="5">
           <cell r="C5">
             <v>1028546</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>187393</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
-            <v>276</v>
+            <v>112</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>38500</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
       <sheetName val="Ops+Rev Pax Activity"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="5">
           <cell r="C5">
             <v>1369060</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>224223</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
-            <v>431</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>46527</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink4.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4077,57 +3910,51 @@
         <row r="5">
           <cell r="C5">
             <v>1122946</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>214701</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>45651</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink5.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4140,57 +3967,51 @@
         <row r="5">
           <cell r="C5">
             <v>1248467</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>214043</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>47062</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink6.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4203,57 +4024,51 @@
         <row r="5">
           <cell r="C5">
             <v>1435178</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>230778</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>133</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>49435</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink7.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4266,57 +4081,51 @@
         <row r="5">
           <cell r="C5">
             <v>1524366</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>250705</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>51753</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink8.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4329,65 +4138,53 @@
         <row r="5">
           <cell r="C5">
             <v>1410421</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>252495</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>191</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>48651</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
-      <sheetData sheetId="7">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink9.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
@@ -4687,51 +4484,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C56E8DF-DCC2-4E85-8441-21C2D1854515}">
   <dimension ref="A1:T49"/>
   <sheetViews>
     <sheetView tabSelected="1" showWhiteSpace="0" zoomScale="130" zoomScaleNormal="130" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="J2" sqref="J2"/>
+      <selection activeCell="C30" sqref="C30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="46" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -4787,56 +4584,59 @@
         <v>290622</v>
       </c>
       <c r="D2" s="51">
         <v>383151</v>
       </c>
       <c r="E2" s="28">
         <v>301947</v>
       </c>
       <c r="F2" s="28">
         <v>267636</v>
       </c>
       <c r="G2" s="51">
         <v>281936</v>
       </c>
       <c r="H2" s="28">
         <v>295514</v>
       </c>
       <c r="I2" s="28">
         <f>264315+6863+3427+4010+50</f>
         <v>278665</v>
       </c>
       <c r="J2" s="28">
         <f>232860+4539+2758+3126+41</f>
         <v>243324</v>
       </c>
-      <c r="K2" s="51"/>
+      <c r="K2" s="51">
+        <f>255222+1891+1485+36</f>
+        <v>258634</v>
+      </c>
       <c r="L2" s="51"/>
       <c r="M2" s="51"/>
       <c r="N2" s="20">
         <f>SUM(B2:M2)</f>
-        <v>2635549</v>
+        <v>2894183</v>
       </c>
       <c r="O2" s="29"/>
       <c r="P2" s="21"/>
       <c r="Q2" s="64"/>
       <c r="R2" s="21"/>
       <c r="S2" s="21"/>
       <c r="T2" s="21"/>
     </row>
     <row r="3" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2024</v>
       </c>
       <c r="B3" s="39">
         <v>309472</v>
       </c>
       <c r="C3" s="39">
         <v>307890</v>
       </c>
       <c r="D3" s="39">
         <v>374005</v>
       </c>
       <c r="E3" s="39">
         <v>328538</v>
       </c>
       <c r="F3" s="39">
@@ -4883,56 +4683,58 @@
       </c>
       <c r="C4" s="29">
         <v>237738</v>
       </c>
       <c r="D4" s="29">
         <v>290285</v>
       </c>
       <c r="E4" s="29">
         <v>273866</v>
       </c>
       <c r="F4" s="29">
         <v>320934</v>
       </c>
       <c r="G4" s="29">
         <v>347595</v>
       </c>
       <c r="H4" s="29">
         <v>372618</v>
       </c>
       <c r="I4" s="29">
         <v>347060</v>
       </c>
       <c r="J4" s="29">
         <v>301205</v>
       </c>
-      <c r="K4" s="29"/>
+      <c r="K4" s="29">
+        <v>303237</v>
+      </c>
       <c r="L4" s="29"/>
       <c r="M4" s="29"/>
       <c r="N4" s="20">
         <f t="shared" ref="N4:N12" si="0">SUM(B4:M4)</f>
-        <v>2742386</v>
+        <v>3045623</v>
       </c>
       <c r="Q4" s="21"/>
       <c r="S4" s="3"/>
     </row>
     <row r="5" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2024</v>
       </c>
       <c r="B5" s="39">
         <v>263894</v>
       </c>
       <c r="C5" s="39">
         <v>260126</v>
       </c>
       <c r="D5" s="39">
         <v>320992</v>
       </c>
       <c r="E5" s="39">
         <v>297451</v>
       </c>
       <c r="F5" s="39">
         <v>350645</v>
       </c>
       <c r="G5" s="39">
         <v>356312</v>
@@ -4984,63 +4786,63 @@
         <f>+'E Detail'!F36</f>
         <v>142821</v>
       </c>
       <c r="F6" s="4">
         <f>+'E Detail'!G36</f>
         <v>173720</v>
       </c>
       <c r="G6" s="4">
         <f>+'E Detail'!H36</f>
         <v>189856</v>
       </c>
       <c r="H6" s="4">
         <f>+'E Detail'!I36</f>
         <v>202605</v>
       </c>
       <c r="I6" s="4">
         <f>+'E Detail'!J36</f>
         <v>206136</v>
       </c>
       <c r="J6" s="4">
         <f>+'E Detail'!K36</f>
         <v>183341</v>
       </c>
       <c r="K6" s="4">
         <f>+'E Detail'!L36</f>
-        <v>0</v>
+        <v>183415</v>
       </c>
       <c r="L6" s="4">
         <f>+'E Detail'!M36</f>
         <v>0</v>
       </c>
       <c r="M6" s="4">
         <f>+'E Detail'!N36</f>
         <v>0</v>
       </c>
       <c r="N6" s="20">
         <f t="shared" si="0"/>
-        <v>1563739</v>
+        <v>1747154</v>
       </c>
       <c r="P6" s="49"/>
       <c r="Q6" s="21"/>
     </row>
     <row r="7" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2024</v>
       </c>
       <c r="B7" s="17">
         <v>142258</v>
       </c>
       <c r="C7" s="17">
         <v>143544</v>
       </c>
       <c r="D7" s="17">
         <v>168786</v>
       </c>
       <c r="E7" s="17">
         <v>154946</v>
       </c>
       <c r="F7" s="17">
         <v>182172</v>
       </c>
       <c r="G7" s="17">
         <v>198918</v>
@@ -5081,56 +4883,58 @@
       </c>
       <c r="C8" s="29">
         <v>65126</v>
       </c>
       <c r="D8" s="29">
         <v>80932</v>
       </c>
       <c r="E8" s="29">
         <v>77372</v>
       </c>
       <c r="F8" s="29">
         <v>80351</v>
       </c>
       <c r="G8" s="29">
         <v>100092</v>
       </c>
       <c r="H8" s="29">
         <v>111014</v>
       </c>
       <c r="I8" s="29">
         <v>101154</v>
       </c>
       <c r="J8" s="29">
         <v>80167</v>
       </c>
-      <c r="K8" s="29"/>
+      <c r="K8" s="29">
+        <v>87304</v>
+      </c>
       <c r="L8" s="29"/>
       <c r="M8" s="29"/>
       <c r="N8" s="20">
         <f t="shared" si="0"/>
-        <v>771021</v>
+        <v>858325</v>
       </c>
       <c r="S8" s="3"/>
     </row>
     <row r="9" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2024</v>
       </c>
       <c r="B9" s="39">
         <v>70710</v>
       </c>
       <c r="C9" s="39">
         <v>70142</v>
       </c>
       <c r="D9" s="39">
         <v>90641</v>
       </c>
       <c r="E9" s="39">
         <v>88892</v>
       </c>
       <c r="F9" s="39">
         <v>111171</v>
       </c>
       <c r="G9" s="39">
         <v>110944</v>
       </c>
@@ -5142,82 +4946,85 @@
       </c>
       <c r="J9" s="39">
         <v>96962</v>
       </c>
       <c r="K9" s="39">
         <v>94284</v>
       </c>
       <c r="L9" s="39">
         <v>78909</v>
       </c>
       <c r="M9" s="39">
         <v>86844</v>
       </c>
       <c r="N9" s="6">
         <f t="shared" si="0"/>
         <v>1120314</v>
       </c>
       <c r="O9" s="29"/>
       <c r="P9" s="29"/>
     </row>
     <row r="10" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="28">
-        <v>216032</v>
+        <v>215929</v>
       </c>
       <c r="C10" s="28">
-        <v>203106</v>
+        <v>202942</v>
       </c>
       <c r="D10" s="28">
-        <v>261044</v>
+        <v>260613</v>
       </c>
       <c r="E10" s="28">
         <v>265945</v>
       </c>
       <c r="F10" s="28">
         <v>338177</v>
       </c>
       <c r="G10" s="28">
         <v>368658</v>
       </c>
       <c r="H10" s="28">
         <v>394202</v>
       </c>
       <c r="I10" s="28">
         <v>371583</v>
       </c>
       <c r="J10" s="28">
         <v>321437</v>
       </c>
-      <c r="K10" s="28"/>
+      <c r="K10" s="28">
+        <f>322173+4</f>
+        <v>322177</v>
+      </c>
       <c r="L10" s="28"/>
       <c r="M10" s="28"/>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
-        <v>2740184</v>
+        <v>3061663</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>2024</v>
       </c>
       <c r="B11" s="39">
         <v>219931</v>
       </c>
       <c r="C11" s="39">
         <v>194562</v>
       </c>
       <c r="D11" s="39">
         <v>236077</v>
       </c>
       <c r="E11" s="39">
         <v>247037</v>
       </c>
       <c r="F11" s="39">
         <v>268345</v>
       </c>
       <c r="G11" s="39">
         <v>345420</v>
       </c>
       <c r="H11" s="39">
@@ -5254,56 +5061,58 @@
       </c>
       <c r="C12" s="62">
         <v>24666</v>
       </c>
       <c r="D12" s="29">
         <v>24147</v>
       </c>
       <c r="E12" s="29">
         <v>23062</v>
       </c>
       <c r="F12" s="29">
         <v>37440</v>
       </c>
       <c r="G12" s="29">
         <v>46246</v>
       </c>
       <c r="H12" s="29">
         <v>43757</v>
       </c>
       <c r="I12" s="29">
         <v>45047</v>
       </c>
       <c r="J12" s="29">
         <v>40213</v>
       </c>
-      <c r="K12" s="29"/>
+      <c r="K12" s="29">
+        <v>45612</v>
+      </c>
       <c r="L12" s="29"/>
       <c r="M12" s="29"/>
       <c r="N12" s="20">
         <f t="shared" si="0"/>
-        <v>325941</v>
+        <v>371553</v>
       </c>
       <c r="O12" s="29"/>
     </row>
     <row r="13" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>2024</v>
       </c>
       <c r="B13" s="39">
         <v>3665</v>
       </c>
       <c r="C13" s="39">
         <v>1277</v>
       </c>
       <c r="D13" s="39">
         <v>29570</v>
       </c>
       <c r="E13" s="39">
         <v>16764</v>
       </c>
       <c r="F13" s="39">
         <v>21740</v>
       </c>
       <c r="G13" s="39">
         <v>8415</v>
       </c>
@@ -5341,56 +5150,58 @@
       </c>
       <c r="C14" s="30">
         <v>62194</v>
       </c>
       <c r="D14" s="30">
         <v>90776</v>
       </c>
       <c r="E14" s="30">
         <v>79147</v>
       </c>
       <c r="F14" s="30">
         <v>75281</v>
       </c>
       <c r="G14" s="30">
         <v>86195</v>
       </c>
       <c r="H14" s="30">
         <v>85396</v>
       </c>
       <c r="I14" s="61">
         <v>88176</v>
       </c>
       <c r="J14" s="30">
         <v>87144</v>
       </c>
-      <c r="K14" s="30"/>
+      <c r="K14" s="30">
+        <v>94111</v>
+      </c>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="20">
         <f t="shared" si="1"/>
-        <v>722367</v>
+        <v>816478</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>2024</v>
       </c>
       <c r="B15" s="39">
         <v>46979</v>
       </c>
       <c r="C15" s="39">
         <v>55416</v>
       </c>
       <c r="D15" s="39">
         <v>46429</v>
       </c>
       <c r="E15" s="39">
         <v>49992</v>
       </c>
       <c r="F15" s="39">
         <v>56264</v>
       </c>
       <c r="G15" s="39">
         <v>55730</v>
       </c>
       <c r="H15" s="39">
@@ -5402,99 +5213,99 @@
       <c r="J15" s="39">
         <v>51290</v>
       </c>
       <c r="K15" s="39">
         <v>51790</v>
       </c>
       <c r="L15" s="39">
         <v>54208</v>
       </c>
       <c r="M15" s="39">
         <v>63286</v>
       </c>
       <c r="N15" s="6">
         <f t="shared" si="1"/>
         <v>660316</v>
       </c>
       <c r="O15" s="29"/>
       <c r="P15" s="29"/>
     </row>
     <row r="16" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A16" s="47" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="3">
         <f t="shared" ref="B16:M16" si="2">+B14+B12+B10+B8+B6+B4+B2</f>
-        <v>1090970</v>
+        <v>1090867</v>
       </c>
       <c r="C16" s="3">
         <f t="shared" si="2"/>
-        <v>1017410</v>
+        <v>1017246</v>
       </c>
       <c r="D16" s="3">
         <f t="shared" si="2"/>
-        <v>1314772</v>
+        <v>1314341</v>
       </c>
       <c r="E16" s="3">
         <f t="shared" si="2"/>
         <v>1164160</v>
       </c>
       <c r="F16" s="3">
         <f t="shared" si="2"/>
         <v>1293539</v>
       </c>
       <c r="G16" s="3">
         <f t="shared" si="2"/>
         <v>1420578</v>
       </c>
       <c r="H16" s="3">
         <f t="shared" si="2"/>
         <v>1505106</v>
       </c>
       <c r="I16" s="3">
         <f t="shared" si="2"/>
         <v>1437821</v>
       </c>
       <c r="J16" s="3">
         <f t="shared" si="2"/>
         <v>1256831</v>
       </c>
       <c r="K16" s="3">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>1294490</v>
       </c>
       <c r="L16" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M16" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N16" s="20">
         <f t="shared" si="1"/>
-        <v>11501187</v>
+        <v>12794979</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>2024</v>
       </c>
       <c r="B17" s="18">
         <f t="shared" ref="B17:M17" si="3">+B15+B13+B11+B9+B7+B5+B3</f>
         <v>1056909</v>
       </c>
       <c r="C17" s="18">
         <f t="shared" si="3"/>
         <v>1032957</v>
       </c>
       <c r="D17" s="18">
         <f t="shared" si="3"/>
         <v>1266500</v>
       </c>
       <c r="E17" s="18">
         <f t="shared" si="3"/>
         <v>1183620</v>
       </c>
       <c r="F17" s="18">
         <f t="shared" si="3"/>
         <v>1320584</v>
@@ -5554,63 +5365,63 @@
         <f>+'Terminal 2'!F22</f>
         <v>219138</v>
       </c>
       <c r="F18" s="3">
         <f>+'Terminal 2'!G22</f>
         <v>216033</v>
       </c>
       <c r="G18" s="3">
         <f>+'Terminal 2'!H22</f>
         <v>294946</v>
       </c>
       <c r="H18" s="3">
         <f>+'Terminal 2'!I22</f>
         <v>321718</v>
       </c>
       <c r="I18" s="3">
         <f>+'Terminal 2'!J22</f>
         <v>273937</v>
       </c>
       <c r="J18" s="3">
         <f>+'Terminal 2'!K22</f>
         <v>184842</v>
       </c>
       <c r="K18" s="3">
         <f>+'Terminal 2'!L22</f>
-        <v>0</v>
+        <v>252244</v>
       </c>
       <c r="L18" s="3">
         <f>+'Terminal 2'!M22</f>
         <v>0</v>
       </c>
       <c r="M18" s="3">
         <f>+'Terminal 2'!N22</f>
         <v>0</v>
       </c>
       <c r="N18" s="20">
         <f t="shared" si="1"/>
-        <v>2258770</v>
+        <v>2511014</v>
       </c>
       <c r="P18" s="3"/>
     </row>
     <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>2024</v>
       </c>
       <c r="B19" s="18">
         <v>231336</v>
       </c>
       <c r="C19" s="18">
         <v>281283</v>
       </c>
       <c r="D19" s="18">
         <v>358303</v>
       </c>
       <c r="E19" s="18">
         <v>267397</v>
       </c>
       <c r="F19" s="18">
         <v>267027</v>
       </c>
       <c r="G19" s="18">
         <v>332092</v>
       </c>
@@ -5623,99 +5434,99 @@
       <c r="J19" s="18">
         <v>201426</v>
       </c>
       <c r="K19" s="18">
         <v>254953</v>
       </c>
       <c r="L19" s="18">
         <v>230503</v>
       </c>
       <c r="M19" s="18">
         <v>302823</v>
       </c>
       <c r="N19" s="6">
         <f t="shared" si="1"/>
         <v>3414009</v>
       </c>
       <c r="O19" s="29"/>
       <c r="P19" s="29"/>
     </row>
     <row r="20" spans="1:16" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A20" s="38" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="36">
         <f>B2+B4+B6+B8+B10+B12+B14+B18</f>
-        <v>1276352</v>
+        <v>1276249</v>
       </c>
       <c r="C20" s="36">
         <f t="shared" ref="C20:M20" si="4">C2+C4+C6+C8+C10+C12+C14+C18</f>
-        <v>1254715</v>
+        <v>1254551</v>
       </c>
       <c r="D20" s="36">
         <f t="shared" si="4"/>
-        <v>1640241</v>
+        <v>1639810</v>
       </c>
       <c r="E20" s="36">
         <f t="shared" si="4"/>
         <v>1383298</v>
       </c>
       <c r="F20" s="36">
         <f>F2+F4+F6+F8+F10+F12+F14+F18</f>
         <v>1509572</v>
       </c>
       <c r="G20" s="36">
         <f t="shared" si="4"/>
         <v>1715524</v>
       </c>
       <c r="H20" s="36">
         <f t="shared" si="4"/>
         <v>1826824</v>
       </c>
       <c r="I20" s="36">
         <f t="shared" si="4"/>
         <v>1711758</v>
       </c>
       <c r="J20" s="36">
         <f t="shared" si="4"/>
         <v>1441673</v>
       </c>
       <c r="K20" s="36">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>1546734</v>
       </c>
       <c r="L20" s="36">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M20" s="36">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N20" s="37">
         <f t="shared" si="1"/>
-        <v>13759957</v>
+        <v>15305993</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="33">
         <f>+B19+B17</f>
         <v>1288245</v>
       </c>
       <c r="C21" s="33">
         <f t="shared" ref="C21:M21" si="5">+C19+C17</f>
         <v>1314240</v>
       </c>
       <c r="D21" s="33">
         <f t="shared" si="5"/>
         <v>1624803</v>
       </c>
       <c r="E21" s="33">
         <f t="shared" si="5"/>
         <v>1451017</v>
       </c>
       <c r="F21" s="33">
         <f t="shared" si="5"/>
         <v>1587611</v>
@@ -5737,99 +5548,99 @@
         <v>1483309</v>
       </c>
       <c r="K21" s="33">
         <f t="shared" si="5"/>
         <v>1562001</v>
       </c>
       <c r="L21" s="33">
         <f t="shared" si="5"/>
         <v>1361506</v>
       </c>
       <c r="M21" s="34">
         <f t="shared" si="5"/>
         <v>1538477</v>
       </c>
       <c r="N21" s="35">
         <f t="shared" si="1"/>
         <v>18575925</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="40">
         <f>(B20-B21)/B21</f>
-        <v>-9.2319395767109513E-3</v>
+        <v>-9.3118933122193371E-3</v>
       </c>
       <c r="C22" s="40">
         <f t="shared" ref="C22:M22" si="6">(C20-C21)/C21</f>
-        <v>-4.5292336255174093E-2</v>
+        <v>-4.5417123204285363E-2</v>
       </c>
       <c r="D22" s="40">
         <f t="shared" si="6"/>
-        <v>9.5014595615591554E-3</v>
+        <v>9.2361966342996652E-3</v>
       </c>
       <c r="E22" s="40">
         <f t="shared" si="6"/>
         <v>-4.6670025230579656E-2</v>
       </c>
       <c r="F22" s="40">
         <f t="shared" si="6"/>
         <v>-4.9154988218146636E-2</v>
       </c>
       <c r="G22" s="40">
         <f t="shared" si="6"/>
         <v>-2.6204413040220517E-2</v>
       </c>
       <c r="H22" s="40">
         <f t="shared" si="6"/>
         <v>1.1756222457170675E-2</v>
       </c>
       <c r="I22" s="40">
         <f t="shared" si="6"/>
         <v>-4.76641384286796E-2</v>
       </c>
       <c r="J22" s="40">
         <f t="shared" si="6"/>
         <v>-2.8069673951954716E-2</v>
       </c>
       <c r="K22" s="40">
         <f t="shared" si="6"/>
-        <v>-1</v>
+        <v>-9.774001425095118E-3</v>
       </c>
       <c r="L22" s="40">
         <f>(L20-L21)/L21</f>
         <v>-1</v>
       </c>
       <c r="M22" s="40">
         <f t="shared" si="6"/>
         <v>-1</v>
       </c>
       <c r="N22" s="23">
         <f>(N20-N21)/N21</f>
-        <v>-0.25925858335453011</v>
+        <v>-0.17603064181191516</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="24"/>
     </row>
     <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>1</v>
       </c>
@@ -5903,209 +5714,218 @@
       </c>
       <c r="E26" s="3">
         <f>+'[4]Monthly Summary'!$C$5</f>
         <v>1122946</v>
       </c>
       <c r="F26" s="3">
         <f>+'[5]Monthly Summary'!C5</f>
         <v>1248467</v>
       </c>
       <c r="G26" s="3">
         <f>+'[6]Monthly Summary'!C5</f>
         <v>1435178</v>
       </c>
       <c r="H26" s="3">
         <f>+'[7]Monthly Summary'!C5</f>
         <v>1524366</v>
       </c>
       <c r="I26" s="3">
         <f>+'[8]Monthly Summary'!C5</f>
         <v>1410421</v>
       </c>
       <c r="J26" s="3">
         <f>+'[9]Monthly Summary'!C5</f>
         <v>1165803</v>
       </c>
-      <c r="K26" s="3"/>
+      <c r="K26" s="3">
+        <f>+'[10]Monthly Summary'!C5</f>
+        <v>1244031</v>
+      </c>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="55">
         <f>SUM(B26:M26)</f>
-        <v>11338208</v>
+        <v>12582239</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="3">
         <f>+'[1]Monthly Summary'!C6</f>
         <v>203110</v>
       </c>
       <c r="C27" s="3">
         <f>+'[2]Monthly Summary'!$C$6</f>
         <v>187393</v>
       </c>
       <c r="D27" s="3">
         <f>+'[3]Monthly Summary'!$C$6</f>
         <v>224223</v>
       </c>
       <c r="E27" s="3">
         <f>+'[4]Monthly Summary'!$C$6</f>
         <v>214701</v>
       </c>
       <c r="F27" s="3">
         <f>+'[5]Monthly Summary'!C6</f>
         <v>214043</v>
       </c>
       <c r="G27" s="3">
         <f>+'[6]Monthly Summary'!C6</f>
         <v>230778</v>
       </c>
       <c r="H27" s="3">
         <f>+'[7]Monthly Summary'!C6</f>
         <v>250705</v>
       </c>
       <c r="I27" s="3">
         <f>+'[8]Monthly Summary'!C6</f>
         <v>252495</v>
       </c>
       <c r="J27" s="3">
         <f>+'[9]Monthly Summary'!C6</f>
         <v>231802</v>
       </c>
-      <c r="K27" s="3"/>
+      <c r="K27" s="3">
+        <f>+'[10]Monthly Summary'!C6</f>
+        <v>254783</v>
+      </c>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="56">
         <f>SUM(B27:M27)</f>
-        <v>2009250</v>
+        <v>2264033</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="3">
         <f>+'[1]Monthly Summary'!C7</f>
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="C28" s="3">
         <f>+'[2]Monthly Summary'!$C$7</f>
-        <v>276</v>
+        <v>112</v>
       </c>
       <c r="D28" s="3">
         <f>+'[3]Monthly Summary'!$C$7</f>
-        <v>431</v>
+        <v>0</v>
       </c>
       <c r="E28" s="3">
         <f>+'[4]Monthly Summary'!$C$7</f>
         <v>0</v>
       </c>
       <c r="F28" s="3">
         <f>+'[5]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <f>+'[6]Monthly Summary'!C7</f>
         <v>133</v>
       </c>
       <c r="H28" s="3">
         <f>+'[7]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="I28" s="3">
         <f>+'[8]Monthly Summary'!C7</f>
         <v>191</v>
       </c>
       <c r="J28" s="3">
         <f>+'[9]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
-      <c r="K28" s="3"/>
+      <c r="K28" s="3">
+        <f>+'[10]Monthly Summary'!C7</f>
+        <v>0</v>
+      </c>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="57">
         <f>SUM(B28:M28)</f>
-        <v>1134</v>
+        <v>436</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="13">
         <f t="shared" ref="B29:M29" si="7">SUM(B26:B28)</f>
-        <v>1236634</v>
+        <v>1236531</v>
       </c>
       <c r="C29" s="13">
         <f t="shared" si="7"/>
-        <v>1216215</v>
+        <v>1216051</v>
       </c>
       <c r="D29" s="13">
         <f t="shared" ref="D29" si="8">SUM(D26:D28)</f>
-        <v>1593714</v>
+        <v>1593283</v>
       </c>
       <c r="E29" s="13">
         <f t="shared" si="7"/>
         <v>1337647</v>
       </c>
       <c r="F29" s="13">
         <f t="shared" si="7"/>
         <v>1462510</v>
       </c>
       <c r="G29" s="13">
         <f t="shared" si="7"/>
         <v>1666089</v>
       </c>
       <c r="H29" s="13">
         <f t="shared" si="7"/>
         <v>1775071</v>
       </c>
       <c r="I29" s="13">
         <f t="shared" si="7"/>
         <v>1663107</v>
       </c>
       <c r="J29" s="13">
         <f t="shared" si="7"/>
         <v>1397605</v>
       </c>
       <c r="K29" s="13">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>1498814</v>
       </c>
       <c r="L29" s="13">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="M29" s="13">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="N29" s="25">
         <f t="shared" ref="N29" si="9">SUM(N26:N28)</f>
-        <v>13348592</v>
+        <v>14846708</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="24"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="32">
         <f>+'[1]Monthly Summary'!C10</f>
         <v>39718</v>
       </c>
@@ -6119,156 +5939,132 @@
       </c>
       <c r="E31" s="32">
         <f>+'[4]Monthly Summary'!$C$10</f>
         <v>45651</v>
       </c>
       <c r="F31" s="32">
         <f>+'[5]Monthly Summary'!C10</f>
         <v>47062</v>
       </c>
       <c r="G31" s="32">
         <f>+'[6]Monthly Summary'!C10</f>
         <v>49435</v>
       </c>
       <c r="H31" s="32">
         <f>+'[7]Monthly Summary'!C10</f>
         <v>51753</v>
       </c>
       <c r="I31" s="32">
         <f>+'[8]Monthly Summary'!C10</f>
         <v>48651</v>
       </c>
       <c r="J31" s="32">
         <f>+'[9]Monthly Summary'!C10</f>
         <v>44068</v>
       </c>
-      <c r="K31" s="32"/>
+      <c r="K31" s="32">
+        <f>+'[10]Monthly Summary'!C10</f>
+        <v>47920</v>
+      </c>
       <c r="L31" s="32"/>
       <c r="M31" s="65"/>
       <c r="N31" s="42">
         <f>SUM(B31:M31)</f>
-        <v>411365</v>
+        <v>459285</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="8">
         <f t="shared" ref="B32:H32" si="10">+B29+B31</f>
-        <v>1276352</v>
+        <v>1276249</v>
       </c>
       <c r="C32" s="8">
         <f t="shared" si="10"/>
-        <v>1254715</v>
+        <v>1254551</v>
       </c>
       <c r="D32" s="8">
         <f t="shared" ref="D32" si="11">+D29+D31</f>
-        <v>1640241</v>
+        <v>1639810</v>
       </c>
       <c r="E32" s="8">
         <f t="shared" si="10"/>
         <v>1383298</v>
       </c>
       <c r="F32" s="8">
         <f t="shared" si="10"/>
         <v>1509572</v>
       </c>
       <c r="G32" s="8">
         <f t="shared" si="10"/>
         <v>1715524</v>
       </c>
       <c r="H32" s="8">
         <f t="shared" si="10"/>
         <v>1826824</v>
       </c>
       <c r="I32" s="8">
         <f>+I29+I31</f>
         <v>1711758</v>
       </c>
       <c r="J32" s="8">
         <f>+J29+J31</f>
         <v>1441673</v>
       </c>
       <c r="K32" s="8">
         <f>+K29+K31</f>
-        <v>0</v>
+        <v>1546734</v>
       </c>
       <c r="L32" s="8">
         <f>+L29+L31</f>
         <v>0</v>
       </c>
       <c r="M32" s="8">
         <f>+M29+M31</f>
         <v>0</v>
       </c>
       <c r="N32" s="31">
         <f>SUM(N29+N31)</f>
-        <v>13759957</v>
+        <v>15305993</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="G33" s="3"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A34" s="5"/>
-      <c r="B34" s="52">
-[...34 lines deleted...]
-      </c>
+      <c r="B34" s="52"/>
+      <c r="C34" s="52"/>
+      <c r="D34" s="52"/>
+      <c r="E34" s="52"/>
+      <c r="F34" s="52"/>
+      <c r="G34" s="52"/>
+      <c r="H34" s="52"/>
+      <c r="I34" s="52"/>
+      <c r="J34" s="52"/>
       <c r="K34" s="52"/>
       <c r="L34" s="52"/>
       <c r="M34" s="52"/>
       <c r="N34" s="5"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="26"/>
       <c r="E35" s="26"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="26"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B36" s="54"/>
       <c r="C36" s="54"/>
       <c r="D36" s="54"/>
       <c r="E36" s="54"/>
@@ -6471,1413 +6267,1413 @@
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="15">
         <v>2025</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B10" s="53" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="10">
-        <f>[10]Jazz_AC!JH$23+[10]Jazz_AC!JH$33+[10]Jazz_AC!JH$38+[10]Jazz_AC!JH$28</f>
+        <f>[11]Jazz_AC!JH$23+[11]Jazz_AC!JH$33+[11]Jazz_AC!JH$38+[11]Jazz_AC!JH$28</f>
         <v>3693</v>
       </c>
       <c r="D10" s="10">
-        <f>[10]Jazz_AC!JI$23+[10]Jazz_AC!JI$33+[10]Jazz_AC!JI$38+[10]Jazz_AC!JI$28</f>
+        <f>[11]Jazz_AC!JI$23+[11]Jazz_AC!JI$33+[11]Jazz_AC!JI$38+[11]Jazz_AC!JI$28</f>
         <v>2746</v>
       </c>
       <c r="E10" s="10">
-        <f>[10]Jazz_AC!JJ$23+[10]Jazz_AC!JJ$33+[10]Jazz_AC!JJ$38+[10]Jazz_AC!JJ$28</f>
+        <f>[11]Jazz_AC!JJ$23+[11]Jazz_AC!JJ$33+[11]Jazz_AC!JJ$38+[11]Jazz_AC!JJ$28</f>
         <v>4599</v>
       </c>
       <c r="F10" s="10">
-        <f>[10]Jazz_AC!JK$23+[10]Jazz_AC!JK$33+[10]Jazz_AC!JK$38+[10]Jazz_AC!JK$28</f>
+        <f>[11]Jazz_AC!JK$23+[11]Jazz_AC!JK$33+[11]Jazz_AC!JK$38+[11]Jazz_AC!JK$28</f>
         <v>3153</v>
       </c>
       <c r="G10" s="10">
-        <f>[10]Jazz_AC!JL$23+[10]Jazz_AC!JL$33+[10]Jazz_AC!JL$38+[10]Jazz_AC!JL$28</f>
+        <f>[11]Jazz_AC!JL$23+[11]Jazz_AC!JL$33+[11]Jazz_AC!JL$38+[11]Jazz_AC!JL$28</f>
         <v>2032</v>
       </c>
       <c r="H10" s="10">
-        <f>[10]Jazz_AC!JM$23+[10]Jazz_AC!JM$33+[10]Jazz_AC!JM$38+[10]Jazz_AC!JM$28</f>
+        <f>[11]Jazz_AC!JM$23+[11]Jazz_AC!JM$33+[11]Jazz_AC!JM$38+[11]Jazz_AC!JM$28</f>
         <v>2154</v>
       </c>
       <c r="I10" s="10">
-        <f>[10]Jazz_AC!JN$23+[10]Jazz_AC!JN$33+[10]Jazz_AC!JN$38+[10]Jazz_AC!JN$28</f>
+        <f>[11]Jazz_AC!JN$23+[11]Jazz_AC!JN$33+[11]Jazz_AC!JN$38+[11]Jazz_AC!JN$28</f>
         <v>5353</v>
       </c>
       <c r="J10" s="10">
-        <f>[10]Jazz_AC!JO$23+[10]Jazz_AC!JO$33+[10]Jazz_AC!JO$38+[10]Jazz_AC!JO$28</f>
+        <f>[11]Jazz_AC!JO$23+[11]Jazz_AC!JO$33+[11]Jazz_AC!JO$38+[11]Jazz_AC!JO$28</f>
         <v>5785</v>
       </c>
       <c r="K10" s="10">
-        <f>[10]Jazz_AC!JP$23+[10]Jazz_AC!JP$33+[10]Jazz_AC!JP$38+[10]Jazz_AC!JP$28</f>
+        <f>[11]Jazz_AC!JP$23+[11]Jazz_AC!JP$33+[11]Jazz_AC!JP$38+[11]Jazz_AC!JP$28</f>
         <v>6164</v>
       </c>
       <c r="L10" s="10">
-        <f>[10]Jazz_AC!JQ$23+[10]Jazz_AC!JQ$33+[10]Jazz_AC!JQ$38+[10]Jazz_AC!JQ$28</f>
-        <v>0</v>
+        <f>[11]Jazz_AC!JQ$23+[11]Jazz_AC!JQ$33+[11]Jazz_AC!JQ$38+[11]Jazz_AC!JQ$28</f>
+        <v>4854</v>
       </c>
       <c r="M10" s="10">
-        <f>[10]Jazz_AC!JR$23+[10]Jazz_AC!JR$33+[10]Jazz_AC!JR$38+[10]Jazz_AC!JR$28</f>
+        <f>[11]Jazz_AC!JR$23+[11]Jazz_AC!JR$33+[11]Jazz_AC!JR$38+[11]Jazz_AC!JR$28</f>
         <v>0</v>
       </c>
       <c r="N10" s="10">
-        <f>[10]Jazz_AC!JS$23+[10]Jazz_AC!JS$33+[10]Jazz_AC!JS$38+[10]Jazz_AC!JS$28</f>
+        <f>[11]Jazz_AC!JS$23+[11]Jazz_AC!JS$33+[11]Jazz_AC!JS$38+[11]Jazz_AC!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B11" s="53" t="s">
         <v>81</v>
       </c>
       <c r="C11" s="10">
-        <f>[10]AirCanada!JH$23+[10]AirCanada!JH$33+[10]AirCanada!JH$38+[10]AirCanada!JH$28</f>
+        <f>[11]AirCanada!JH$23+[11]AirCanada!JH$33+[11]AirCanada!JH$38+[11]AirCanada!JH$28</f>
         <v>0</v>
       </c>
       <c r="D11" s="10">
-        <f>[10]AirCanada!JI$23+[10]AirCanada!JI$33+[10]AirCanada!JI$38+[10]AirCanada!JI$28</f>
+        <f>[11]AirCanada!JI$23+[11]AirCanada!JI$33+[11]AirCanada!JI$38+[11]AirCanada!JI$28</f>
         <v>0</v>
       </c>
       <c r="E11" s="10">
-        <f>[10]AirCanada!JJ$23+[10]AirCanada!JJ$33+[10]AirCanada!JJ$38+[10]AirCanada!JJ$28</f>
+        <f>[11]AirCanada!JJ$23+[11]AirCanada!JJ$33+[11]AirCanada!JJ$38+[11]AirCanada!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F11" s="10">
-        <f>[10]AirCanada!JK$23+[10]AirCanada!JK$33+[10]AirCanada!JK$38+[10]AirCanada!JK$28</f>
+        <f>[11]AirCanada!JK$23+[11]AirCanada!JK$33+[11]AirCanada!JK$38+[11]AirCanada!JK$28</f>
         <v>0</v>
       </c>
       <c r="G11" s="10">
-        <f>[10]AirCanada!JL$23+[10]AirCanada!JL$33+[10]AirCanada!JL$38+[10]AirCanada!JL$28</f>
+        <f>[11]AirCanada!JL$23+[11]AirCanada!JL$33+[11]AirCanada!JL$38+[11]AirCanada!JL$28</f>
         <v>4955</v>
       </c>
       <c r="H11" s="10">
-        <f>[10]AirCanada!JM$23+[10]AirCanada!JM$33+[10]AirCanada!JM$38+[10]AirCanada!JM$28</f>
+        <f>[11]AirCanada!JM$23+[11]AirCanada!JM$33+[11]AirCanada!JM$38+[11]AirCanada!JM$28</f>
         <v>5876</v>
       </c>
       <c r="I11" s="10">
-        <f>[10]AirCanada!JN$23+[10]AirCanada!JN$33+[10]AirCanada!JN$38+[10]AirCanada!JN$28</f>
+        <f>[11]AirCanada!JN$23+[11]AirCanada!JN$33+[11]AirCanada!JN$38+[11]AirCanada!JN$28</f>
         <v>0</v>
       </c>
       <c r="J11" s="10">
-        <f>[10]AirCanada!JO$23+[10]AirCanada!JO$33+[10]AirCanada!JO$38+[10]AirCanada!JO$28</f>
+        <f>[11]AirCanada!JO$23+[11]AirCanada!JO$33+[11]AirCanada!JO$38+[11]AirCanada!JO$28</f>
         <v>0</v>
       </c>
       <c r="K11" s="10">
-        <f>[10]AirCanada!JP$23+[10]AirCanada!JP$33+[10]AirCanada!JP$38+[10]AirCanada!JP$28</f>
+        <f>[11]AirCanada!JP$23+[11]AirCanada!JP$33+[11]AirCanada!JP$38+[11]AirCanada!JP$28</f>
         <v>94</v>
       </c>
       <c r="L11" s="10">
-        <f>[10]AirCanada!JQ$23+[10]AirCanada!JQ$33+[10]AirCanada!JQ$38+[10]AirCanada!JQ$28</f>
+        <f>[11]AirCanada!JQ$23+[11]AirCanada!JQ$33+[11]AirCanada!JQ$38+[11]AirCanada!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M11" s="10">
-        <f>[10]AirCanada!JR$23+[10]AirCanada!JR$33+[10]AirCanada!JR$38+[10]AirCanada!JR$28</f>
+        <f>[11]AirCanada!JR$23+[11]AirCanada!JR$33+[11]AirCanada!JR$38+[11]AirCanada!JR$28</f>
         <v>0</v>
       </c>
       <c r="N11" s="10">
-        <f>[10]AirCanada!JS$23+[10]AirCanada!JS$33+[10]AirCanada!JS$38+[10]AirCanada!JS$28</f>
+        <f>[11]AirCanada!JS$23+[11]AirCanada!JS$33+[11]AirCanada!JS$38+[11]AirCanada!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="10">
-        <f>'[10]Air Georgian'!JH$33+'[10]Air Georgian'!JH$38</f>
+        <f>'[11]Air Georgian'!JH$33+'[11]Air Georgian'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D12" s="10">
-        <f>'[10]Air Georgian'!JI$33+'[10]Air Georgian'!JI$38</f>
+        <f>'[11]Air Georgian'!JI$33+'[11]Air Georgian'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E12" s="10">
-        <f>'[10]Air Georgian'!JJ$33+'[10]Air Georgian'!JJ$38</f>
+        <f>'[11]Air Georgian'!JJ$33+'[11]Air Georgian'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F12" s="10">
-        <f>'[10]Air Georgian'!JK$33+'[10]Air Georgian'!JK$38</f>
+        <f>'[11]Air Georgian'!JK$33+'[11]Air Georgian'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G12" s="10">
-        <f>'[10]Air Georgian'!JL$33+'[10]Air Georgian'!JL$38</f>
+        <f>'[11]Air Georgian'!JL$33+'[11]Air Georgian'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H12" s="10">
-        <f>'[10]Air Georgian'!JM$33+'[10]Air Georgian'!JM$38</f>
+        <f>'[11]Air Georgian'!JM$33+'[11]Air Georgian'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I12" s="10">
-        <f>'[10]Air Georgian'!JN$33+'[10]Air Georgian'!JN$38</f>
+        <f>'[11]Air Georgian'!JN$33+'[11]Air Georgian'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J12" s="10">
-        <f>'[10]Air Georgian'!JO$33+'[10]Air Georgian'!JO$38</f>
+        <f>'[11]Air Georgian'!JO$33+'[11]Air Georgian'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K12" s="10">
-        <f>'[10]Air Georgian'!JP$33+'[10]Air Georgian'!JP$38</f>
+        <f>'[11]Air Georgian'!JP$33+'[11]Air Georgian'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L12" s="10">
-        <f>'[10]Air Georgian'!JQ$33+'[10]Air Georgian'!JQ$38</f>
+        <f>'[11]Air Georgian'!JQ$33+'[11]Air Georgian'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M12" s="10">
-        <f>'[10]Air Georgian'!JR$33+'[10]Air Georgian'!JR$38</f>
+        <f>'[11]Air Georgian'!JR$33+'[11]Air Georgian'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N12" s="10">
-        <f>'[10]Air Georgian'!JS$33+'[10]Air Georgian'!JS$38</f>
+        <f>'[11]Air Georgian'!JS$33+'[11]Air Georgian'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="10">
-        <f>'[10]Sky Regional'!JH$33+'[10]Sky Regional'!JH$38</f>
+        <f>'[11]Sky Regional'!JH$33+'[11]Sky Regional'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D13" s="10">
-        <f>'[10]Sky Regional'!JI$33+'[10]Sky Regional'!JI$38</f>
+        <f>'[11]Sky Regional'!JI$33+'[11]Sky Regional'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E13" s="10">
-        <f>'[10]Sky Regional'!JJ$33+'[10]Sky Regional'!JJ$38</f>
+        <f>'[11]Sky Regional'!JJ$33+'[11]Sky Regional'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F13" s="10">
-        <f>'[10]Sky Regional'!JK$33+'[10]Sky Regional'!JK$38</f>
+        <f>'[11]Sky Regional'!JK$33+'[11]Sky Regional'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G13" s="10">
-        <f>'[10]Sky Regional'!JL$33+'[10]Sky Regional'!JL$38</f>
+        <f>'[11]Sky Regional'!JL$33+'[11]Sky Regional'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H13" s="10">
-        <f>'[10]Sky Regional'!JM$33+'[10]Sky Regional'!JM$38</f>
+        <f>'[11]Sky Regional'!JM$33+'[11]Sky Regional'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I13" s="10">
-        <f>'[10]Sky Regional'!JN$33+'[10]Sky Regional'!JN$38</f>
+        <f>'[11]Sky Regional'!JN$33+'[11]Sky Regional'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J13" s="10">
-        <f>'[10]Sky Regional'!JO$33+'[10]Sky Regional'!JO$38</f>
+        <f>'[11]Sky Regional'!JO$33+'[11]Sky Regional'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K13" s="10">
-        <f>'[10]Sky Regional'!JP$33+'[10]Sky Regional'!JP$38</f>
+        <f>'[11]Sky Regional'!JP$33+'[11]Sky Regional'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L13" s="10">
-        <f>'[10]Sky Regional'!JQ$33+'[10]Sky Regional'!JQ$38</f>
+        <f>'[11]Sky Regional'!JQ$33+'[11]Sky Regional'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M13" s="10">
-        <f>'[10]Sky Regional'!JR$33+'[10]Sky Regional'!JR$38</f>
+        <f>'[11]Sky Regional'!JR$33+'[11]Sky Regional'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N13" s="10">
-        <f>'[10]Sky Regional'!JS$33+'[10]Sky Regional'!JS$38</f>
+        <f>'[11]Sky Regional'!JS$33+'[11]Sky Regional'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="10">
-        <f>'[10]Aer Lingus'!JH$33+'[10]Aer Lingus'!JH$38</f>
+        <f>'[11]Aer Lingus'!JH$33+'[11]Aer Lingus'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>'[10]Aer Lingus'!JI$33+'[10]Aer Lingus'!JI$38</f>
+        <f>'[11]Aer Lingus'!JI$33+'[11]Aer Lingus'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>'[10]Aer Lingus'!JJ$33+'[10]Aer Lingus'!JJ$38</f>
+        <f>'[11]Aer Lingus'!JJ$33+'[11]Aer Lingus'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>'[10]Aer Lingus'!JK$33+'[10]Aer Lingus'!JK$38</f>
+        <f>'[11]Aer Lingus'!JK$33+'[11]Aer Lingus'!JK$38</f>
         <v>2226</v>
       </c>
       <c r="G14" s="10">
-        <f>'[10]Aer Lingus'!JL$33+'[10]Aer Lingus'!JL$38</f>
+        <f>'[11]Aer Lingus'!JL$33+'[11]Aer Lingus'!JL$38</f>
         <v>3574</v>
       </c>
       <c r="H14" s="10">
-        <f>'[10]Aer Lingus'!JM$33+'[10]Aer Lingus'!JM$38</f>
+        <f>'[11]Aer Lingus'!JM$33+'[11]Aer Lingus'!JM$38</f>
         <v>3379</v>
       </c>
       <c r="I14" s="10">
-        <f>'[10]Aer Lingus'!JN$33+'[10]Aer Lingus'!JN$38</f>
+        <f>'[11]Aer Lingus'!JN$33+'[11]Aer Lingus'!JN$38</f>
         <v>3166</v>
       </c>
       <c r="J14" s="10">
-        <f>'[10]Aer Lingus'!JO$33+'[10]Aer Lingus'!JO$38</f>
+        <f>'[11]Aer Lingus'!JO$33+'[11]Aer Lingus'!JO$38</f>
         <v>4322</v>
       </c>
       <c r="K14" s="10">
-        <f>'[10]Aer Lingus'!JP$33+'[10]Aer Lingus'!JP$38</f>
+        <f>'[11]Aer Lingus'!JP$33+'[11]Aer Lingus'!JP$38</f>
         <v>3397</v>
       </c>
       <c r="L14" s="10">
-        <f>'[10]Aer Lingus'!JQ$33+'[10]Aer Lingus'!JQ$38</f>
-        <v>0</v>
+        <f>'[11]Aer Lingus'!JQ$33+'[11]Aer Lingus'!JQ$38</f>
+        <v>2488</v>
       </c>
       <c r="M14" s="10">
-        <f>'[10]Aer Lingus'!JR$33+'[10]Aer Lingus'!JR$38</f>
+        <f>'[11]Aer Lingus'!JR$33+'[11]Aer Lingus'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N14" s="10">
-        <f>'[10]Aer Lingus'!JS$33+'[10]Aer Lingus'!JS$38</f>
+        <f>'[11]Aer Lingus'!JS$33+'[11]Aer Lingus'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="10">
-        <f>'[10]Air Wisconsin'!JH$23+'[10]Air Wisconsin'!JH$28</f>
+        <f>'[11]Air Wisconsin'!JH$23+'[11]Air Wisconsin'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D15" s="10">
-        <f>'[10]Air Wisconsin'!JI$23+'[10]Air Wisconsin'!JI$28</f>
+        <f>'[11]Air Wisconsin'!JI$23+'[11]Air Wisconsin'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E15" s="10">
-        <f>'[10]Air Wisconsin'!JJ$23+'[10]Air Wisconsin'!JJ$28</f>
+        <f>'[11]Air Wisconsin'!JJ$23+'[11]Air Wisconsin'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F15" s="10">
-        <f>'[10]Air Wisconsin'!JK$23+'[10]Air Wisconsin'!JK$28</f>
+        <f>'[11]Air Wisconsin'!JK$23+'[11]Air Wisconsin'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G15" s="10">
-        <f>'[10]Air Wisconsin'!JL$23+'[10]Air Wisconsin'!JL$28</f>
+        <f>'[11]Air Wisconsin'!JL$23+'[11]Air Wisconsin'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H15" s="10">
-        <f>'[10]Air Wisconsin'!JM$23+'[10]Air Wisconsin'!JM$28</f>
+        <f>'[11]Air Wisconsin'!JM$23+'[11]Air Wisconsin'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I15" s="10">
-        <f>'[10]Air Wisconsin'!JN$23+'[10]Air Wisconsin'!JN$28</f>
+        <f>'[11]Air Wisconsin'!JN$23+'[11]Air Wisconsin'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J15" s="10">
-        <f>'[10]Air Wisconsin'!JO$23+'[10]Air Wisconsin'!JO$28</f>
+        <f>'[11]Air Wisconsin'!JO$23+'[11]Air Wisconsin'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K15" s="10">
-        <f>'[10]Air Wisconsin'!JP$23+'[10]Air Wisconsin'!JP$28</f>
+        <f>'[11]Air Wisconsin'!JP$23+'[11]Air Wisconsin'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[10]Air Wisconsin'!JQ$23+'[10]Air Wisconsin'!JQ$28</f>
+        <f>'[11]Air Wisconsin'!JQ$23+'[11]Air Wisconsin'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[10]Air Wisconsin'!JR$23+'[10]Air Wisconsin'!JR$28</f>
+        <f>'[11]Air Wisconsin'!JR$23+'[11]Air Wisconsin'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[10]Air Wisconsin'!JS$23+'[10]Air Wisconsin'!JS$28</f>
+        <f>'[11]Air Wisconsin'!JS$23+'[11]Air Wisconsin'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="10">
-        <f>[10]Alaska!JH$23+[10]Alaska!JH$28</f>
+        <f>[11]Alaska!JH$23+[11]Alaska!JH$28</f>
         <v>9721</v>
       </c>
       <c r="D16" s="10">
-        <f>[10]Alaska!JI$23+[10]Alaska!JI$28</f>
+        <f>[11]Alaska!JI$23+[11]Alaska!JI$28</f>
         <v>7855</v>
       </c>
       <c r="E16" s="10">
-        <f>[10]Alaska!JJ$23+[10]Alaska!JJ$28</f>
+        <f>[11]Alaska!JJ$23+[11]Alaska!JJ$28</f>
         <v>10318</v>
       </c>
       <c r="F16" s="10">
-        <f>[10]Alaska!JK$23+[10]Alaska!JK$28</f>
+        <f>[11]Alaska!JK$23+[11]Alaska!JK$28</f>
         <v>9721</v>
       </c>
       <c r="G16" s="10">
-        <f>[10]Alaska!JL$23+[10]Alaska!JL$28</f>
+        <f>[11]Alaska!JL$23+[11]Alaska!JL$28</f>
         <v>13917</v>
       </c>
       <c r="H16" s="10">
-        <f>[10]Alaska!JM$23+[10]Alaska!JM$28</f>
+        <f>[11]Alaska!JM$23+[11]Alaska!JM$28</f>
         <v>19954</v>
       </c>
       <c r="I16" s="10">
-        <f>[10]Alaska!JN$23+[10]Alaska!JN$28</f>
+        <f>[11]Alaska!JN$23+[11]Alaska!JN$28</f>
         <v>25596</v>
       </c>
       <c r="J16" s="10">
-        <f>[10]Alaska!JO$23+[10]Alaska!JO$28</f>
+        <f>[11]Alaska!JO$23+[11]Alaska!JO$28</f>
         <v>24373</v>
       </c>
       <c r="K16" s="10">
-        <f>[10]Alaska!JP$23+[10]Alaska!JP$28</f>
+        <f>[11]Alaska!JP$23+[11]Alaska!JP$28</f>
         <v>17482</v>
       </c>
       <c r="L16" s="10">
-        <f>[10]Alaska!JQ$23+[10]Alaska!JQ$28</f>
-        <v>0</v>
+        <f>[11]Alaska!JQ$23+[11]Alaska!JQ$28</f>
+        <v>15123</v>
       </c>
       <c r="M16" s="10">
-        <f>[10]Alaska!JR$23+[10]Alaska!JR$28</f>
+        <f>[11]Alaska!JR$23+[11]Alaska!JR$28</f>
         <v>0</v>
       </c>
       <c r="N16" s="10">
-        <f>[10]Alaska!JS$23+[10]Alaska!JS$28</f>
+        <f>[11]Alaska!JS$23+[11]Alaska!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="10">
-        <f>[10]American!JH$23+[10]American!JH$28</f>
+        <f>[11]American!JH$23+[11]American!JH$28</f>
         <v>49222</v>
       </c>
       <c r="D17" s="10">
-        <f>[10]American!JI$23+[10]American!JI$28</f>
+        <f>[11]American!JI$23+[11]American!JI$28</f>
         <v>45423</v>
       </c>
       <c r="E17" s="10">
-        <f>[10]American!JJ$23+[10]American!JJ$28</f>
+        <f>[11]American!JJ$23+[11]American!JJ$28</f>
         <v>60200</v>
       </c>
       <c r="F17" s="10">
-        <f>[10]American!JK$23+[10]American!JK$28</f>
+        <f>[11]American!JK$23+[11]American!JK$28</f>
         <v>45730</v>
       </c>
       <c r="G17" s="10">
-        <f>[10]American!JL$23+[10]American!JL$28</f>
+        <f>[11]American!JL$23+[11]American!JL$28</f>
         <v>52976</v>
       </c>
       <c r="H17" s="10">
-        <f>[10]American!JM$23+[10]American!JM$28</f>
+        <f>[11]American!JM$23+[11]American!JM$28</f>
         <v>58051</v>
       </c>
       <c r="I17" s="10">
-        <f>[10]American!JN$23+[10]American!JN$28</f>
+        <f>[11]American!JN$23+[11]American!JN$28</f>
         <v>63500</v>
       </c>
       <c r="J17" s="10">
-        <f>[10]American!JO$23+[10]American!JO$28</f>
+        <f>[11]American!JO$23+[11]American!JO$28</f>
         <v>57687</v>
       </c>
       <c r="K17" s="10">
-        <f>[10]American!JP$23+[10]American!JP$28</f>
+        <f>[11]American!JP$23+[11]American!JP$28</f>
         <v>55637</v>
       </c>
       <c r="L17" s="10">
-        <f>[10]American!JQ$23+[10]American!JQ$28</f>
-        <v>0</v>
+        <f>[11]American!JQ$23+[11]American!JQ$28</f>
+        <v>55311</v>
       </c>
       <c r="M17" s="10">
-        <f>[10]American!JR$23+[10]American!JR$28</f>
+        <f>[11]American!JR$23+[11]American!JR$28</f>
         <v>0</v>
       </c>
       <c r="N17" s="10">
-        <f>[10]American!JS$23+[10]American!JS$28</f>
+        <f>[11]American!JS$23+[11]American!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B18" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="10">
-        <f>'[10]Denver Air'!JH$23+'[10]Denver Air'!JH$28</f>
+        <f>'[11]Denver Air'!JH$23+'[11]Denver Air'!JH$28</f>
         <v>914</v>
       </c>
       <c r="D18" s="10">
-        <f>'[10]Denver Air'!JI$23+'[10]Denver Air'!JI$28</f>
+        <f>'[11]Denver Air'!JI$23+'[11]Denver Air'!JI$28</f>
         <v>827</v>
       </c>
       <c r="E18" s="10">
-        <f>'[10]Denver Air'!JJ$23+'[10]Denver Air'!JJ$28</f>
+        <f>'[11]Denver Air'!JJ$23+'[11]Denver Air'!JJ$28</f>
         <v>888</v>
       </c>
       <c r="F18" s="10">
-        <f>'[10]Denver Air'!JK$23+'[10]Denver Air'!JK$28</f>
+        <f>'[11]Denver Air'!JK$23+'[11]Denver Air'!JK$28</f>
         <v>591</v>
       </c>
       <c r="G18" s="10">
-        <f>'[10]Denver Air'!JL$23+'[10]Denver Air'!JL$28</f>
+        <f>'[11]Denver Air'!JL$23+'[11]Denver Air'!JL$28</f>
         <v>853</v>
       </c>
       <c r="H18" s="10">
-        <f>'[10]Denver Air'!JM$23+'[10]Denver Air'!JM$28</f>
+        <f>'[11]Denver Air'!JM$23+'[11]Denver Air'!JM$28</f>
         <v>945</v>
       </c>
       <c r="I18" s="10">
-        <f>'[10]Denver Air'!JN$23+'[10]Denver Air'!JN$28</f>
+        <f>'[11]Denver Air'!JN$23+'[11]Denver Air'!JN$28</f>
         <v>736</v>
       </c>
       <c r="J18" s="10">
-        <f>'[10]Denver Air'!JO$23+'[10]Denver Air'!JO$28</f>
+        <f>'[11]Denver Air'!JO$23+'[11]Denver Air'!JO$28</f>
         <v>902</v>
       </c>
       <c r="K18" s="10">
-        <f>'[10]Denver Air'!JP$23+'[10]Denver Air'!JP$28</f>
+        <f>'[11]Denver Air'!JP$23+'[11]Denver Air'!JP$28</f>
         <v>806</v>
       </c>
       <c r="L18" s="10">
-        <f>'[10]Denver Air'!JQ$23+'[10]Denver Air'!JQ$28</f>
-        <v>0</v>
+        <f>'[11]Denver Air'!JQ$23+'[11]Denver Air'!JQ$28</f>
+        <v>918</v>
       </c>
       <c r="M18" s="10">
-        <f>'[10]Denver Air'!JR$23+'[10]Denver Air'!JR$28</f>
+        <f>'[11]Denver Air'!JR$23+'[11]Denver Air'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N18" s="10">
-        <f>'[10]Denver Air'!JS$23+'[10]Denver Air'!JS$28</f>
+        <f>'[11]Denver Air'!JS$23+'[11]Denver Air'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="10">
-        <f>[10]PSA!JH$23+[10]PSA!JH$28</f>
+        <f>[11]PSA!JH$23+[11]PSA!JH$28</f>
         <v>4571</v>
       </c>
       <c r="D19" s="10">
-        <f>[10]PSA!JI$23+[10]PSA!JI$28</f>
+        <f>[11]PSA!JI$23+[11]PSA!JI$28</f>
         <v>4479</v>
       </c>
       <c r="E19" s="10">
-        <f>[10]PSA!JJ$23+[10]PSA!JJ$28</f>
+        <f>[11]PSA!JJ$23+[11]PSA!JJ$28</f>
         <v>7302</v>
       </c>
       <c r="F19" s="10">
-        <f>[10]PSA!JK$23+[10]PSA!JK$28</f>
+        <f>[11]PSA!JK$23+[11]PSA!JK$28</f>
         <v>5080</v>
       </c>
       <c r="G19" s="10">
-        <f>[10]PSA!JL$23+[10]PSA!JL$28</f>
+        <f>[11]PSA!JL$23+[11]PSA!JL$28</f>
         <v>3705</v>
       </c>
       <c r="H19" s="10">
-        <f>[10]PSA!JM$23+[10]PSA!JM$28</f>
+        <f>[11]PSA!JM$23+[11]PSA!JM$28</f>
         <v>2252</v>
       </c>
       <c r="I19" s="10">
-        <f>[10]PSA!JN$23+[10]PSA!JN$28</f>
+        <f>[11]PSA!JN$23+[11]PSA!JN$28</f>
         <v>2055</v>
       </c>
       <c r="J19" s="10">
-        <f>[10]PSA!JO$23+[10]PSA!JO$28</f>
+        <f>[11]PSA!JO$23+[11]PSA!JO$28</f>
         <v>2111</v>
       </c>
       <c r="K19" s="10">
-        <f>[10]PSA!JP$23+[10]PSA!JP$28</f>
+        <f>[11]PSA!JP$23+[11]PSA!JP$28</f>
         <v>4212</v>
       </c>
       <c r="L19" s="10">
-        <f>[10]PSA!JQ$23+[10]PSA!JQ$28</f>
-        <v>0</v>
+        <f>[11]PSA!JQ$23+[11]PSA!JQ$28</f>
+        <v>2903</v>
       </c>
       <c r="M19" s="10">
-        <f>[10]PSA!JR$23+[10]PSA!JR$28</f>
+        <f>[11]PSA!JR$23+[11]PSA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N19" s="10">
-        <f>[10]PSA!JS$23+[10]PSA!JS$28</f>
+        <f>[11]PSA!JS$23+[11]PSA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="10">
-        <f>'[10]American Eagle'!JH$23+'[10]American Eagle'!JH$28</f>
+        <f>'[11]American Eagle'!JH$23+'[11]American Eagle'!JH$28</f>
         <v>4319</v>
       </c>
       <c r="D20" s="10">
-        <f>'[10]American Eagle'!JI$23+'[10]American Eagle'!JI$28</f>
+        <f>'[11]American Eagle'!JI$23+'[11]American Eagle'!JI$28</f>
         <v>4668</v>
       </c>
       <c r="E20" s="10">
-        <f>'[10]American Eagle'!JJ$23+'[10]American Eagle'!JJ$28</f>
+        <f>'[11]American Eagle'!JJ$23+'[11]American Eagle'!JJ$28</f>
         <v>1121</v>
       </c>
       <c r="F20" s="10">
-        <f>'[10]American Eagle'!JK$23+'[10]American Eagle'!JK$28</f>
+        <f>'[11]American Eagle'!JK$23+'[11]American Eagle'!JK$28</f>
         <v>2940</v>
       </c>
       <c r="G20" s="10">
-        <f>'[10]American Eagle'!JL$23+'[10]American Eagle'!JL$28</f>
+        <f>'[11]American Eagle'!JL$23+'[11]American Eagle'!JL$28</f>
         <v>7580</v>
       </c>
       <c r="H20" s="10">
-        <f>'[10]American Eagle'!JM$23+'[10]American Eagle'!JM$28</f>
+        <f>'[11]American Eagle'!JM$23+'[11]American Eagle'!JM$28</f>
         <v>5960</v>
       </c>
       <c r="I20" s="10">
-        <f>'[10]American Eagle'!JN$23+'[10]American Eagle'!JN$28</f>
+        <f>'[11]American Eagle'!JN$23+'[11]American Eagle'!JN$28</f>
         <v>5804</v>
       </c>
       <c r="J20" s="10">
-        <f>'[10]American Eagle'!JO$23+'[10]American Eagle'!JO$28</f>
+        <f>'[11]American Eagle'!JO$23+'[11]American Eagle'!JO$28</f>
         <v>5592</v>
       </c>
       <c r="K20" s="10">
-        <f>'[10]American Eagle'!JP$23+'[10]American Eagle'!JP$28</f>
+        <f>'[11]American Eagle'!JP$23+'[11]American Eagle'!JP$28</f>
         <v>1749</v>
       </c>
       <c r="L20" s="10">
-        <f>'[10]American Eagle'!JQ$23+'[10]American Eagle'!JQ$28</f>
-        <v>0</v>
+        <f>'[11]American Eagle'!JQ$23+'[11]American Eagle'!JQ$28</f>
+        <v>6764</v>
       </c>
       <c r="M20" s="10">
-        <f>'[10]American Eagle'!JR$23+'[10]American Eagle'!JR$28</f>
+        <f>'[11]American Eagle'!JR$23+'[11]American Eagle'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N20" s="10">
-        <f>'[10]American Eagle'!JS$23+'[10]American Eagle'!JS$28</f>
+        <f>'[11]American Eagle'!JS$23+'[11]American Eagle'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B21" s="53" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="10">
-        <f>'[10]Continental Express'!JH$23+'[10]Continental Express'!JH$28</f>
+        <f>'[11]Continental Express'!JH$23+'[11]Continental Express'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D21" s="10">
-        <f>'[10]Continental Express'!JI$23+'[10]Continental Express'!JI$28</f>
+        <f>'[11]Continental Express'!JI$23+'[11]Continental Express'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E21" s="10">
-        <f>'[10]Continental Express'!JJ$23+'[10]Continental Express'!JJ$28</f>
+        <f>'[11]Continental Express'!JJ$23+'[11]Continental Express'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F21" s="10">
-        <f>'[10]Continental Express'!JK$23+'[10]Continental Express'!JK$28</f>
+        <f>'[11]Continental Express'!JK$23+'[11]Continental Express'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G21" s="10">
-        <f>'[10]Continental Express'!JL$23+'[10]Continental Express'!JL$28</f>
+        <f>'[11]Continental Express'!JL$23+'[11]Continental Express'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H21" s="10">
-        <f>'[10]Continental Express'!JM$23+'[10]Continental Express'!JM$28</f>
+        <f>'[11]Continental Express'!JM$23+'[11]Continental Express'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I21" s="10">
-        <f>'[10]Continental Express'!JN$23+'[10]Continental Express'!JN$28</f>
+        <f>'[11]Continental Express'!JN$23+'[11]Continental Express'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J21" s="10">
-        <f>'[10]Continental Express'!JO$23+'[10]Continental Express'!JO$28</f>
+        <f>'[11]Continental Express'!JO$23+'[11]Continental Express'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K21" s="10">
-        <f>'[10]Continental Express'!JP$23+'[10]Continental Express'!JP$28</f>
+        <f>'[11]Continental Express'!JP$23+'[11]Continental Express'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L21" s="10">
-        <f>'[10]Continental Express'!JQ$23+'[10]Continental Express'!JQ$28</f>
+        <f>'[11]Continental Express'!JQ$23+'[11]Continental Express'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M21" s="10">
-        <f>'[10]Continental Express'!JR$23+'[10]Continental Express'!JR$28</f>
+        <f>'[11]Continental Express'!JR$23+'[11]Continental Express'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N21" s="10">
-        <f>'[10]Continental Express'!JS$23+'[10]Continental Express'!JS$28</f>
+        <f>'[11]Continental Express'!JS$23+'[11]Continental Express'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="10">
-        <f>'[10]Go Jet_UA'!JH$23+'[10]Go Jet_UA'!JH$28</f>
+        <f>'[11]Go Jet_UA'!JH$23+'[11]Go Jet_UA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D22" s="10">
-        <f>'[10]Go Jet_UA'!JI$23+'[10]Go Jet_UA'!JI$28</f>
+        <f>'[11]Go Jet_UA'!JI$23+'[11]Go Jet_UA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E22" s="10">
-        <f>'[10]Go Jet_UA'!JJ$23+'[10]Go Jet_UA'!JJ$28</f>
+        <f>'[11]Go Jet_UA'!JJ$23+'[11]Go Jet_UA'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F22" s="10">
-        <f>'[10]Go Jet_UA'!JK$23+'[10]Go Jet_UA'!JK$28</f>
+        <f>'[11]Go Jet_UA'!JK$23+'[11]Go Jet_UA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G22" s="10">
-        <f>'[10]Go Jet_UA'!JL$23+'[10]Go Jet_UA'!JL$28</f>
+        <f>'[11]Go Jet_UA'!JL$23+'[11]Go Jet_UA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H22" s="10">
-        <f>'[10]Go Jet_UA'!JM$23+'[10]Go Jet_UA'!JM$28</f>
+        <f>'[11]Go Jet_UA'!JM$23+'[11]Go Jet_UA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I22" s="10">
-        <f>'[10]Go Jet_UA'!JN$23+'[10]Go Jet_UA'!JN$28</f>
+        <f>'[11]Go Jet_UA'!JN$23+'[11]Go Jet_UA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J22" s="10">
-        <f>'[10]Go Jet_UA'!JO$23+'[10]Go Jet_UA'!JO$28</f>
+        <f>'[11]Go Jet_UA'!JO$23+'[11]Go Jet_UA'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K22" s="10">
-        <f>'[10]Go Jet_UA'!JP$23+'[10]Go Jet_UA'!JP$28</f>
+        <f>'[11]Go Jet_UA'!JP$23+'[11]Go Jet_UA'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L22" s="10">
-        <f>'[10]Go Jet_UA'!JQ$23+'[10]Go Jet_UA'!JQ$28</f>
+        <f>'[11]Go Jet_UA'!JQ$23+'[11]Go Jet_UA'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M22" s="10">
-        <f>'[10]Go Jet_UA'!JR$23+'[10]Go Jet_UA'!JR$28</f>
+        <f>'[11]Go Jet_UA'!JR$23+'[11]Go Jet_UA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N22" s="10">
-        <f>'[10]Go Jet_UA'!JS$23+'[10]Go Jet_UA'!JS$28</f>
+        <f>'[11]Go Jet_UA'!JS$23+'[11]Go Jet_UA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="10">
-        <f>[10]Horizon_AS!IT23+[10]Horizon_AS!IT33+[10]Horizon_AS!IT28+[10]Horizon_AS!IT38</f>
+        <f>[11]Horizon_AS!IT23+[11]Horizon_AS!IT33+[11]Horizon_AS!IT28+[11]Horizon_AS!IT38</f>
         <v>0</v>
       </c>
       <c r="D23" s="10">
-        <f>[10]Horizon_AS!IU23+[10]Horizon_AS!IU33+[10]Horizon_AS!IU28+[10]Horizon_AS!IU38</f>
+        <f>[11]Horizon_AS!IU23+[11]Horizon_AS!IU33+[11]Horizon_AS!IU28+[11]Horizon_AS!IU38</f>
         <v>0</v>
       </c>
       <c r="E23" s="10">
-        <f>[10]Horizon_AS!IV23+[10]Horizon_AS!IV33+[10]Horizon_AS!IV28+[10]Horizon_AS!IV38</f>
+        <f>[11]Horizon_AS!IV23+[11]Horizon_AS!IV33+[11]Horizon_AS!IV28+[11]Horizon_AS!IV38</f>
         <v>0</v>
       </c>
       <c r="F23" s="10">
-        <f>[10]Horizon_AS!IW23+[10]Horizon_AS!IW33+[10]Horizon_AS!IW28+[10]Horizon_AS!IW38</f>
+        <f>[11]Horizon_AS!IW23+[11]Horizon_AS!IW33+[11]Horizon_AS!IW28+[11]Horizon_AS!IW38</f>
         <v>0</v>
       </c>
       <c r="G23" s="10">
-        <f>[10]Horizon_AS!IX23+[10]Horizon_AS!IX33+[10]Horizon_AS!IX28+[10]Horizon_AS!IX38</f>
+        <f>[11]Horizon_AS!IX23+[11]Horizon_AS!IX33+[11]Horizon_AS!IX28+[11]Horizon_AS!IX38</f>
         <v>0</v>
       </c>
       <c r="H23" s="10">
-        <f>[10]Horizon_AS!IY23+[10]Horizon_AS!IY33+[10]Horizon_AS!IY28+[10]Horizon_AS!IY38</f>
+        <f>[11]Horizon_AS!IY23+[11]Horizon_AS!IY33+[11]Horizon_AS!IY28+[11]Horizon_AS!IY38</f>
         <v>0</v>
       </c>
       <c r="I23" s="10">
-        <f>[10]Horizon_AS!IZ23+[10]Horizon_AS!IZ33+[10]Horizon_AS!IZ28+[10]Horizon_AS!IZ38</f>
+        <f>[11]Horizon_AS!IZ23+[11]Horizon_AS!IZ33+[11]Horizon_AS!IZ28+[11]Horizon_AS!IZ38</f>
         <v>0</v>
       </c>
       <c r="J23" s="10">
-        <f>[10]Horizon_AS!JA23+[10]Horizon_AS!JA33+[10]Horizon_AS!JA28+[10]Horizon_AS!JA38</f>
+        <f>[11]Horizon_AS!JA23+[11]Horizon_AS!JA33+[11]Horizon_AS!JA28+[11]Horizon_AS!JA38</f>
         <v>0</v>
       </c>
       <c r="K23" s="10">
-        <f>[10]Horizon_AS!JB23+[10]Horizon_AS!JB33+[10]Horizon_AS!JB28+[10]Horizon_AS!JB38</f>
+        <f>[11]Horizon_AS!JB23+[11]Horizon_AS!JB33+[11]Horizon_AS!JB28+[11]Horizon_AS!JB38</f>
         <v>0</v>
       </c>
       <c r="L23" s="10">
-        <f>[10]Horizon_AS!JC23+[10]Horizon_AS!JC33+[10]Horizon_AS!JC28+[10]Horizon_AS!JC38</f>
+        <f>[11]Horizon_AS!JC23+[11]Horizon_AS!JC33+[11]Horizon_AS!JC28+[11]Horizon_AS!JC38</f>
         <v>0</v>
       </c>
       <c r="M23" s="10">
-        <f>[10]Horizon_AS!JD23+[10]Horizon_AS!JD33+[10]Horizon_AS!JD28+[10]Horizon_AS!JD38</f>
+        <f>[11]Horizon_AS!JD23+[11]Horizon_AS!JD33+[11]Horizon_AS!JD28+[11]Horizon_AS!JD38</f>
         <v>0</v>
       </c>
       <c r="N23" s="10">
-        <f>[10]Horizon_AS!JE23+[10]Horizon_AS!JE33+[10]Horizon_AS!JE28+[10]Horizon_AS!JE38</f>
+        <f>[11]Horizon_AS!JE23+[11]Horizon_AS!JE33+[11]Horizon_AS!JE28+[11]Horizon_AS!JE38</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="10">
-        <f>[10]MESA_UA!JH$23+[10]MESA_UA!JH$28</f>
+        <f>[11]MESA_UA!JH$23+[11]MESA_UA!JH$28</f>
         <v>2525</v>
       </c>
       <c r="D24" s="10">
-        <f>[10]MESA_UA!JI$23+[10]MESA_UA!JI$28</f>
+        <f>[11]MESA_UA!JI$23+[11]MESA_UA!JI$28</f>
         <v>3849</v>
       </c>
       <c r="E24" s="10">
-        <f>[10]MESA_UA!JJ$23+[10]MESA_UA!JJ$28</f>
+        <f>[11]MESA_UA!JJ$23+[11]MESA_UA!JJ$28</f>
         <v>6462</v>
       </c>
       <c r="F24" s="10">
-        <f>[10]MESA_UA!JK$23+[10]MESA_UA!JK$28</f>
+        <f>[11]MESA_UA!JK$23+[11]MESA_UA!JK$28</f>
         <v>5019</v>
       </c>
       <c r="G24" s="10">
-        <f>[10]MESA_UA!JL$23+[10]MESA_UA!JL$28</f>
+        <f>[11]MESA_UA!JL$23+[11]MESA_UA!JL$28</f>
         <v>4702</v>
       </c>
       <c r="H24" s="10">
-        <f>[10]MESA_UA!JM$23+[10]MESA_UA!JM$28</f>
+        <f>[11]MESA_UA!JM$23+[11]MESA_UA!JM$28</f>
         <v>2755</v>
       </c>
       <c r="I24" s="10">
-        <f>[10]MESA_UA!JN$23+[10]MESA_UA!JN$28</f>
+        <f>[11]MESA_UA!JN$23+[11]MESA_UA!JN$28</f>
         <v>6578</v>
       </c>
       <c r="J24" s="10">
-        <f>[10]MESA_UA!JO$23+[10]MESA_UA!JO$28</f>
+        <f>[11]MESA_UA!JO$23+[11]MESA_UA!JO$28</f>
         <v>6357</v>
       </c>
       <c r="K24" s="10">
-        <f>[10]MESA_UA!JP$23+[10]MESA_UA!JP$28</f>
+        <f>[11]MESA_UA!JP$23+[11]MESA_UA!JP$28</f>
         <v>5687</v>
       </c>
       <c r="L24" s="10">
-        <f>[10]MESA_UA!JQ$23+[10]MESA_UA!JQ$28</f>
-        <v>0</v>
+        <f>[11]MESA_UA!JQ$23+[11]MESA_UA!JQ$28</f>
+        <v>5283</v>
       </c>
       <c r="M24" s="10">
-        <f>[10]MESA_UA!JR$23+[10]MESA_UA!JR$28</f>
+        <f>[11]MESA_UA!JR$23+[11]MESA_UA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N24" s="10">
-        <f>[10]MESA_UA!JS$23+[10]MESA_UA!JS$28</f>
+        <f>[11]MESA_UA!JS$23+[11]MESA_UA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="10">
-        <f>[10]MESA!JH$23+[10]MESA!JH$28</f>
+        <f>[11]MESA!JH$23+[11]MESA!JH$28</f>
         <v>0</v>
       </c>
       <c r="D25" s="10">
-        <f>[10]MESA!JI$23+[10]MESA!JI$28</f>
+        <f>[11]MESA!JI$23+[11]MESA!JI$28</f>
         <v>0</v>
       </c>
       <c r="E25" s="10">
-        <f>[10]MESA!JJ$23+[10]MESA!JJ$28</f>
+        <f>[11]MESA!JJ$23+[11]MESA!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F25" s="10">
-        <f>[10]MESA!JK$23+[10]MESA!JK$28</f>
+        <f>[11]MESA!JK$23+[11]MESA!JK$28</f>
         <v>0</v>
       </c>
       <c r="G25" s="10">
-        <f>[10]MESA!JL$23+[10]MESA!JL$28</f>
+        <f>[11]MESA!JL$23+[11]MESA!JL$28</f>
         <v>0</v>
       </c>
       <c r="H25" s="10">
-        <f>[10]MESA!JM$23+[10]MESA!JM$28</f>
+        <f>[11]MESA!JM$23+[11]MESA!JM$28</f>
         <v>0</v>
       </c>
       <c r="I25" s="10">
-        <f>[10]MESA!JN$23+[10]MESA!JN$28</f>
+        <f>[11]MESA!JN$23+[11]MESA!JN$28</f>
         <v>0</v>
       </c>
       <c r="J25" s="10">
-        <f>[10]MESA!JO$23+[10]MESA!JO$28</f>
+        <f>[11]MESA!JO$23+[11]MESA!JO$28</f>
         <v>0</v>
       </c>
       <c r="K25" s="10">
-        <f>[10]MESA!JP$23+[10]MESA!JP$28</f>
+        <f>[11]MESA!JP$23+[11]MESA!JP$28</f>
         <v>0</v>
       </c>
       <c r="L25" s="10">
-        <f>[10]MESA!JQ$23+[10]MESA!JQ$28</f>
+        <f>[11]MESA!JQ$23+[11]MESA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M25" s="10">
-        <f>[10]MESA!JR$23+[10]MESA!JR$28</f>
+        <f>[11]MESA!JR$23+[11]MESA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N25" s="10">
-        <f>[10]MESA!JS$23+[10]MESA!JS$28</f>
+        <f>[11]MESA!JS$23+[11]MESA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B26" s="53" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="10">
-        <f>[10]Republic!JH$23+[10]Republic!JH$28</f>
+        <f>[11]Republic!JH$23+[11]Republic!JH$28</f>
         <v>4153</v>
       </c>
       <c r="D26" s="10">
-        <f>[10]Republic!JI$23+[10]Republic!JI$28</f>
+        <f>[11]Republic!JI$23+[11]Republic!JI$28</f>
         <v>3392</v>
       </c>
       <c r="E26" s="10">
-        <f>[10]Republic!JJ$23+[10]Republic!JJ$28</f>
+        <f>[11]Republic!JJ$23+[11]Republic!JJ$28</f>
         <v>8410</v>
       </c>
       <c r="F26" s="10">
-        <f>[10]Republic!JK$23+[10]Republic!JK$28</f>
+        <f>[11]Republic!JK$23+[11]Republic!JK$28</f>
         <v>5909</v>
       </c>
       <c r="G26" s="10">
-        <f>[10]Republic!JL$23+[10]Republic!JL$28</f>
+        <f>[11]Republic!JL$23+[11]Republic!JL$28</f>
         <v>4798</v>
       </c>
       <c r="H26" s="10">
-        <f>[10]Republic!JM$23+[10]Republic!JM$28</f>
+        <f>[11]Republic!JM$23+[11]Republic!JM$28</f>
         <v>7335</v>
       </c>
       <c r="I26" s="10">
-        <f>[10]Republic!JN$23+[10]Republic!JN$28</f>
+        <f>[11]Republic!JN$23+[11]Republic!JN$28</f>
         <v>7550</v>
       </c>
       <c r="J26" s="10">
-        <f>[10]Republic!JO$23+[10]Republic!JO$28</f>
+        <f>[11]Republic!JO$23+[11]Republic!JO$28</f>
         <v>8711</v>
       </c>
       <c r="K26" s="10">
-        <f>[10]Republic!JP$23+[10]Republic!JP$28</f>
+        <f>[11]Republic!JP$23+[11]Republic!JP$28</f>
         <v>3142</v>
       </c>
       <c r="L26" s="10">
-        <f>[10]Republic!JQ$23+[10]Republic!JQ$28</f>
-        <v>0</v>
+        <f>[11]Republic!JQ$23+[11]Republic!JQ$28</f>
+        <v>8383</v>
       </c>
       <c r="M26" s="10">
-        <f>[10]Republic!JR$23+[10]Republic!JR$28</f>
+        <f>[11]Republic!JR$23+[11]Republic!JR$28</f>
         <v>0</v>
       </c>
       <c r="N26" s="10">
-        <f>[10]Republic!JS$23+[10]Republic!JS$28</f>
+        <f>[11]Republic!JS$23+[11]Republic!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B27" s="53" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="10">
-        <f>[10]Republic_UA!JH$23+[10]Republic_UA!JH$28</f>
+        <f>[11]Republic_UA!JH$23+[11]Republic_UA!JH$28</f>
         <v>5599</v>
       </c>
       <c r="D27" s="10">
-        <f>[10]Republic_UA!JI$23+[10]Republic_UA!JI$28</f>
+        <f>[11]Republic_UA!JI$23+[11]Republic_UA!JI$28</f>
         <v>5423</v>
       </c>
       <c r="E27" s="10">
-        <f>[10]Republic_UA!JJ$23+[10]Republic_UA!JJ$28</f>
+        <f>[11]Republic_UA!JJ$23+[11]Republic_UA!JJ$28</f>
         <v>8112</v>
       </c>
       <c r="F27" s="10">
-        <f>[10]Republic_UA!JK$23+[10]Republic_UA!JK$28</f>
+        <f>[11]Republic_UA!JK$23+[11]Republic_UA!JK$28</f>
         <v>3668</v>
       </c>
       <c r="G27" s="10">
-        <f>[10]Republic_UA!JL$23+[10]Republic_UA!JL$28</f>
+        <f>[11]Republic_UA!JL$23+[11]Republic_UA!JL$28</f>
         <v>1502</v>
       </c>
       <c r="H27" s="10">
-        <f>[10]Republic_UA!JM$23+[10]Republic_UA!JM$28</f>
+        <f>[11]Republic_UA!JM$23+[11]Republic_UA!JM$28</f>
         <v>3851</v>
       </c>
       <c r="I27" s="10">
-        <f>[10]Republic_UA!JN$23+[10]Republic_UA!JN$28</f>
+        <f>[11]Republic_UA!JN$23+[11]Republic_UA!JN$28</f>
         <v>76</v>
       </c>
       <c r="J27" s="10">
-        <f>[10]Republic_UA!JO$23+[10]Republic_UA!JO$28</f>
+        <f>[11]Republic_UA!JO$23+[11]Republic_UA!JO$28</f>
         <v>302</v>
       </c>
       <c r="K27" s="10">
-        <f>[10]Republic_UA!JP$23+[10]Republic_UA!JP$28</f>
+        <f>[11]Republic_UA!JP$23+[11]Republic_UA!JP$28</f>
         <v>73</v>
       </c>
       <c r="L27" s="10">
-        <f>[10]Republic_UA!JQ$23+[10]Republic_UA!JQ$28</f>
-        <v>0</v>
+        <f>[11]Republic_UA!JQ$23+[11]Republic_UA!JQ$28</f>
+        <v>772</v>
       </c>
       <c r="M27" s="10">
-        <f>[10]Republic_UA!JR$23+[10]Republic_UA!JR$28</f>
+        <f>[11]Republic_UA!JR$23+[11]Republic_UA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N27" s="10">
-        <f>[10]Republic_UA!JS$23+[10]Republic_UA!JS$28</f>
+        <f>[11]Republic_UA!JS$23+[11]Republic_UA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B28" s="53" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="10">
-        <f>'[10]Shuttle America'!JH$23+'[10]Shuttle America'!JH$28</f>
+        <f>'[11]Shuttle America'!JH$23+'[11]Shuttle America'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D28" s="10">
-        <f>'[10]Shuttle America'!JI$23+'[10]Shuttle America'!JI$28</f>
+        <f>'[11]Shuttle America'!JI$23+'[11]Shuttle America'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E28" s="10">
-        <f>'[10]Shuttle America'!JJ$23+'[10]Shuttle America'!JJ$28</f>
+        <f>'[11]Shuttle America'!JJ$23+'[11]Shuttle America'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F28" s="10">
-        <f>'[10]Shuttle America'!JK$23+'[10]Shuttle America'!JK$28</f>
+        <f>'[11]Shuttle America'!JK$23+'[11]Shuttle America'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G28" s="10">
-        <f>'[10]Shuttle America'!JL$23+'[10]Shuttle America'!JL$28</f>
+        <f>'[11]Shuttle America'!JL$23+'[11]Shuttle America'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H28" s="10">
-        <f>'[10]Shuttle America'!JM$23+'[10]Shuttle America'!JM$28</f>
+        <f>'[11]Shuttle America'!JM$23+'[11]Shuttle America'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I28" s="10">
-        <f>'[10]Shuttle America'!JN$23+'[10]Shuttle America'!JN$28</f>
+        <f>'[11]Shuttle America'!JN$23+'[11]Shuttle America'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J28" s="10">
-        <f>'[10]Shuttle America'!JO$23+'[10]Shuttle America'!JO$28</f>
+        <f>'[11]Shuttle America'!JO$23+'[11]Shuttle America'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K28" s="10">
-        <f>'[10]Shuttle America'!JP$23+'[10]Shuttle America'!JP$28</f>
+        <f>'[11]Shuttle America'!JP$23+'[11]Shuttle America'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L28" s="10">
-        <f>'[10]Shuttle America'!JQ$23+'[10]Shuttle America'!JQ$28</f>
+        <f>'[11]Shuttle America'!JQ$23+'[11]Shuttle America'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M28" s="10">
-        <f>'[10]Shuttle America'!JR$23+'[10]Shuttle America'!JR$28</f>
+        <f>'[11]Shuttle America'!JR$23+'[11]Shuttle America'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N28" s="10">
-        <f>'[10]Shuttle America'!JS$23+'[10]Shuttle America'!JS$28</f>
+        <f>'[11]Shuttle America'!JS$23+'[11]Shuttle America'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B29" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="10">
-        <f>'[10]Sky West_UA'!JH$23+'[10]Sky West_UA'!JH$28</f>
+        <f>'[11]Sky West_UA'!JH$23+'[11]Sky West_UA'!JH$28</f>
         <v>2345</v>
       </c>
       <c r="D29" s="10">
-        <f>'[10]Sky West_UA'!JI$23+'[10]Sky West_UA'!JI$28</f>
+        <f>'[11]Sky West_UA'!JI$23+'[11]Sky West_UA'!JI$28</f>
         <v>2234</v>
       </c>
       <c r="E29" s="10">
-        <f>'[10]Sky West_UA'!JJ$23+'[10]Sky West_UA'!JJ$28</f>
+        <f>'[11]Sky West_UA'!JJ$23+'[11]Sky West_UA'!JJ$28</f>
         <v>1918</v>
       </c>
       <c r="F29" s="10">
-        <f>'[10]Sky West_UA'!JK$23+'[10]Sky West_UA'!JK$28</f>
+        <f>'[11]Sky West_UA'!JK$23+'[11]Sky West_UA'!JK$28</f>
         <v>2758</v>
       </c>
       <c r="G29" s="10">
-        <f>'[10]Sky West_UA'!JL$23+'[10]Sky West_UA'!JL$28</f>
+        <f>'[11]Sky West_UA'!JL$23+'[11]Sky West_UA'!JL$28</f>
         <v>4540</v>
       </c>
       <c r="H29" s="10">
-        <f>'[10]Sky West_UA'!JM$23+'[10]Sky West_UA'!JM$28</f>
+        <f>'[11]Sky West_UA'!JM$23+'[11]Sky West_UA'!JM$28</f>
         <v>3549</v>
       </c>
       <c r="I29" s="10">
-        <f>'[10]Sky West_UA'!JN$23+'[10]Sky West_UA'!JN$28</f>
+        <f>'[11]Sky West_UA'!JN$23+'[11]Sky West_UA'!JN$28</f>
         <v>3499</v>
       </c>
       <c r="J29" s="10">
-        <f>'[10]Sky West_UA'!JO$23+'[10]Sky West_UA'!JO$28</f>
+        <f>'[11]Sky West_UA'!JO$23+'[11]Sky West_UA'!JO$28</f>
         <v>4010</v>
       </c>
       <c r="K29" s="10">
-        <f>'[10]Sky West_UA'!JP$23+'[10]Sky West_UA'!JP$28</f>
+        <f>'[11]Sky West_UA'!JP$23+'[11]Sky West_UA'!JP$28</f>
         <v>2920</v>
       </c>
       <c r="L29" s="10">
-        <f>'[10]Sky West_UA'!JQ$23+'[10]Sky West_UA'!JQ$28</f>
-        <v>0</v>
+        <f>'[11]Sky West_UA'!JQ$23+'[11]Sky West_UA'!JQ$28</f>
+        <v>2904</v>
       </c>
       <c r="M29" s="10">
-        <f>'[10]Sky West_UA'!JR$23+'[10]Sky West_UA'!JR$28</f>
+        <f>'[11]Sky West_UA'!JR$23+'[11]Sky West_UA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N29" s="10">
-        <f>'[10]Sky West_UA'!JS$23+'[10]Sky West_UA'!JS$28</f>
+        <f>'[11]Sky West_UA'!JS$23+'[11]Sky West_UA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="10">
-        <f>'[10]Sky West_AA'!JH$23+'[10]Sky West_AA'!JH$28</f>
+        <f>'[11]Sky West_AA'!JH$23+'[11]Sky West_AA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D30" s="10">
-        <f>'[10]Sky West_AA'!JI$23+'[10]Sky West_AA'!JI$28</f>
+        <f>'[11]Sky West_AA'!JI$23+'[11]Sky West_AA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E30" s="10">
-        <f>'[10]Sky West_AA'!JJ$23+'[10]Sky West_AA'!JJ$28</f>
+        <f>'[11]Sky West_AA'!JJ$23+'[11]Sky West_AA'!JJ$28</f>
         <v>64</v>
       </c>
       <c r="F30" s="10">
-        <f>'[10]Sky West_AA'!JK$23+'[10]Sky West_AA'!JK$28</f>
+        <f>'[11]Sky West_AA'!JK$23+'[11]Sky West_AA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G30" s="10">
-        <f>'[10]Sky West_AA'!JL$23+'[10]Sky West_AA'!JL$28</f>
+        <f>'[11]Sky West_AA'!JL$23+'[11]Sky West_AA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H30" s="10">
-        <f>'[10]Sky West_AA'!JM$23+'[10]Sky West_AA'!JM$28</f>
+        <f>'[11]Sky West_AA'!JM$23+'[11]Sky West_AA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I30" s="10">
-        <f>'[10]Sky West_AA'!JN$23+'[10]Sky West_AA'!JN$28</f>
+        <f>'[11]Sky West_AA'!JN$23+'[11]Sky West_AA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J30" s="10">
-        <f>'[10]Sky West_AA'!JO$23+'[10]Sky West_AA'!JO$28</f>
+        <f>'[11]Sky West_AA'!JO$23+'[11]Sky West_AA'!JO$28</f>
         <v>58</v>
       </c>
       <c r="K30" s="10">
-        <f>'[10]Sky West_AA'!JP$23+'[10]Sky West_AA'!JP$28</f>
+        <f>'[11]Sky West_AA'!JP$23+'[11]Sky West_AA'!JP$28</f>
         <v>2164</v>
       </c>
       <c r="L30" s="10">
-        <f>'[10]Sky West_AA'!JQ$23+'[10]Sky West_AA'!JQ$28</f>
-        <v>0</v>
+        <f>'[11]Sky West_AA'!JQ$23+'[11]Sky West_AA'!JQ$28</f>
+        <v>541</v>
       </c>
       <c r="M30" s="10">
-        <f>'[10]Sky West_AA'!JR$23+'[10]Sky West_AA'!JR$28</f>
+        <f>'[11]Sky West_AA'!JR$23+'[11]Sky West_AA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N30" s="10">
-        <f>'[10]Sky West_AA'!JS$23+'[10]Sky West_AA'!JS$28</f>
+        <f>'[11]Sky West_AA'!JS$23+'[11]Sky West_AA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="10">
-        <f>'[10]Sky West_AS'!JH$23+'[10]Sky West_AS'!JH$28</f>
+        <f>'[11]Sky West_AS'!JH$23+'[11]Sky West_AS'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D31" s="10">
-        <f>'[10]Sky West_AS'!JI$23+'[10]Sky West_AS'!JI$28</f>
+        <f>'[11]Sky West_AS'!JI$23+'[11]Sky West_AS'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E31" s="10">
-        <f>'[10]Sky West_AS'!JJ$23+'[10]Sky West_AS'!JJ$28</f>
+        <f>'[11]Sky West_AS'!JJ$23+'[11]Sky West_AS'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F31" s="10">
-        <f>'[10]Sky West_AS'!JK$23+'[10]Sky West_AS'!JK$28</f>
+        <f>'[11]Sky West_AS'!JK$23+'[11]Sky West_AS'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G31" s="10">
-        <f>'[10]Sky West_AS'!JL$23+'[10]Sky West_AS'!JL$28</f>
+        <f>'[11]Sky West_AS'!JL$23+'[11]Sky West_AS'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H31" s="10">
-        <f>'[10]Sky West_AS'!JM$23+'[10]Sky West_AS'!JM$28</f>
+        <f>'[11]Sky West_AS'!JM$23+'[11]Sky West_AS'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I31" s="10">
-        <f>'[10]Sky West_AS'!JN$23+'[10]Sky West_AS'!JN$28</f>
+        <f>'[11]Sky West_AS'!JN$23+'[11]Sky West_AS'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J31" s="10">
-        <f>'[10]Sky West_AS'!JO$23+'[10]Sky West_AS'!JO$28</f>
+        <f>'[11]Sky West_AS'!JO$23+'[11]Sky West_AS'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K31" s="10">
-        <f>'[10]Sky West_AS'!JP$23+'[10]Sky West_AS'!JP$28</f>
+        <f>'[11]Sky West_AS'!JP$23+'[11]Sky West_AS'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L31" s="10">
-        <f>'[10]Sky West_AS'!JQ$23+'[10]Sky West_AS'!JQ$28</f>
+        <f>'[11]Sky West_AS'!JQ$23+'[11]Sky West_AS'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M31" s="10">
-        <f>'[10]Sky West_AS'!JR$23+'[10]Sky West_AS'!JR$28</f>
+        <f>'[11]Sky West_AS'!JR$23+'[11]Sky West_AS'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N31" s="10">
-        <f>'[10]Sky West_AS'!JS$23+'[10]Sky West_AS'!JS$28</f>
+        <f>'[11]Sky West_AS'!JS$23+'[11]Sky West_AS'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="10">
-        <f>+[10]Spirit!JH$23+[10]Spirit!JH$28</f>
+        <f>+[11]Spirit!JH$23+[11]Spirit!JH$28</f>
         <v>10298</v>
       </c>
       <c r="D32" s="10">
-        <f>+[10]Spirit!JI$23+[10]Spirit!JI$28</f>
+        <f>+[11]Spirit!JI$23+[11]Spirit!JI$28</f>
         <v>6906</v>
       </c>
       <c r="E32" s="10">
-        <f>+[10]Spirit!JJ$23+[10]Spirit!JJ$28</f>
+        <f>+[11]Spirit!JJ$23+[11]Spirit!JJ$28</f>
         <v>23124</v>
       </c>
       <c r="F32" s="10">
-        <f>+[10]Spirit!JK$23+[10]Spirit!JK$28</f>
+        <f>+[11]Spirit!JK$23+[11]Spirit!JK$28</f>
         <v>8055</v>
       </c>
       <c r="G32" s="10">
-        <f>+[10]Spirit!JL$23+[10]Spirit!JL$28</f>
+        <f>+[11]Spirit!JL$23+[11]Spirit!JL$28</f>
         <v>6132</v>
       </c>
       <c r="H32" s="10">
-        <f>+[10]Spirit!JM$23+[10]Spirit!JM$28</f>
+        <f>+[11]Spirit!JM$23+[11]Spirit!JM$28</f>
         <v>5933</v>
       </c>
       <c r="I32" s="10">
-        <f>+[10]Spirit!JN$23+[10]Spirit!JN$28</f>
+        <f>+[11]Spirit!JN$23+[11]Spirit!JN$28</f>
         <v>7101</v>
       </c>
       <c r="J32" s="10">
-        <f>+[10]Spirit!JO$23+[10]Spirit!JO$28</f>
+        <f>+[11]Spirit!JO$23+[11]Spirit!JO$28</f>
         <v>9015</v>
       </c>
       <c r="K32" s="10">
-        <f>+[10]Spirit!JP$23+[10]Spirit!JP$28</f>
+        <f>+[11]Spirit!JP$23+[11]Spirit!JP$28</f>
         <v>4105</v>
       </c>
       <c r="L32" s="10">
-        <f>+[10]Spirit!JQ$23+[10]Spirit!JQ$28</f>
-        <v>0</v>
+        <f>+[11]Spirit!JQ$23+[11]Spirit!JQ$28</f>
+        <v>4464</v>
       </c>
       <c r="M32" s="10">
-        <f>+[10]Spirit!JR$23+[10]Spirit!JR$28</f>
+        <f>+[11]Spirit!JR$23+[11]Spirit!JR$28</f>
         <v>0</v>
       </c>
       <c r="N32" s="10">
-        <f>+[10]Spirit!JS$23+[10]Spirit!JS$28</f>
+        <f>+[11]Spirit!JS$23+[11]Spirit!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B33" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="10">
-        <f>[10]United!JH$23+[10]United!JH$28</f>
+        <f>[11]United!JH$23+[11]United!JH$28</f>
         <v>44719</v>
       </c>
       <c r="D33" s="10">
-        <f>[10]United!JI$23+[10]United!JI$28</f>
+        <f>[11]United!JI$23+[11]United!JI$28</f>
         <v>40992</v>
       </c>
       <c r="E33" s="10">
-        <f>[10]United!JJ$23+[10]United!JJ$28</f>
+        <f>[11]United!JJ$23+[11]United!JJ$28</f>
         <v>46755</v>
       </c>
       <c r="F33" s="10">
-        <f>[10]United!JK$23+[10]United!JK$28</f>
+        <f>[11]United!JK$23+[11]United!JK$28</f>
         <v>42193</v>
       </c>
       <c r="G33" s="10">
-        <f>[10]United!JL$23+[10]United!JL$28</f>
+        <f>[11]United!JL$23+[11]United!JL$28</f>
         <v>53287</v>
       </c>
       <c r="H33" s="10">
-        <f>[10]United!JM$23+[10]United!JM$28</f>
+        <f>[11]United!JM$23+[11]United!JM$28</f>
         <v>57113</v>
       </c>
       <c r="I33" s="10">
-        <f>[10]United!JN$23+[10]United!JN$28</f>
+        <f>[11]United!JN$23+[11]United!JN$28</f>
         <v>61353</v>
       </c>
       <c r="J33" s="10">
-        <f>[10]United!JO$23+[10]United!JO$28</f>
+        <f>[11]United!JO$23+[11]United!JO$28</f>
         <v>65920</v>
       </c>
       <c r="K33" s="10">
-        <f>[10]United!JP$23+[10]United!JP$28</f>
+        <f>[11]United!JP$23+[11]United!JP$28</f>
         <v>67922</v>
       </c>
       <c r="L33" s="10">
-        <f>[10]United!JQ$23+[10]United!JQ$28</f>
-        <v>0</v>
+        <f>[11]United!JQ$23+[11]United!JQ$28</f>
+        <v>65009</v>
       </c>
       <c r="M33" s="10">
-        <f>[10]United!JR$23+[10]United!JR$28</f>
+        <f>[11]United!JR$23+[11]United!JR$28</f>
         <v>0</v>
       </c>
       <c r="N33" s="10">
-        <f>[10]United!JS$23+[10]United!JS$28</f>
+        <f>[11]United!JS$23+[11]United!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="10">
-        <f>[10]WestJet!JH23+[10]WestJet!JH33</f>
+        <f>[11]WestJet!JH23+[11]WestJet!JH33</f>
         <v>4786</v>
       </c>
       <c r="D34" s="10">
-        <f>[10]WestJet!JI23+[10]WestJet!JI33</f>
+        <f>[11]WestJet!JI23+[11]WestJet!JI33</f>
         <v>5164</v>
       </c>
       <c r="E34" s="10">
-        <f>[10]WestJet!JJ23+[10]WestJet!JJ33</f>
+        <f>[11]WestJet!JJ23+[11]WestJet!JJ33</f>
         <v>5164</v>
       </c>
       <c r="F34" s="10">
-        <f>[10]WestJet!JK23+[10]WestJet!JK33</f>
+        <f>[11]WestJet!JK23+[11]WestJet!JK33</f>
         <v>5778</v>
       </c>
       <c r="G34" s="10">
-        <f>[10]WestJet!JL23+[10]WestJet!JL33</f>
+        <f>[11]WestJet!JL23+[11]WestJet!JL33</f>
         <v>9167</v>
       </c>
       <c r="H34" s="10">
-        <f>[10]WestJet!JM23+[10]WestJet!JM33+[10]WestJet!$JM$28+[10]WestJet!$JM$38</f>
+        <f>[11]WestJet!JM23+[11]WestJet!JM33+[11]WestJet!$JM$28+[11]WestJet!$JM$38</f>
         <v>10749</v>
       </c>
       <c r="I34" s="10">
-        <f>[10]WestJet!JN23+[10]WestJet!JN33</f>
+        <f>[11]WestJet!JN23+[11]WestJet!JN33</f>
         <v>10238</v>
       </c>
       <c r="J34" s="10">
-        <f>[10]WestJet!JO23+[10]WestJet!JO33</f>
+        <f>[11]WestJet!JO23+[11]WestJet!JO33</f>
         <v>10991</v>
       </c>
       <c r="K34" s="10">
-        <f>[10]WestJet!JP23+[10]WestJet!JP33</f>
+        <f>[11]WestJet!JP23+[11]WestJet!JP33</f>
         <v>7787</v>
       </c>
       <c r="L34" s="10">
-        <f>[10]WestJet!JQ23+[10]WestJet!JQ33</f>
-        <v>0</v>
+        <f>[11]WestJet!JQ23+[11]WestJet!JQ33</f>
+        <v>7698</v>
       </c>
       <c r="M34" s="10">
-        <f>[10]WestJet!JR23+[10]WestJet!JR33</f>
+        <f>[11]WestJet!JR23+[11]WestJet!JR33</f>
         <v>0</v>
       </c>
       <c r="N34" s="10">
-        <f>[10]WestJet!JS23+[10]WestJet!JS33</f>
+        <f>[11]WestJet!JS23+[11]WestJet!JS33</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:14" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B36" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="12">
         <f t="shared" ref="C36:N36" si="0">SUM(C10:C35)</f>
         <v>146865</v>
       </c>
       <c r="D36" s="12">
         <f>SUM(D10:D35)</f>
         <v>133958</v>
       </c>
       <c r="E36" s="12">
         <f t="shared" si="0"/>
         <v>184437</v>
       </c>
       <c r="F36" s="12">
         <f t="shared" si="0"/>
         <v>142821</v>
       </c>
       <c r="G36" s="12">
         <f t="shared" si="0"/>
         <v>173720</v>
       </c>
       <c r="H36" s="12">
         <f t="shared" si="0"/>
         <v>189856</v>
       </c>
       <c r="I36" s="12">
         <f t="shared" si="0"/>
         <v>202605</v>
       </c>
       <c r="J36" s="12">
         <f t="shared" si="0"/>
         <v>206136</v>
       </c>
       <c r="K36" s="12">
         <f t="shared" si="0"/>
         <v>183341</v>
       </c>
       <c r="L36" s="12">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>183415</v>
       </c>
       <c r="M36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="91" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A4:N30"/>
@@ -7927,572 +7723,572 @@
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="22">
         <v>2025</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B11" s="53" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="10">
-        <f>[10]Southwest!JH$23+[10]Southwest!JH$28+[10]Southwest!JH$33+[10]Southwest!JH$38</f>
+        <f>[11]Southwest!JH$23+[11]Southwest!JH$28+[11]Southwest!JH$33+[11]Southwest!JH$38</f>
         <v>47570</v>
       </c>
       <c r="D11" s="10">
-        <f>[10]Southwest!JI$23+[10]Southwest!JI$28+[10]Southwest!JI$33+[10]Southwest!JI$38</f>
+        <f>[11]Southwest!JI$23+[11]Southwest!JI$28+[11]Southwest!JI$33+[11]Southwest!JI$38</f>
         <v>46522</v>
       </c>
       <c r="E11" s="10">
-        <f>[10]Southwest!JJ$23+[10]Southwest!JJ$28+[10]Southwest!JJ$33+[10]Southwest!JJ$38</f>
+        <f>[11]Southwest!JJ$23+[11]Southwest!JJ$28+[11]Southwest!JJ$33+[11]Southwest!JJ$38</f>
         <v>67931</v>
       </c>
       <c r="F11" s="10">
-        <f>[10]Southwest!JK$23+[10]Southwest!JK$28+[10]Southwest!JK$33+[10]Southwest!JK$38</f>
+        <f>[11]Southwest!JK$23+[11]Southwest!JK$28+[11]Southwest!JK$33+[11]Southwest!JK$38</f>
         <v>53381</v>
       </c>
       <c r="G11" s="10">
-        <f>[10]Southwest!JL$23+[10]Southwest!JL$28+[10]Southwest!JL$33+[10]Southwest!JL$38</f>
+        <f>[11]Southwest!JL$23+[11]Southwest!JL$28+[11]Southwest!JL$33+[11]Southwest!JL$38</f>
         <v>60389</v>
       </c>
       <c r="H11" s="10">
-        <f>[10]Southwest!JM$23+[10]Southwest!JM$28+[10]Southwest!JM$33+[10]Southwest!JM$38</f>
+        <f>[11]Southwest!JM$23+[11]Southwest!JM$28+[11]Southwest!JM$33+[11]Southwest!JM$38</f>
         <v>72792</v>
       </c>
       <c r="I11" s="10">
-        <f>[10]Southwest!JN$23+[10]Southwest!JN$28+[10]Southwest!JN$33+[10]Southwest!JN$38</f>
+        <f>[11]Southwest!JN$23+[11]Southwest!JN$28+[11]Southwest!JN$33+[11]Southwest!JN$38</f>
         <v>79114</v>
       </c>
       <c r="J11" s="10">
-        <f>[10]Southwest!JO$23+[10]Southwest!JO$28+[10]Southwest!JO$33+[10]Southwest!JO$38</f>
+        <f>[11]Southwest!JO$23+[11]Southwest!JO$28+[11]Southwest!JO$33+[11]Southwest!JO$38</f>
         <v>80771</v>
       </c>
       <c r="K11" s="10">
-        <f>[10]Southwest!JP$23+[10]Southwest!JP$28+[10]Southwest!JP$33+[10]Southwest!JP$38</f>
+        <f>[11]Southwest!JP$23+[11]Southwest!JP$28+[11]Southwest!JP$33+[11]Southwest!JP$38</f>
         <v>75602</v>
       </c>
       <c r="L11" s="10">
-        <f>[10]Southwest!JQ$23+[10]Southwest!JQ$28+[10]Southwest!JQ$33+[10]Southwest!JQ$38</f>
-        <v>0</v>
+        <f>[11]Southwest!JQ$23+[11]Southwest!JQ$28+[11]Southwest!JQ$33+[11]Southwest!JQ$38</f>
+        <v>77159</v>
       </c>
       <c r="M11" s="10">
-        <f>[10]Southwest!JR$23+[10]Southwest!JR$28+[10]Southwest!JR$33+[10]Southwest!JR$38</f>
+        <f>[11]Southwest!JR$23+[11]Southwest!JR$28+[11]Southwest!JR$33+[11]Southwest!JR$38</f>
         <v>0</v>
       </c>
       <c r="N11" s="10">
-        <f>[10]Southwest!JS$23+[10]Southwest!JS$28+[10]Southwest!JS$33+[10]Southwest!JS$38</f>
+        <f>[11]Southwest!JS$23+[11]Southwest!JS$28+[11]Southwest!JS$33+[11]Southwest!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="10">
-        <f>[10]Icelandair!JH$23+[10]Icelandair!JH$28+[10]Icelandair!JH$33+[10]Icelandair!JH$38</f>
+        <f>[11]Icelandair!JH$23+[11]Icelandair!JH$28+[11]Icelandair!JH$33+[11]Icelandair!JH$38</f>
         <v>410</v>
       </c>
       <c r="D12" s="10">
-        <f>[10]Icelandair!JI$23+[10]Icelandair!JI$28+[10]Icelandair!JI$33+[10]Icelandair!JI$38</f>
+        <f>[11]Icelandair!JI$23+[11]Icelandair!JI$28+[11]Icelandair!JI$33+[11]Icelandair!JI$38</f>
         <v>151</v>
       </c>
       <c r="E12" s="10">
-        <f>[10]Icelandair!JJ$23+[10]Icelandair!JJ$28+[10]Icelandair!JJ$33+[10]Icelandair!JJ$38</f>
+        <f>[11]Icelandair!JJ$23+[11]Icelandair!JJ$28+[11]Icelandair!JJ$33+[11]Icelandair!JJ$38</f>
         <v>2978</v>
       </c>
       <c r="F12" s="10">
-        <f>[10]Icelandair!JK$23+[10]Icelandair!JK$28+[10]Icelandair!JK$33+[10]Icelandair!JK$38</f>
+        <f>[11]Icelandair!JK$23+[11]Icelandair!JK$28+[11]Icelandair!JK$33+[11]Icelandair!JK$38</f>
         <v>2589</v>
       </c>
       <c r="G12" s="10">
-        <f>[10]Icelandair!JL$23+[10]Icelandair!JL$28+[10]Icelandair!JL$33+[10]Icelandair!JL$38</f>
+        <f>[11]Icelandair!JL$23+[11]Icelandair!JL$28+[11]Icelandair!JL$33+[11]Icelandair!JL$38</f>
         <v>4516</v>
       </c>
       <c r="H12" s="10">
-        <f>[10]Icelandair!JM$23+[10]Icelandair!JM$28+[10]Icelandair!JM$33+[10]Icelandair!JM$38</f>
+        <f>[11]Icelandair!JM$23+[11]Icelandair!JM$28+[11]Icelandair!JM$33+[11]Icelandair!JM$38</f>
         <v>4764</v>
       </c>
       <c r="I12" s="10">
-        <f>[10]Icelandair!JN$23+[10]Icelandair!JN$28+[10]Icelandair!JN$33+[10]Icelandair!JN$38</f>
+        <f>[11]Icelandair!JN$23+[11]Icelandair!JN$28+[11]Icelandair!JN$33+[11]Icelandair!JN$38</f>
         <v>4696</v>
       </c>
       <c r="J12" s="10">
-        <f>[10]Icelandair!JO$23+[10]Icelandair!JO$28+[10]Icelandair!JO$33+[10]Icelandair!JO$38</f>
+        <f>[11]Icelandair!JO$23+[11]Icelandair!JO$28+[11]Icelandair!JO$33+[11]Icelandair!JO$38</f>
         <v>5064</v>
       </c>
       <c r="K12" s="10">
-        <f>[10]Icelandair!JP$23+[10]Icelandair!JP$28+[10]Icelandair!JP$33+[10]Icelandair!JP$38</f>
+        <f>[11]Icelandair!JP$23+[11]Icelandair!JP$28+[11]Icelandair!JP$33+[11]Icelandair!JP$38</f>
         <v>4642</v>
       </c>
       <c r="L12" s="10">
-        <f>[10]Icelandair!JQ$23+[10]Icelandair!JQ$28+[10]Icelandair!JQ$33+[10]Icelandair!JQ$38</f>
-        <v>0</v>
+        <f>[11]Icelandair!JQ$23+[11]Icelandair!JQ$28+[11]Icelandair!JQ$33+[11]Icelandair!JQ$38</f>
+        <v>3333</v>
       </c>
       <c r="M12" s="10">
-        <f>[10]Icelandair!JR$23+[10]Icelandair!JR$28+[10]Icelandair!JR$33+[10]Icelandair!JR$38</f>
+        <f>[11]Icelandair!JR$23+[11]Icelandair!JR$28+[11]Icelandair!JR$33+[11]Icelandair!JR$38</f>
         <v>0</v>
       </c>
       <c r="N12" s="10">
-        <f>[10]Icelandair!JS$23+[10]Icelandair!JS$28+[10]Icelandair!JS$33+[10]Icelandair!JS$38</f>
+        <f>[11]Icelandair!JS$23+[11]Icelandair!JS$28+[11]Icelandair!JS$33+[11]Icelandair!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="10">
-        <f>'[10]Sun Country'!JH$23+'[10]Sun Country'!JH$28+'[10]Sun Country'!JH$33+'[10]Sun Country'!JH$38</f>
+        <f>'[11]Sun Country'!JH$23+'[11]Sun Country'!JH$28+'[11]Sun Country'!JH$33+'[11]Sun Country'!JH$38</f>
         <v>118953</v>
       </c>
       <c r="D13" s="10">
-        <f>'[10]Sun Country'!JI$23+'[10]Sun Country'!JI$28+'[10]Sun Country'!JI$33+'[10]Sun Country'!JI$38</f>
+        <f>'[11]Sun Country'!JI$23+'[11]Sun Country'!JI$28+'[11]Sun Country'!JI$33+'[11]Sun Country'!JI$38</f>
         <v>168506</v>
       </c>
       <c r="E13" s="10">
-        <f>'[10]Sun Country'!JJ$23+'[10]Sun Country'!JJ$28+'[10]Sun Country'!JJ$33+'[10]Sun Country'!JJ$38</f>
+        <f>'[11]Sun Country'!JJ$23+'[11]Sun Country'!JJ$28+'[11]Sun Country'!JJ$33+'[11]Sun Country'!JJ$38</f>
         <v>229354</v>
       </c>
       <c r="F13" s="10">
-        <f>'[10]Sun Country'!JK$23+'[10]Sun Country'!JK$28+'[10]Sun Country'!JK$33+'[10]Sun Country'!JK$38</f>
+        <f>'[11]Sun Country'!JK$23+'[11]Sun Country'!JK$28+'[11]Sun Country'!JK$33+'[11]Sun Country'!JK$38</f>
         <v>149842</v>
       </c>
       <c r="G13" s="10">
-        <f>'[10]Sun Country'!JL$23+'[10]Sun Country'!JL$28+'[10]Sun Country'!JL$33+'[10]Sun Country'!JL$38</f>
+        <f>'[11]Sun Country'!JL$23+'[11]Sun Country'!JL$28+'[11]Sun Country'!JL$33+'[11]Sun Country'!JL$38</f>
         <v>140124</v>
       </c>
       <c r="H13" s="10">
-        <f>'[10]Sun Country'!JM$23+'[10]Sun Country'!JM$28+'[10]Sun Country'!JM$33+'[10]Sun Country'!JM$38</f>
+        <f>'[11]Sun Country'!JM$23+'[11]Sun Country'!JM$28+'[11]Sun Country'!JM$33+'[11]Sun Country'!JM$38</f>
         <v>202933</v>
       </c>
       <c r="I13" s="10">
-        <f>'[10]Sun Country'!JN$23+'[10]Sun Country'!JN$28+'[10]Sun Country'!JN$33+'[10]Sun Country'!JN$38</f>
+        <f>'[11]Sun Country'!JN$23+'[11]Sun Country'!JN$28+'[11]Sun Country'!JN$33+'[11]Sun Country'!JN$38</f>
         <v>221723</v>
       </c>
       <c r="J13" s="10">
-        <f>'[10]Sun Country'!JO$23+'[10]Sun Country'!JO$28+'[10]Sun Country'!JO$33+'[10]Sun Country'!JO$38</f>
+        <f>'[11]Sun Country'!JO$23+'[11]Sun Country'!JO$28+'[11]Sun Country'!JO$33+'[11]Sun Country'!JO$38</f>
         <v>173424</v>
       </c>
       <c r="K13" s="10">
-        <f>'[10]Sun Country'!JP$23+'[10]Sun Country'!JP$28+'[10]Sun Country'!JP$33+'[10]Sun Country'!JP$38</f>
+        <f>'[11]Sun Country'!JP$23+'[11]Sun Country'!JP$28+'[11]Sun Country'!JP$33+'[11]Sun Country'!JP$38</f>
         <v>91163</v>
       </c>
       <c r="L13" s="10">
-        <f>'[10]Sun Country'!JQ$23+'[10]Sun Country'!JQ$28+'[10]Sun Country'!JQ$33+'[10]Sun Country'!JQ$38</f>
-        <v>0</v>
+        <f>'[11]Sun Country'!JQ$23+'[11]Sun Country'!JQ$28+'[11]Sun Country'!JQ$33+'[11]Sun Country'!JQ$38</f>
+        <v>155699</v>
       </c>
       <c r="M13" s="10">
-        <f>'[10]Sun Country'!JR$23+'[10]Sun Country'!JR$28+'[10]Sun Country'!JR$33+'[10]Sun Country'!JR$38</f>
+        <f>'[11]Sun Country'!JR$23+'[11]Sun Country'!JR$28+'[11]Sun Country'!JR$33+'[11]Sun Country'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N13" s="10">
-        <f>'[10]Sun Country'!JS$23+'[10]Sun Country'!JS$28+'[10]Sun Country'!JS$33+'[10]Sun Country'!JS$38</f>
+        <f>'[11]Sun Country'!JS$23+'[11]Sun Country'!JS$28+'[11]Sun Country'!JS$33+'[11]Sun Country'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="10">
-        <f>[10]Condor!JH$23+[10]Condor!JH$28+[10]Condor!JH$33+[10]Condor!JH$38</f>
+        <f>[11]Condor!JH$23+[11]Condor!JH$28+[11]Condor!JH$33+[11]Condor!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>[10]Condor!JI$23+[10]Condor!JI$28+[10]Condor!JI$33+[10]Condor!JI$38</f>
+        <f>[11]Condor!JI$23+[11]Condor!JI$28+[11]Condor!JI$33+[11]Condor!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>[10]Condor!JJ$23+[10]Condor!JJ$28+[10]Condor!JJ$33+[10]Condor!JJ$38</f>
+        <f>[11]Condor!JJ$23+[11]Condor!JJ$28+[11]Condor!JJ$33+[11]Condor!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>[10]Condor!JK$23+[10]Condor!JK$28+[10]Condor!JK$33+[10]Condor!JK$38</f>
+        <f>[11]Condor!JK$23+[11]Condor!JK$28+[11]Condor!JK$33+[11]Condor!JK$38</f>
         <v>0</v>
       </c>
       <c r="G14" s="10">
-        <f>[10]Condor!JL$23+[10]Condor!JL$28+[10]Condor!JL$33+[10]Condor!JL$38</f>
+        <f>[11]Condor!JL$23+[11]Condor!JL$28+[11]Condor!JL$33+[11]Condor!JL$38</f>
         <v>0</v>
       </c>
       <c r="H14" s="10">
-        <f>[10]Condor!JM$23+[10]Condor!JM$28+[10]Condor!JM$33+[10]Condor!JM$38</f>
+        <f>[11]Condor!JM$23+[11]Condor!JM$28+[11]Condor!JM$33+[11]Condor!JM$38</f>
         <v>0</v>
       </c>
       <c r="I14" s="10">
-        <f>[10]Condor!JN$23+[10]Condor!JN$28+[10]Condor!JN$33+[10]Condor!JN$38</f>
+        <f>[11]Condor!JN$23+[11]Condor!JN$28+[11]Condor!JN$33+[11]Condor!JN$38</f>
         <v>0</v>
       </c>
       <c r="J14" s="10">
-        <f>[10]Condor!JO$23+[10]Condor!JO$28+[10]Condor!JO$33+[10]Condor!JO$38</f>
+        <f>[11]Condor!JO$23+[11]Condor!JO$28+[11]Condor!JO$33+[11]Condor!JO$38</f>
         <v>0</v>
       </c>
       <c r="K14" s="10">
-        <f>[10]Condor!JP$23+[10]Condor!JP$28+[10]Condor!JP$33+[10]Condor!JP$38</f>
+        <f>[11]Condor!JP$23+[11]Condor!JP$28+[11]Condor!JP$33+[11]Condor!JP$38</f>
         <v>0</v>
       </c>
       <c r="L14" s="10">
-        <f>[10]Condor!JQ$23+[10]Condor!JQ$28+[10]Condor!JQ$33+[10]Condor!JQ$38</f>
+        <f>[11]Condor!JQ$23+[11]Condor!JQ$28+[11]Condor!JQ$33+[11]Condor!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M14" s="10">
-        <f>[10]Condor!JR$23+[10]Condor!JR$28+[10]Condor!JR$33+[10]Condor!JR$38</f>
+        <f>[11]Condor!JR$23+[11]Condor!JR$28+[11]Condor!JR$33+[11]Condor!JR$38</f>
         <v>0</v>
       </c>
       <c r="N14" s="10">
-        <f>[10]Condor!JS$23+[10]Condor!JS$28+[10]Condor!JS$33+[10]Condor!JS$38</f>
+        <f>[11]Condor!JS$23+[11]Condor!JS$28+[11]Condor!JS$33+[11]Condor!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="10">
-        <f>'[10]Allegiant '!JH$23+'[10]Allegiant '!JH$28+'[10]Allegiant '!JH$33+'[10]Allegiant '!JH$38</f>
+        <f>'[11]Allegiant '!JH$23+'[11]Allegiant '!JH$28+'[11]Allegiant '!JH$33+'[11]Allegiant '!JH$38</f>
         <v>3730</v>
       </c>
       <c r="D15" s="10">
-        <f>'[10]Allegiant '!JI$23+'[10]Allegiant '!JI$28+'[10]Allegiant '!JI$33+'[10]Allegiant '!JI$38</f>
+        <f>'[11]Allegiant '!JI$23+'[11]Allegiant '!JI$28+'[11]Allegiant '!JI$33+'[11]Allegiant '!JI$38</f>
         <v>4758</v>
       </c>
       <c r="E15" s="10">
-        <f>'[10]Allegiant '!JJ$23+'[10]Allegiant '!JJ$28+'[10]Allegiant '!JJ$33+'[10]Allegiant '!JJ$38</f>
+        <f>'[11]Allegiant '!JJ$23+'[11]Allegiant '!JJ$28+'[11]Allegiant '!JJ$33+'[11]Allegiant '!JJ$38</f>
         <v>7488</v>
       </c>
       <c r="F15" s="10">
-        <f>'[10]Allegiant '!JK$23+'[10]Allegiant '!JK$28+'[10]Allegiant '!JK$33+'[10]Allegiant '!JK$38</f>
+        <f>'[11]Allegiant '!JK$23+'[11]Allegiant '!JK$28+'[11]Allegiant '!JK$33+'[11]Allegiant '!JK$38</f>
         <v>2007</v>
       </c>
       <c r="G15" s="10">
-        <f>'[10]Allegiant '!JL$23+'[10]Allegiant '!JL$28+'[10]Allegiant '!JL$33+'[10]Allegiant '!JL$38</f>
+        <f>'[11]Allegiant '!JL$23+'[11]Allegiant '!JL$28+'[11]Allegiant '!JL$33+'[11]Allegiant '!JL$38</f>
         <v>1194</v>
       </c>
       <c r="H15" s="10">
-        <f>'[10]Allegiant '!JM$23+'[10]Allegiant '!JM$28+'[10]Allegiant '!JM$33+'[10]Allegiant '!JM$38</f>
+        <f>'[11]Allegiant '!JM$23+'[11]Allegiant '!JM$28+'[11]Allegiant '!JM$33+'[11]Allegiant '!JM$38</f>
         <v>2752</v>
       </c>
       <c r="I15" s="10">
-        <f>'[10]Allegiant '!JN$23+'[10]Allegiant '!JN$28+'[10]Allegiant '!JN$33+'[10]Allegiant '!JN$38</f>
+        <f>'[11]Allegiant '!JN$23+'[11]Allegiant '!JN$28+'[11]Allegiant '!JN$33+'[11]Allegiant '!JN$38</f>
         <v>2623</v>
       </c>
       <c r="J15" s="10">
-        <f>'[10]Allegiant '!JO$23+'[10]Allegiant '!JO$28+'[10]Allegiant '!JO$33+'[10]Allegiant '!JO$38</f>
+        <f>'[11]Allegiant '!JO$23+'[11]Allegiant '!JO$28+'[11]Allegiant '!JO$33+'[11]Allegiant '!JO$38</f>
         <v>1133</v>
       </c>
       <c r="K15" s="10">
-        <f>'[10]Allegiant '!JP$23+'[10]Allegiant '!JP$28+'[10]Allegiant '!JP$33+'[10]Allegiant '!JP$38</f>
+        <f>'[11]Allegiant '!JP$23+'[11]Allegiant '!JP$28+'[11]Allegiant '!JP$33+'[11]Allegiant '!JP$38</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[10]Allegiant '!JQ$23+'[10]Allegiant '!JQ$28+'[10]Allegiant '!JQ$33+'[10]Allegiant '!JQ$38</f>
+        <f>'[11]Allegiant '!JQ$23+'[11]Allegiant '!JQ$28+'[11]Allegiant '!JQ$33+'[11]Allegiant '!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[10]Allegiant '!JR$23+'[10]Allegiant '!JR$28+'[10]Allegiant '!JR$33+'[10]Allegiant '!JR$38</f>
+        <f>'[11]Allegiant '!JR$23+'[11]Allegiant '!JR$28+'[11]Allegiant '!JR$33+'[11]Allegiant '!JR$38</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[10]Allegiant '!JS$23+'[10]Allegiant '!JS$28+'[10]Allegiant '!JS$33+'[10]Allegiant '!JS$38</f>
+        <f>'[11]Allegiant '!JS$23+'[11]Allegiant '!JS$28+'[11]Allegiant '!JS$33+'[11]Allegiant '!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="10">
-        <f>'[10]Charter Misc'!JH$23+'[10]Charter Misc'!JH$28+'[10]Charter Misc'!JH$33+'[10]Charter Misc'!JH$38</f>
+        <f>'[11]Charter Misc'!JH$23+'[11]Charter Misc'!JH$28+'[11]Charter Misc'!JH$33+'[11]Charter Misc'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D16" s="10">
-        <f>'[10]Charter Misc'!JI$23+'[10]Charter Misc'!JI$28+'[10]Charter Misc'!JI$33+'[10]Charter Misc'!JI$38</f>
+        <f>'[11]Charter Misc'!JI$23+'[11]Charter Misc'!JI$28+'[11]Charter Misc'!JI$33+'[11]Charter Misc'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E16" s="10">
-        <f>'[10]Charter Misc'!JJ$23+'[10]Charter Misc'!JJ$28+'[10]Charter Misc'!JJ$33+'[10]Charter Misc'!JJ$38</f>
+        <f>'[11]Charter Misc'!JJ$23+'[11]Charter Misc'!JJ$28+'[11]Charter Misc'!JJ$33+'[11]Charter Misc'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F16" s="10">
-        <f>'[10]Charter Misc'!JK$23+'[10]Charter Misc'!JK$28+'[10]Charter Misc'!JK$33+'[10]Charter Misc'!JK$38</f>
+        <f>'[11]Charter Misc'!JK$23+'[11]Charter Misc'!JK$28+'[11]Charter Misc'!JK$33+'[11]Charter Misc'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G16" s="10">
-        <f>'[10]Charter Misc'!JL$23+'[10]Charter Misc'!JL$28+'[10]Charter Misc'!JL$33+'[10]Charter Misc'!JL$38</f>
+        <f>'[11]Charter Misc'!JL$23+'[11]Charter Misc'!JL$28+'[11]Charter Misc'!JL$33+'[11]Charter Misc'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H16" s="10">
-        <f>'[10]Charter Misc'!JM$23+'[10]Charter Misc'!JM$28+'[10]Charter Misc'!JM$33+'[10]Charter Misc'!JM$38</f>
+        <f>'[11]Charter Misc'!JM$23+'[11]Charter Misc'!JM$28+'[11]Charter Misc'!JM$33+'[11]Charter Misc'!JM$38</f>
         <v>133</v>
       </c>
       <c r="I16" s="10">
-        <f>'[10]Charter Misc'!JN$23+'[10]Charter Misc'!JN$28+'[10]Charter Misc'!JN$33+'[10]Charter Misc'!JN$38</f>
+        <f>'[11]Charter Misc'!JN$23+'[11]Charter Misc'!JN$28+'[11]Charter Misc'!JN$33+'[11]Charter Misc'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J16" s="10">
-        <f>'[10]Charter Misc'!JO$23+'[10]Charter Misc'!JO$28+'[10]Charter Misc'!JO$33+'[10]Charter Misc'!JO$38</f>
+        <f>'[11]Charter Misc'!JO$23+'[11]Charter Misc'!JO$28+'[11]Charter Misc'!JO$33+'[11]Charter Misc'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K16" s="10">
-        <f>'[10]Charter Misc'!JP$23+'[10]Charter Misc'!JP$28+'[10]Charter Misc'!JP$33+'[10]Charter Misc'!JP$38</f>
+        <f>'[11]Charter Misc'!JP$23+'[11]Charter Misc'!JP$28+'[11]Charter Misc'!JP$33+'[11]Charter Misc'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L16" s="10">
-        <f>'[10]Charter Misc'!JQ$23+'[10]Charter Misc'!JQ$28+'[10]Charter Misc'!JQ$33+'[10]Charter Misc'!JQ$38</f>
+        <f>'[11]Charter Misc'!JQ$23+'[11]Charter Misc'!JQ$28+'[11]Charter Misc'!JQ$33+'[11]Charter Misc'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M16" s="10">
-        <f>'[10]Charter Misc'!JR$23+'[10]Charter Misc'!JR$28+'[10]Charter Misc'!JR$33+'[10]Charter Misc'!JR$38</f>
+        <f>'[11]Charter Misc'!JR$23+'[11]Charter Misc'!JR$28+'[11]Charter Misc'!JR$33+'[11]Charter Misc'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N16" s="10">
-        <f>'[10]Charter Misc'!JS$23+'[10]Charter Misc'!JS$28+'[10]Charter Misc'!JS$33+'[10]Charter Misc'!JS$38</f>
+        <f>'[11]Charter Misc'!JS$23+'[11]Charter Misc'!JS$28+'[11]Charter Misc'!JS$33+'[11]Charter Misc'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="10">
-        <f>'[10]Jet Blue'!JH$23+'[10]Jet Blue'!JH$28+'[10]Jet Blue'!JH$33+'[10]Jet Blue'!JH$38</f>
+        <f>'[11]Jet Blue'!JH$23+'[11]Jet Blue'!JH$28+'[11]Jet Blue'!JH$33+'[11]Jet Blue'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D17" s="10">
-        <f>'[10]Jet Blue'!JI$23+'[10]Jet Blue'!JI$28+'[10]Jet Blue'!JI$33+'[10]Jet Blue'!JI$38</f>
+        <f>'[11]Jet Blue'!JI$23+'[11]Jet Blue'!JI$28+'[11]Jet Blue'!JI$33+'[11]Jet Blue'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E17" s="10">
-        <f>'[10]Jet Blue'!JJ$23+'[10]Jet Blue'!JJ$28+'[10]Jet Blue'!JJ$33+'[10]Jet Blue'!JJ$38</f>
+        <f>'[11]Jet Blue'!JJ$23+'[11]Jet Blue'!JJ$28+'[11]Jet Blue'!JJ$33+'[11]Jet Blue'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F17" s="10">
-        <f>'[10]Jet Blue'!JK$23+'[10]Jet Blue'!JK$28+'[10]Jet Blue'!JK$33+'[10]Jet Blue'!JK$38</f>
+        <f>'[11]Jet Blue'!JK$23+'[11]Jet Blue'!JK$28+'[11]Jet Blue'!JK$33+'[11]Jet Blue'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G17" s="10">
-        <f>'[10]Jet Blue'!JL$23+'[10]Jet Blue'!JL$28+'[10]Jet Blue'!JL$33+'[10]Jet Blue'!JL$38</f>
+        <f>'[11]Jet Blue'!JL$23+'[11]Jet Blue'!JL$28+'[11]Jet Blue'!JL$33+'[11]Jet Blue'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H17" s="10">
-        <f>'[10]Jet Blue'!JM$23+'[10]Jet Blue'!JM$28+'[10]Jet Blue'!JM$33+'[10]Jet Blue'!JM$38</f>
+        <f>'[11]Jet Blue'!JM$23+'[11]Jet Blue'!JM$28+'[11]Jet Blue'!JM$33+'[11]Jet Blue'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I17" s="10">
-        <f>'[10]Jet Blue'!JN$23+'[10]Jet Blue'!JN$28+'[10]Jet Blue'!JN$33+'[10]Jet Blue'!JN$38</f>
+        <f>'[11]Jet Blue'!JN$23+'[11]Jet Blue'!JN$28+'[11]Jet Blue'!JN$33+'[11]Jet Blue'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J17" s="10">
-        <f>'[10]Jet Blue'!JO$23+'[10]Jet Blue'!JO$28+'[10]Jet Blue'!JO$33+'[10]Jet Blue'!JO$38</f>
+        <f>'[11]Jet Blue'!JO$23+'[11]Jet Blue'!JO$28+'[11]Jet Blue'!JO$33+'[11]Jet Blue'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K17" s="10">
-        <f>'[10]Jet Blue'!JP$23+'[10]Jet Blue'!JP$28+'[10]Jet Blue'!JP$33+'[10]Jet Blue'!JP$38</f>
+        <f>'[11]Jet Blue'!JP$23+'[11]Jet Blue'!JP$28+'[11]Jet Blue'!JP$33+'[11]Jet Blue'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L17" s="10">
-        <f>'[10]Jet Blue'!JQ$23+'[10]Jet Blue'!JQ$28+'[10]Jet Blue'!JQ$33+'[10]Jet Blue'!JQ$38</f>
+        <f>'[11]Jet Blue'!JQ$23+'[11]Jet Blue'!JQ$28+'[11]Jet Blue'!JQ$33+'[11]Jet Blue'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M17" s="10">
-        <f>'[10]Jet Blue'!JR$23+'[10]Jet Blue'!JR$28+'[10]Jet Blue'!JR$33+'[10]Jet Blue'!JR$38</f>
+        <f>'[11]Jet Blue'!JR$23+'[11]Jet Blue'!JR$28+'[11]Jet Blue'!JR$33+'[11]Jet Blue'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N17" s="10">
-        <f>'[10]Jet Blue'!JS$23+'[10]Jet Blue'!JS$28+'[10]Jet Blue'!JS$33+'[10]Jet Blue'!JS$38</f>
+        <f>'[11]Jet Blue'!JS$23+'[11]Jet Blue'!JS$28+'[11]Jet Blue'!JS$33+'[11]Jet Blue'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="10">
-        <f>[10]Frontier!JH$23+[10]Frontier!JH$28+[10]Frontier!JH$33+[10]Frontier!JH$38</f>
+        <f>[11]Frontier!JH$23+[11]Frontier!JH$28+[11]Frontier!JH$33+[11]Frontier!JH$38</f>
         <v>14719</v>
       </c>
       <c r="D18" s="10">
-        <f>[10]Frontier!JI$23+[10]Frontier!JI$28+[10]Frontier!JI$33+[10]Frontier!JI$38</f>
+        <f>[11]Frontier!JI$23+[11]Frontier!JI$28+[11]Frontier!JI$33+[11]Frontier!JI$38</f>
         <v>17256</v>
       </c>
       <c r="E18" s="10">
-        <f>[10]Frontier!JJ$23+[10]Frontier!JJ$28+[10]Frontier!JJ$33+[10]Frontier!JJ$38</f>
+        <f>[11]Frontier!JJ$23+[11]Frontier!JJ$28+[11]Frontier!JJ$33+[11]Frontier!JJ$38</f>
         <v>17718</v>
       </c>
       <c r="F18" s="10">
-        <f>[10]Frontier!JK$23+[10]Frontier!JK$28+[10]Frontier!JK$33+[10]Frontier!JK$38</f>
+        <f>[11]Frontier!JK$23+[11]Frontier!JK$28+[11]Frontier!JK$33+[11]Frontier!JK$38</f>
         <v>11319</v>
       </c>
       <c r="G18" s="10">
-        <f>[10]Frontier!JL$23+[10]Frontier!JL$28+[10]Frontier!JL$33+[10]Frontier!JL$38</f>
+        <f>[11]Frontier!JL$23+[11]Frontier!JL$28+[11]Frontier!JL$33+[11]Frontier!JL$38</f>
         <v>9810</v>
       </c>
       <c r="H18" s="10">
-        <f>[10]Frontier!JM$23+[10]Frontier!JM$28+[10]Frontier!JM$33+[10]Frontier!JM$38</f>
+        <f>[11]Frontier!JM$23+[11]Frontier!JM$28+[11]Frontier!JM$33+[11]Frontier!JM$38</f>
         <v>11572</v>
       </c>
       <c r="I18" s="10">
-        <f>[10]Frontier!JN$23+[10]Frontier!JN$28+[10]Frontier!JN$33+[10]Frontier!JN$38</f>
+        <f>[11]Frontier!JN$23+[11]Frontier!JN$28+[11]Frontier!JN$33+[11]Frontier!JN$38</f>
         <v>13562</v>
       </c>
       <c r="J18" s="10">
-        <f>[10]Frontier!JO$23+[10]Frontier!JO$28+[10]Frontier!JO$33+[10]Frontier!JO$38</f>
+        <f>[11]Frontier!JO$23+[11]Frontier!JO$28+[11]Frontier!JO$33+[11]Frontier!JO$38</f>
         <v>13354</v>
       </c>
       <c r="K18" s="10">
-        <f>[10]Frontier!JP$23+[10]Frontier!JP$28+[10]Frontier!JP$33+[10]Frontier!JP$38</f>
+        <f>[11]Frontier!JP$23+[11]Frontier!JP$28+[11]Frontier!JP$33+[11]Frontier!JP$38</f>
         <v>13435</v>
       </c>
       <c r="L18" s="10">
-        <f>[10]Frontier!JQ$23+[10]Frontier!JQ$28+[10]Frontier!JQ$33+[10]Frontier!JQ$38</f>
-        <v>0</v>
+        <f>[11]Frontier!JQ$23+[11]Frontier!JQ$28+[11]Frontier!JQ$33+[11]Frontier!JQ$38</f>
+        <v>16053</v>
       </c>
       <c r="M18" s="10">
-        <f>[10]Frontier!JR$23+[10]Frontier!JR$28+[10]Frontier!JR$33+[10]Frontier!JR$38</f>
+        <f>[11]Frontier!JR$23+[11]Frontier!JR$28+[11]Frontier!JR$33+[11]Frontier!JR$38</f>
         <v>0</v>
       </c>
       <c r="N18" s="10">
-        <f>[10]Frontier!JS$23+[10]Frontier!JS$28+[10]Frontier!JS$33+[10]Frontier!JS$38</f>
+        <f>[11]Frontier!JS$23+[11]Frontier!JS$28+[11]Frontier!JS$33+[11]Frontier!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="10">
-        <f>[10]Xtra!IT23+[10]Xtra!IT28+[10]Xtra!IT33+[10]Xtra!IT38</f>
+        <f>[11]Xtra!IT23+[11]Xtra!IT28+[11]Xtra!IT33+[11]Xtra!IT38</f>
         <v>0</v>
       </c>
       <c r="D19" s="10">
-        <f>[10]Xtra!IU23+[10]Xtra!IU28+[10]Xtra!IU33+[10]Xtra!IU38</f>
+        <f>[11]Xtra!IU23+[11]Xtra!IU28+[11]Xtra!IU33+[11]Xtra!IU38</f>
         <v>0</v>
       </c>
       <c r="E19" s="10">
-        <f>[10]Xtra!IV23+[10]Xtra!IV28+[10]Xtra!IV33+[10]Xtra!IV38</f>
+        <f>[11]Xtra!IV23+[11]Xtra!IV28+[11]Xtra!IV33+[11]Xtra!IV38</f>
         <v>0</v>
       </c>
       <c r="F19" s="10">
-        <f>[10]Xtra!IW23+[10]Xtra!IW28+[10]Xtra!IW33+[10]Xtra!IW38</f>
+        <f>[11]Xtra!IW23+[11]Xtra!IW28+[11]Xtra!IW33+[11]Xtra!IW38</f>
         <v>0</v>
       </c>
       <c r="G19" s="10">
-        <f>[10]Xtra!IX23+[10]Xtra!IX28+[10]Xtra!IX33+[10]Xtra!IX38</f>
+        <f>[11]Xtra!IX23+[11]Xtra!IX28+[11]Xtra!IX33+[11]Xtra!IX38</f>
         <v>0</v>
       </c>
       <c r="H19" s="10">
-        <f>[10]Xtra!IY23+[10]Xtra!IY28+[10]Xtra!IY33+[10]Xtra!IY38</f>
+        <f>[11]Xtra!IY23+[11]Xtra!IY28+[11]Xtra!IY33+[11]Xtra!IY38</f>
         <v>0</v>
       </c>
       <c r="I19" s="10">
-        <f>[10]Xtra!IZ23+[10]Xtra!IZ28+[10]Xtra!IZ33+[10]Xtra!IZ38</f>
+        <f>[11]Xtra!IZ23+[11]Xtra!IZ28+[11]Xtra!IZ33+[11]Xtra!IZ38</f>
         <v>0</v>
       </c>
       <c r="J19" s="10">
-        <f>[10]Xtra!JA23+[10]Xtra!JA28+[10]Xtra!JA33+[10]Xtra!JA38</f>
+        <f>[11]Xtra!JA23+[11]Xtra!JA28+[11]Xtra!JA33+[11]Xtra!JA38</f>
         <v>0</v>
       </c>
       <c r="K19" s="10">
-        <f>[10]Xtra!JB23+[10]Xtra!JB28+[10]Xtra!JB33+[10]Xtra!JB38</f>
+        <f>[11]Xtra!JB23+[11]Xtra!JB28+[11]Xtra!JB33+[11]Xtra!JB38</f>
         <v>0</v>
       </c>
       <c r="L19" s="10">
-        <f>[10]Xtra!JC23+[10]Xtra!JC28+[10]Xtra!JC33+[10]Xtra!JC38</f>
+        <f>[11]Xtra!JC23+[11]Xtra!JC28+[11]Xtra!JC33+[11]Xtra!JC38</f>
         <v>0</v>
       </c>
       <c r="M19" s="10">
-        <f>[10]Xtra!JD23+[10]Xtra!JD28+[10]Xtra!JD33+[10]Xtra!JD38</f>
+        <f>[11]Xtra!JD23+[11]Xtra!JD28+[11]Xtra!JD33+[11]Xtra!JD38</f>
         <v>0</v>
       </c>
       <c r="N19" s="10">
-        <f>[10]Xtra!JE23+[10]Xtra!JE28+[10]Xtra!JE33+[10]Xtra!JE38</f>
+        <f>[11]Xtra!JE23+[11]Xtra!JE28+[11]Xtra!JE33+[11]Xtra!JE38</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="10">
-        <f>[10]Omni!JH$23+[10]Omni!JH$28+[10]Omni!JH$33+[10]Omni!JH$38</f>
+        <f>[11]Omni!JH$23+[11]Omni!JH$28+[11]Omni!JH$33+[11]Omni!JH$38</f>
         <v>0</v>
       </c>
       <c r="D20" s="10">
-        <f>[10]Omni!JI$23+[10]Omni!JI$28+[10]Omni!JI$33+[10]Omni!JI$38</f>
+        <f>[11]Omni!JI$23+[11]Omni!JI$28+[11]Omni!JI$33+[11]Omni!JI$38</f>
         <v>112</v>
       </c>
       <c r="E20" s="10">
-        <f>[10]Omni!JJ$23+[10]Omni!JJ$28+[10]Omni!JJ$33+[10]Omni!JJ$38</f>
+        <f>[11]Omni!JJ$23+[11]Omni!JJ$28+[11]Omni!JJ$33+[11]Omni!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F20" s="10">
-        <f>[10]Omni!JK$23+[10]Omni!JK$28+[10]Omni!JK$33+[10]Omni!JK$38</f>
+        <f>[11]Omni!JK$23+[11]Omni!JK$28+[11]Omni!JK$33+[11]Omni!JK$38</f>
         <v>0</v>
       </c>
       <c r="G20" s="10">
-        <f>[10]Omni!JL$23+[10]Omni!JL$28+[10]Omni!JL$33+[10]Omni!JL$38</f>
+        <f>[11]Omni!JL$23+[11]Omni!JL$28+[11]Omni!JL$33+[11]Omni!JL$38</f>
         <v>0</v>
       </c>
       <c r="H20" s="10">
-        <f>[10]Omni!JM$23+[10]Omni!JM$28+[10]Omni!JM$33+[10]Omni!JM$38</f>
+        <f>[11]Omni!JM$23+[11]Omni!JM$28+[11]Omni!JM$33+[11]Omni!JM$38</f>
         <v>0</v>
       </c>
       <c r="I20" s="10">
-        <f>[10]Omni!JN$23+[10]Omni!JN$28+[10]Omni!JN$33+[10]Omni!JN$38</f>
+        <f>[11]Omni!JN$23+[11]Omni!JN$28+[11]Omni!JN$33+[11]Omni!JN$38</f>
         <v>0</v>
       </c>
       <c r="J20" s="10">
-        <f>[10]Omni!JO$23+[10]Omni!JO$28+[10]Omni!JO$33+[10]Omni!JO$38</f>
+        <f>[11]Omni!JO$23+[11]Omni!JO$28+[11]Omni!JO$33+[11]Omni!JO$38</f>
         <v>191</v>
       </c>
       <c r="K20" s="10">
-        <f>[10]Omni!JP$23+[10]Omni!JP$28+[10]Omni!JP$33+[10]Omni!JP$38</f>
+        <f>[11]Omni!JP$23+[11]Omni!JP$28+[11]Omni!JP$33+[11]Omni!JP$38</f>
         <v>0</v>
       </c>
       <c r="L20" s="10">
-        <f>[10]Omni!JQ$23+[10]Omni!JQ$28+[10]Omni!JQ$33+[10]Omni!JQ$38</f>
+        <f>[11]Omni!JQ$23+[11]Omni!JQ$28+[11]Omni!JQ$33+[11]Omni!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M20" s="10">
-        <f>[10]Omni!JR$23+[10]Omni!JR$28+[10]Omni!JR$33+[10]Omni!JR$38</f>
+        <f>[11]Omni!JR$23+[11]Omni!JR$28+[11]Omni!JR$33+[11]Omni!JR$38</f>
         <v>0</v>
       </c>
       <c r="N20" s="10">
-        <f>[10]Omni!JS$23+[10]Omni!JS$28+[10]Omni!JS$33+[10]Omni!JS$38</f>
+        <f>[11]Omni!JS$23+[11]Omni!JS$28+[11]Omni!JS$33+[11]Omni!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" spans="2:14" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B22" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="11">
         <f t="shared" ref="C22" si="0">SUM(C11:C20)</f>
         <v>185382</v>
       </c>
@@ -8508,51 +8304,51 @@
         <f t="shared" si="1"/>
         <v>219138</v>
       </c>
       <c r="G22" s="11">
         <f t="shared" si="1"/>
         <v>216033</v>
       </c>
       <c r="H22" s="11">
         <f t="shared" si="1"/>
         <v>294946</v>
       </c>
       <c r="I22" s="11">
         <f t="shared" si="1"/>
         <v>321718</v>
       </c>
       <c r="J22" s="11">
         <f t="shared" si="1"/>
         <v>273937</v>
       </c>
       <c r="K22" s="11">
         <f t="shared" si="1"/>
         <v>184842</v>
       </c>
       <c r="L22" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>252244</v>
       </c>
       <c r="M22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B25" s="10"/>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B30" s="10"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.59" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="92" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 