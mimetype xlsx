--- v2 (2025-12-20)
+++ v3 (2026-01-24)
@@ -1,107 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\data\Finance Stats\Monthly Operations report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2260D942-E6EB-457A-802F-1732F1FAD207}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB023F4C-306E-4DB0-ACE7-6D1259307E12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Concourse Report" sheetId="4" r:id="rId1"/>
     <sheet name="E Detail" sheetId="2" r:id="rId2"/>
     <sheet name="Terminal 2" sheetId="3" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
     <externalReference r:id="rId9"/>
     <externalReference r:id="rId10"/>
     <externalReference r:id="rId11"/>
     <externalReference r:id="rId12"/>
     <externalReference r:id="rId13"/>
     <externalReference r:id="rId14"/>
+    <externalReference r:id="rId15"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K10" i="4" l="1"/>
+  <c r="L2" i="4" l="1"/>
+  <c r="K10" i="4"/>
   <c r="K2" i="4"/>
   <c r="K31" i="4" l="1"/>
   <c r="K28" i="4"/>
   <c r="K27" i="4"/>
   <c r="K26" i="4"/>
   <c r="J2" i="4"/>
   <c r="I2" i="4" l="1"/>
   <c r="I31" i="4" l="1"/>
   <c r="I28" i="4"/>
   <c r="I27" i="4"/>
   <c r="I26" i="4"/>
   <c r="H34" i="2"/>
   <c r="H11" i="2"/>
   <c r="G31" i="4" l="1"/>
   <c r="G27" i="4"/>
   <c r="G28" i="4"/>
   <c r="C11" i="2"/>
   <c r="D11" i="2"/>
   <c r="E11" i="2"/>
   <c r="F11" i="2"/>
   <c r="I11" i="2"/>
   <c r="J11" i="2"/>
   <c r="K11" i="2"/>
   <c r="L11" i="2"/>
   <c r="M11" i="2"/>
@@ -547,52 +550,50 @@
   <c r="C14" i="2"/>
   <c r="C15" i="2"/>
   <c r="C16" i="2"/>
   <c r="C17" i="2"/>
   <c r="C18" i="2"/>
   <c r="C19" i="2"/>
   <c r="C20" i="2"/>
   <c r="C21" i="2"/>
   <c r="C22" i="2"/>
   <c r="C23" i="2"/>
   <c r="C24" i="2"/>
   <c r="C25" i="2"/>
   <c r="C26" i="2"/>
   <c r="C27" i="2"/>
   <c r="C28" i="2"/>
   <c r="C29" i="2"/>
   <c r="C30" i="2"/>
   <c r="C31" i="2"/>
   <c r="C32" i="2"/>
   <c r="C33" i="2"/>
   <c r="C34" i="2"/>
   <c r="C36" i="2" l="1"/>
   <c r="B6" i="4" s="1"/>
   <c r="M29" i="4"/>
   <c r="M32" i="4" s="1"/>
-  <c r="L29" i="4"/>
-  <c r="L32" i="4" s="1"/>
   <c r="K29" i="4" l="1"/>
   <c r="K32" i="4" s="1"/>
   <c r="I29" i="4" l="1"/>
   <c r="I32" i="4" s="1"/>
   <c r="E29" i="4" l="1"/>
   <c r="E32" i="4" s="1"/>
   <c r="N15" i="4" l="1"/>
   <c r="N14" i="4"/>
   <c r="N19" i="4" l="1"/>
   <c r="N13" i="4"/>
   <c r="M17" i="4" l="1"/>
   <c r="M21" i="4" s="1"/>
   <c r="L17" i="4"/>
   <c r="L21" i="4" s="1"/>
   <c r="K17" i="4"/>
   <c r="K21" i="4" s="1"/>
   <c r="J17" i="4"/>
   <c r="J21" i="4" s="1"/>
   <c r="I17" i="4"/>
   <c r="I21" i="4" s="1"/>
   <c r="H17" i="4"/>
   <c r="H21" i="4" s="1"/>
   <c r="G17" i="4"/>
   <c r="G21" i="4" s="1"/>
   <c r="F17" i="4"/>
@@ -669,58 +670,64 @@
   <c r="C31" i="4"/>
   <c r="C29" i="4" l="1"/>
   <c r="C32" i="4" s="1"/>
   <c r="D28" i="4" l="1"/>
   <c r="D26" i="4" l="1"/>
   <c r="D27" i="4"/>
   <c r="D31" i="4"/>
   <c r="D29" i="4" l="1"/>
   <c r="D32" i="4" s="1"/>
   <c r="F28" i="4" l="1"/>
   <c r="F26" i="4" l="1"/>
   <c r="F27" i="4"/>
   <c r="F31" i="4"/>
   <c r="F29" i="4" l="1"/>
   <c r="F32" i="4" s="1"/>
   <c r="G26" i="4" l="1"/>
   <c r="G29" i="4" l="1"/>
   <c r="G32" i="4" s="1"/>
   <c r="H28" i="4" l="1"/>
   <c r="H26" i="4" l="1"/>
   <c r="H27" i="4"/>
   <c r="H31" i="4"/>
   <c r="H29" i="4" l="1"/>
   <c r="H32" i="4" s="1"/>
   <c r="J28" i="4" l="1"/>
-  <c r="N28" i="4" s="1"/>
   <c r="J26" i="4" l="1"/>
   <c r="J27" i="4"/>
-  <c r="N27" i="4" s="1"/>
   <c r="J31" i="4"/>
-  <c r="N31" i="4" s="1"/>
   <c r="J29" i="4" l="1"/>
   <c r="J32" i="4" s="1"/>
+  <c r="L28" i="4" l="1"/>
+  <c r="N28" i="4" s="1"/>
+  <c r="L26" i="4" l="1"/>
+  <c r="L27" i="4"/>
+  <c r="N27" i="4" s="1"/>
+  <c r="L31" i="4"/>
+  <c r="N31" i="4" s="1"/>
+  <c r="L29" i="4" l="1"/>
+  <c r="L32" i="4" s="1"/>
   <c r="N26" i="4"/>
   <c r="N29" i="4" s="1"/>
   <c r="N32" i="4" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="82">
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
@@ -1430,62 +1437,66 @@
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="39"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink11.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20January%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20January%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20October%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20October%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20November%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20November%202025.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Airline%20Stats\carier%20data%20entry.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/data/Finance%20Stats/Airline%20Stats/carier%20data%20entry.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20February%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20February%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20March%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20March%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20April%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20April%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20May%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20May%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20June%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20June%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20July%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20July%202025.xlsx" TargetMode="External"/></Relationships>
@@ -1523,51 +1534,57 @@
         <row r="5">
           <cell r="C5">
             <v>1033421</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>203110</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>39718</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="21">
+          <cell r="B21">
+            <v>174577</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink10.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -1580,62 +1597,131 @@
         <row r="5">
           <cell r="C5">
             <v>1244031</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>254783</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>47920</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
+      <sheetData sheetId="5">
+        <row r="30">
+          <cell r="B30">
+            <v>131393</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7">
+        <row r="5">
+          <cell r="I5">
+            <v>84137.185775790145</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink11.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1052638</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>205821</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>41028</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
-<file path=xl/externalLinks/externalLink11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/externalLinks/externalLink12.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Master Template"/>
       <sheetName val="NWA"/>
       <sheetName val="Air Choice One"/>
       <sheetName val="AirTran"/>
       <sheetName val="AirCanada"/>
       <sheetName val="Air France"/>
       <sheetName val="Allegiant "/>
       <sheetName val="Aer Lingus"/>
       <sheetName val="Alaska"/>
       <sheetName val="America West"/>
       <sheetName val="American"/>
       <sheetName val="Continental"/>
       <sheetName val="Boutique Air"/>
       <sheetName val="Condor"/>
       <sheetName val="Delta"/>
       <sheetName val="Denver Air"/>
       <sheetName val="Frontier"/>
       <sheetName val="Icelandair"/>
       <sheetName val="Jet Blue"/>
@@ -1699,50 +1785,53 @@
       <sheetName val="DHL_Kalitta"/>
       <sheetName val="DHL_Mesa"/>
       <sheetName val="DHL_Southair"/>
       <sheetName val="DHL_Swift"/>
       <sheetName val="Encore"/>
       <sheetName val="Suburban Air Freight"/>
       <sheetName val="FedEx"/>
       <sheetName val="Mountain Cargo"/>
       <sheetName val="IFL"/>
       <sheetName val="UPS"/>
       <sheetName val="UPSSCS"/>
       <sheetName val="AM Intl_kittyhawk"/>
       <sheetName val="ATI_BAX"/>
       <sheetName val="Bemidji"/>
       <sheetName val="CSA Air"/>
       <sheetName val="Misc Cargo"/>
       <sheetName val="Military "/>
       <sheetName val="General Avation"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -1766,52 +1855,59 @@
             <v>94</v>
           </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38">
             <v>84</v>
           </cell>
           <cell r="JM38">
             <v>100</v>
           </cell>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="8">
+          <cell r="JR8"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="6">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>3730</v>
           </cell>
           <cell r="JI23">
             <v>4758</v>
           </cell>
           <cell r="JJ23">
             <v>7488</v>
           </cell>
           <cell r="JK23">
             <v>2007</v>
           </cell>
           <cell r="JL23">
             <v>1194</v>
           </cell>
           <cell r="JM23">
             <v>2752</v>
           </cell>
           <cell r="JN23">
             <v>2623</v>
           </cell>
           <cell r="JO23">
             <v>1133</v>
           </cell>
@@ -1842,251 +1938,279 @@
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="7">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33">
             <v>2209</v>
           </cell>
           <cell r="JL33">
             <v>3561</v>
           </cell>
           <cell r="JM33">
             <v>3357</v>
           </cell>
           <cell r="JN33">
             <v>3152</v>
           </cell>
           <cell r="JO33">
             <v>4302</v>
           </cell>
           <cell r="JP33">
             <v>3377</v>
           </cell>
           <cell r="JQ33">
             <v>2473</v>
           </cell>
-          <cell r="JR33"/>
+          <cell r="JR33">
+            <v>1879</v>
+          </cell>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38">
             <v>17</v>
           </cell>
           <cell r="JL38">
             <v>13</v>
           </cell>
           <cell r="JM38">
             <v>22</v>
           </cell>
           <cell r="JN38">
             <v>14</v>
           </cell>
           <cell r="JO38">
             <v>20</v>
           </cell>
           <cell r="JP38">
             <v>20</v>
           </cell>
           <cell r="JQ38">
             <v>15</v>
           </cell>
-          <cell r="JR38"/>
+          <cell r="JR38">
+            <v>14</v>
+          </cell>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="8">
+        <row r="4">
+          <cell r="JR4">
+            <v>87</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>9324</v>
           </cell>
           <cell r="JI23">
             <v>7494</v>
           </cell>
           <cell r="JJ23">
             <v>9834</v>
           </cell>
           <cell r="JK23">
             <v>9324</v>
           </cell>
           <cell r="JL23">
             <v>13286</v>
           </cell>
           <cell r="JM23">
             <v>19191</v>
           </cell>
           <cell r="JN23">
             <v>24832</v>
           </cell>
           <cell r="JO23">
             <v>23561</v>
           </cell>
           <cell r="JP23">
             <v>16905</v>
           </cell>
           <cell r="JQ23">
             <v>14651</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>11545</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>397</v>
           </cell>
           <cell r="JI28">
             <v>361</v>
           </cell>
           <cell r="JJ28">
             <v>484</v>
           </cell>
           <cell r="JK28">
             <v>397</v>
           </cell>
           <cell r="JL28">
             <v>631</v>
           </cell>
           <cell r="JM28">
             <v>763</v>
           </cell>
           <cell r="JN28">
             <v>764</v>
           </cell>
           <cell r="JO28">
             <v>812</v>
           </cell>
           <cell r="JP28">
             <v>577</v>
           </cell>
           <cell r="JQ28">
             <v>472</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>428</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10">
+        <row r="4">
+          <cell r="JR4">
+            <v>298</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>47360</v>
           </cell>
           <cell r="JI23">
             <v>43797</v>
           </cell>
           <cell r="JJ23">
             <v>58356</v>
           </cell>
           <cell r="JK23">
             <v>43688</v>
           </cell>
           <cell r="JL23">
             <v>50923</v>
           </cell>
           <cell r="JM23">
             <v>55861</v>
           </cell>
           <cell r="JN23">
             <v>61548</v>
           </cell>
           <cell r="JO23">
             <v>55767</v>
           </cell>
           <cell r="JP23">
             <v>53802</v>
           </cell>
           <cell r="JQ23">
             <v>53418</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>40210</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1862</v>
           </cell>
           <cell r="JI28">
             <v>1626</v>
           </cell>
           <cell r="JJ28">
             <v>1844</v>
           </cell>
           <cell r="JK28">
             <v>2042</v>
           </cell>
           <cell r="JL28">
             <v>2053</v>
           </cell>
           <cell r="JM28">
             <v>2190</v>
           </cell>
           <cell r="JN28">
             <v>1952</v>
           </cell>
           <cell r="JO28">
             <v>1920</v>
           </cell>
           <cell r="JP28">
             <v>1835</v>
           </cell>
           <cell r="JQ28">
             <v>1893</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>1576</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13">
+        <row r="5">
+          <cell r="JR5"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2100,220 +2224,247 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="14"/>
+      <sheetData sheetId="14">
+        <row r="4">
+          <cell r="JR4">
+            <v>5188</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="15">
+        <row r="4">
+          <cell r="JR4">
+            <v>75</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>894</v>
           </cell>
           <cell r="JI23">
             <v>788</v>
           </cell>
           <cell r="JJ23">
             <v>844</v>
           </cell>
           <cell r="JK23">
             <v>563</v>
           </cell>
           <cell r="JL23">
             <v>801</v>
           </cell>
           <cell r="JM23">
             <v>893</v>
           </cell>
           <cell r="JN23">
             <v>672</v>
           </cell>
           <cell r="JO23">
             <v>847</v>
           </cell>
           <cell r="JP23">
             <v>771</v>
           </cell>
           <cell r="JQ23">
             <v>884</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>733</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>20</v>
           </cell>
           <cell r="JI28">
             <v>39</v>
           </cell>
           <cell r="JJ28">
             <v>44</v>
           </cell>
           <cell r="JK28">
             <v>28</v>
           </cell>
           <cell r="JL28">
             <v>52</v>
           </cell>
           <cell r="JM28">
             <v>52</v>
           </cell>
           <cell r="JN28">
             <v>64</v>
           </cell>
           <cell r="JO28">
             <v>55</v>
           </cell>
           <cell r="JP28">
             <v>35</v>
           </cell>
           <cell r="JQ28">
             <v>34</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>37</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="16">
+        <row r="4">
+          <cell r="JR4">
+            <v>85</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>14618</v>
           </cell>
           <cell r="JI23">
             <v>17106</v>
           </cell>
           <cell r="JJ23">
             <v>17618</v>
           </cell>
           <cell r="JK23">
             <v>11248</v>
           </cell>
           <cell r="JL23">
             <v>9757</v>
           </cell>
           <cell r="JM23">
             <v>11472</v>
           </cell>
           <cell r="JN23">
             <v>13475</v>
           </cell>
           <cell r="JO23">
             <v>13267</v>
           </cell>
           <cell r="JP23">
             <v>13350</v>
           </cell>
           <cell r="JQ23">
             <v>15924</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>13896</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>101</v>
           </cell>
           <cell r="JI28">
             <v>150</v>
           </cell>
           <cell r="JJ28">
             <v>100</v>
           </cell>
           <cell r="JK28">
             <v>71</v>
           </cell>
           <cell r="JL28">
             <v>53</v>
           </cell>
           <cell r="JM28">
             <v>100</v>
           </cell>
           <cell r="JN28">
             <v>87</v>
           </cell>
           <cell r="JO28">
             <v>87</v>
           </cell>
           <cell r="JP28">
             <v>85</v>
           </cell>
           <cell r="JQ28">
             <v>129</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>110</v>
+          </cell>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="17">
+        <row r="8">
+          <cell r="JR8"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2329,89 +2480,96 @@
           </cell>
           <cell r="JJ33">
             <v>2959</v>
           </cell>
           <cell r="JK33">
             <v>2540</v>
           </cell>
           <cell r="JL33">
             <v>4494</v>
           </cell>
           <cell r="JM33">
             <v>4736</v>
           </cell>
           <cell r="JN33">
             <v>4666</v>
           </cell>
           <cell r="JO33">
             <v>5042</v>
           </cell>
           <cell r="JP33">
             <v>4607</v>
           </cell>
           <cell r="JQ33">
             <v>3304</v>
           </cell>
-          <cell r="JR33"/>
+          <cell r="JR33">
+            <v>2433</v>
+          </cell>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>8</v>
           </cell>
           <cell r="JI38">
             <v>2</v>
           </cell>
           <cell r="JJ38">
             <v>19</v>
           </cell>
           <cell r="JK38">
             <v>49</v>
           </cell>
           <cell r="JL38">
             <v>22</v>
           </cell>
           <cell r="JM38">
             <v>28</v>
           </cell>
           <cell r="JN38">
             <v>30</v>
           </cell>
           <cell r="JO38">
             <v>22</v>
           </cell>
           <cell r="JP38">
             <v>35</v>
           </cell>
           <cell r="JQ38">
             <v>29</v>
           </cell>
-          <cell r="JR38"/>
+          <cell r="JR38">
+            <v>47</v>
+          </cell>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="18">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2425,700 +2583,785 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="19"/>
+      <sheetData sheetId="19">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="20"/>
       <sheetData sheetId="21"/>
-      <sheetData sheetId="22"/>
+      <sheetData sheetId="22">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="23">
+        <row r="4">
+          <cell r="JR4">
+            <v>449</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>45755</v>
           </cell>
           <cell r="JI23">
             <v>45011</v>
           </cell>
           <cell r="JJ23">
             <v>66241</v>
           </cell>
           <cell r="JK23">
             <v>51658</v>
           </cell>
           <cell r="JL23">
             <v>58704</v>
           </cell>
           <cell r="JM23">
             <v>70732</v>
           </cell>
           <cell r="JN23">
             <v>76916</v>
           </cell>
           <cell r="JO23">
             <v>79154</v>
           </cell>
           <cell r="JP23">
             <v>74028</v>
           </cell>
           <cell r="JQ23">
             <v>75505</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>49766</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1815</v>
           </cell>
           <cell r="JI28">
             <v>1511</v>
           </cell>
           <cell r="JJ28">
             <v>1690</v>
           </cell>
           <cell r="JK28">
             <v>1723</v>
           </cell>
           <cell r="JL28">
             <v>1685</v>
           </cell>
           <cell r="JM28">
             <v>2060</v>
           </cell>
           <cell r="JN28">
             <v>2198</v>
           </cell>
           <cell r="JO28">
             <v>1617</v>
           </cell>
           <cell r="JP28">
             <v>1574</v>
           </cell>
           <cell r="JQ28">
             <v>1654</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>1487</v>
+          </cell>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="24">
+        <row r="4">
+          <cell r="JR4">
+            <v>18</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>10201</v>
           </cell>
           <cell r="JI23">
             <v>6844</v>
           </cell>
           <cell r="JJ23">
             <v>22975</v>
           </cell>
           <cell r="JK23">
             <v>7949</v>
           </cell>
           <cell r="JL23">
             <v>6068</v>
           </cell>
           <cell r="JM23">
             <v>5875</v>
           </cell>
           <cell r="JN23">
             <v>7034</v>
           </cell>
           <cell r="JO23">
             <v>8921</v>
           </cell>
           <cell r="JP23">
             <v>4061</v>
           </cell>
           <cell r="JQ23">
             <v>4421</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>3268</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>97</v>
           </cell>
           <cell r="JI28">
             <v>62</v>
           </cell>
           <cell r="JJ28">
             <v>149</v>
           </cell>
           <cell r="JK28">
             <v>106</v>
           </cell>
           <cell r="JL28">
             <v>64</v>
           </cell>
           <cell r="JM28">
             <v>58</v>
           </cell>
           <cell r="JN28">
             <v>67</v>
           </cell>
           <cell r="JO28">
             <v>94</v>
           </cell>
           <cell r="JP28">
             <v>44</v>
           </cell>
           <cell r="JQ28">
             <v>43</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>32</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="25">
+        <row r="4">
+          <cell r="JR4">
+            <v>921</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>116660</v>
           </cell>
           <cell r="JI23">
             <v>127174</v>
           </cell>
           <cell r="JJ23">
             <v>167909</v>
           </cell>
           <cell r="JK23">
             <v>138570</v>
           </cell>
           <cell r="JL23">
             <v>134596</v>
           </cell>
           <cell r="JM23">
             <v>195367</v>
           </cell>
           <cell r="JN23">
             <v>213965</v>
           </cell>
           <cell r="JO23">
             <v>166583</v>
           </cell>
           <cell r="JP23">
             <v>87980</v>
           </cell>
           <cell r="JQ23">
             <v>149593</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>142489</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2285</v>
           </cell>
           <cell r="JI28">
             <v>2069</v>
           </cell>
           <cell r="JJ28">
             <v>3111</v>
           </cell>
           <cell r="JK28">
             <v>2754</v>
           </cell>
           <cell r="JL28">
             <v>2942</v>
           </cell>
           <cell r="JM28">
             <v>3511</v>
           </cell>
           <cell r="JN28">
             <v>3966</v>
           </cell>
           <cell r="JO28">
             <v>3562</v>
           </cell>
           <cell r="JP28">
             <v>2148</v>
           </cell>
           <cell r="JQ28">
             <v>2971</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>2813</v>
+          </cell>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>8</v>
           </cell>
           <cell r="JI33">
             <v>38541</v>
           </cell>
           <cell r="JJ33">
             <v>57589</v>
           </cell>
           <cell r="JK33">
             <v>8199</v>
           </cell>
           <cell r="JL33">
             <v>2469</v>
           </cell>
           <cell r="JM33">
             <v>3978</v>
           </cell>
           <cell r="JN33">
             <v>3739</v>
           </cell>
           <cell r="JO33">
             <v>3240</v>
           </cell>
           <cell r="JP33">
             <v>989</v>
           </cell>
           <cell r="JQ33">
             <v>3086</v>
           </cell>
-          <cell r="JR33"/>
+          <cell r="JR33">
+            <v>7720</v>
+          </cell>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>722</v>
           </cell>
           <cell r="JJ38">
             <v>745</v>
           </cell>
           <cell r="JK38">
             <v>319</v>
           </cell>
           <cell r="JL38">
             <v>117</v>
           </cell>
           <cell r="JM38">
             <v>77</v>
           </cell>
           <cell r="JN38">
             <v>53</v>
           </cell>
           <cell r="JO38">
             <v>39</v>
           </cell>
           <cell r="JP38">
             <v>46</v>
           </cell>
           <cell r="JQ38">
             <v>49</v>
           </cell>
-          <cell r="JR38"/>
+          <cell r="JR38">
+            <v>167</v>
+          </cell>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28">
+        <row r="4">
+          <cell r="JR4">
+            <v>385</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>42502</v>
           </cell>
           <cell r="JI23">
             <v>39077</v>
           </cell>
           <cell r="JJ23">
             <v>45009</v>
           </cell>
           <cell r="JK23">
             <v>39886</v>
           </cell>
           <cell r="JL23">
             <v>50964</v>
           </cell>
           <cell r="JM23">
             <v>54626</v>
           </cell>
           <cell r="JN23">
             <v>58754</v>
           </cell>
           <cell r="JO23">
             <v>63347</v>
           </cell>
           <cell r="JP23">
             <v>65676</v>
           </cell>
           <cell r="JQ23">
             <v>62547</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>45294</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2217</v>
           </cell>
           <cell r="JI28">
             <v>1915</v>
           </cell>
           <cell r="JJ28">
             <v>1746</v>
           </cell>
           <cell r="JK28">
             <v>2307</v>
           </cell>
           <cell r="JL28">
             <v>2323</v>
           </cell>
           <cell r="JM28">
             <v>2487</v>
           </cell>
           <cell r="JN28">
             <v>2599</v>
           </cell>
           <cell r="JO28">
             <v>2573</v>
           </cell>
           <cell r="JP28">
             <v>2246</v>
           </cell>
           <cell r="JQ28">
             <v>2462</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>1833</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="29">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JM28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>4786</v>
           </cell>
           <cell r="JI33">
             <v>5164</v>
           </cell>
           <cell r="JJ33">
             <v>5164</v>
           </cell>
           <cell r="JK33">
             <v>5778</v>
           </cell>
           <cell r="JL33">
             <v>9167</v>
           </cell>
           <cell r="JM33">
             <v>10748</v>
           </cell>
           <cell r="JN33">
             <v>10238</v>
           </cell>
           <cell r="JO33">
             <v>10991</v>
           </cell>
           <cell r="JP33">
             <v>7787</v>
           </cell>
           <cell r="JQ33">
             <v>7698</v>
           </cell>
-          <cell r="JR33"/>
+          <cell r="JR33">
+            <v>4660</v>
+          </cell>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JM38">
             <v>1</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31">
+        <row r="4">
+          <cell r="JR4">
+            <v>99</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>4152</v>
           </cell>
           <cell r="JI23">
             <v>4471</v>
           </cell>
           <cell r="JJ23">
             <v>1068</v>
           </cell>
           <cell r="JK23">
             <v>2803</v>
           </cell>
           <cell r="JL23">
             <v>7296</v>
           </cell>
           <cell r="JM23">
             <v>5698</v>
           </cell>
           <cell r="JN23">
             <v>5546</v>
           </cell>
           <cell r="JO23">
             <v>5348</v>
           </cell>
           <cell r="JP23">
             <v>1663</v>
           </cell>
           <cell r="JQ23">
             <v>6508</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>5554</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>167</v>
           </cell>
           <cell r="JI28">
             <v>197</v>
           </cell>
           <cell r="JJ28">
             <v>53</v>
           </cell>
           <cell r="JK28">
             <v>137</v>
           </cell>
           <cell r="JL28">
             <v>284</v>
           </cell>
           <cell r="JM28">
             <v>262</v>
           </cell>
           <cell r="JN28">
             <v>258</v>
           </cell>
           <cell r="JO28">
             <v>244</v>
           </cell>
           <cell r="JP28">
             <v>86</v>
           </cell>
           <cell r="JQ28">
             <v>256</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>267</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="32">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="33"/>
       <sheetData sheetId="34"/>
       <sheetData sheetId="35"/>
       <sheetData sheetId="36"/>
       <sheetData sheetId="37"/>
       <sheetData sheetId="38"/>
       <sheetData sheetId="39"/>
-      <sheetData sheetId="40"/>
+      <sheetData sheetId="40">
+        <row r="58">
+          <cell r="BG58"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="41"/>
-      <sheetData sheetId="42"/>
+      <sheetData sheetId="42">
+        <row r="58">
+          <cell r="BK58"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="43">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="44">
+        <row r="4">
+          <cell r="JR4">
+            <v>45</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>2246</v>
           </cell>
           <cell r="JI23">
             <v>2119</v>
           </cell>
           <cell r="JJ23">
             <v>1809</v>
           </cell>
           <cell r="JK23">
             <v>2623</v>
           </cell>
           <cell r="JL23">
             <v>4329</v>
           </cell>
           <cell r="JM23">
             <v>3380</v>
           </cell>
           <cell r="JN23">
             <v>3389</v>
           </cell>
           <cell r="JO23">
             <v>3847</v>
           </cell>
           <cell r="JP23">
             <v>2748</v>
           </cell>
           <cell r="JQ23">
             <v>2726</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>2511</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>99</v>
           </cell>
           <cell r="JI28">
             <v>115</v>
           </cell>
           <cell r="JJ28">
             <v>109</v>
           </cell>
           <cell r="JK28">
             <v>135</v>
           </cell>
           <cell r="JL28">
             <v>211</v>
           </cell>
           <cell r="JM28">
             <v>169</v>
           </cell>
           <cell r="JN28">
             <v>110</v>
           </cell>
           <cell r="JO28">
             <v>163</v>
           </cell>
           <cell r="JP28">
             <v>172</v>
           </cell>
           <cell r="JQ28">
             <v>178</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>133</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="45">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -3134,455 +3377,527 @@
           </cell>
           <cell r="JJ33">
             <v>4495</v>
           </cell>
           <cell r="JK33">
             <v>3082</v>
           </cell>
           <cell r="JL33">
             <v>1988</v>
           </cell>
           <cell r="JM33">
             <v>2107</v>
           </cell>
           <cell r="JN33">
             <v>5222</v>
           </cell>
           <cell r="JO33">
             <v>5661</v>
           </cell>
           <cell r="JP33">
             <v>6067</v>
           </cell>
           <cell r="JQ33">
             <v>4755</v>
           </cell>
-          <cell r="JR33"/>
+          <cell r="JR33">
+            <v>2839</v>
+          </cell>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>86</v>
           </cell>
           <cell r="JI38">
             <v>57</v>
           </cell>
           <cell r="JJ38">
             <v>104</v>
           </cell>
           <cell r="JK38">
             <v>71</v>
           </cell>
           <cell r="JL38">
             <v>44</v>
           </cell>
           <cell r="JM38">
             <v>47</v>
           </cell>
           <cell r="JN38">
             <v>131</v>
           </cell>
           <cell r="JO38">
             <v>124</v>
           </cell>
           <cell r="JP38">
             <v>97</v>
           </cell>
           <cell r="JQ38">
             <v>99</v>
           </cell>
-          <cell r="JR38"/>
+          <cell r="JR38">
+            <v>68</v>
+          </cell>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="46">
+        <row r="4">
+          <cell r="JR4">
+            <v>55</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>2443</v>
           </cell>
           <cell r="JI23">
             <v>3703</v>
           </cell>
           <cell r="JJ23">
             <v>6308</v>
           </cell>
           <cell r="JK23">
             <v>4814</v>
           </cell>
           <cell r="JL23">
             <v>4534</v>
           </cell>
           <cell r="JM23">
             <v>2678</v>
           </cell>
           <cell r="JN23">
             <v>6437</v>
           </cell>
           <cell r="JO23">
             <v>6202</v>
           </cell>
           <cell r="JP23">
             <v>5528</v>
           </cell>
           <cell r="JQ23">
             <v>5111</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>3500</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>82</v>
           </cell>
           <cell r="JI28">
             <v>146</v>
           </cell>
           <cell r="JJ28">
             <v>154</v>
           </cell>
           <cell r="JK28">
             <v>205</v>
           </cell>
           <cell r="JL28">
             <v>168</v>
           </cell>
           <cell r="JM28">
             <v>77</v>
           </cell>
           <cell r="JN28">
             <v>141</v>
           </cell>
           <cell r="JO28">
             <v>155</v>
           </cell>
           <cell r="JP28">
             <v>159</v>
           </cell>
           <cell r="JQ28">
             <v>172</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>98</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="47"/>
       <sheetData sheetId="48"/>
-      <sheetData sheetId="49"/>
+      <sheetData sheetId="49">
+        <row r="4">
+          <cell r="JR4">
+            <v>1353</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="50">
+        <row r="4">
+          <cell r="JR4">
+            <v>107</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>4419</v>
           </cell>
           <cell r="JI23">
             <v>4335</v>
           </cell>
           <cell r="JJ23">
             <v>7120</v>
           </cell>
           <cell r="JK23">
             <v>4890</v>
           </cell>
           <cell r="JL23">
             <v>3622</v>
           </cell>
           <cell r="JM23">
             <v>2215</v>
           </cell>
           <cell r="JN23">
             <v>2016</v>
           </cell>
           <cell r="JO23">
             <v>2061</v>
           </cell>
           <cell r="JP23">
             <v>4048</v>
           </cell>
           <cell r="JQ23">
             <v>2845</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>5577</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>152</v>
           </cell>
           <cell r="JI28">
             <v>144</v>
           </cell>
           <cell r="JJ28">
             <v>182</v>
           </cell>
           <cell r="JK28">
             <v>190</v>
           </cell>
           <cell r="JL28">
             <v>83</v>
           </cell>
           <cell r="JM28">
             <v>37</v>
           </cell>
           <cell r="JN28">
             <v>39</v>
           </cell>
           <cell r="JO28">
             <v>50</v>
           </cell>
           <cell r="JP28">
             <v>164</v>
           </cell>
           <cell r="JQ28">
             <v>58</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>196</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="51">
+        <row r="4">
+          <cell r="JR4">
+            <v>55</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>3952</v>
           </cell>
           <cell r="JI23">
             <v>3254</v>
           </cell>
           <cell r="JJ23">
             <v>8114</v>
           </cell>
           <cell r="JK23">
             <v>5674</v>
           </cell>
           <cell r="JL23">
             <v>4665</v>
           </cell>
           <cell r="JM23">
             <v>7090</v>
           </cell>
           <cell r="JN23">
             <v>7313</v>
           </cell>
           <cell r="JO23">
             <v>8473</v>
           </cell>
           <cell r="JP23">
             <v>3040</v>
           </cell>
           <cell r="JQ23">
             <v>8158</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>3555</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>201</v>
           </cell>
           <cell r="JI28">
             <v>138</v>
           </cell>
           <cell r="JJ28">
             <v>296</v>
           </cell>
           <cell r="JK28">
             <v>235</v>
           </cell>
           <cell r="JL28">
             <v>133</v>
           </cell>
           <cell r="JM28">
             <v>245</v>
           </cell>
           <cell r="JN28">
             <v>237</v>
           </cell>
           <cell r="JO28">
             <v>238</v>
           </cell>
           <cell r="JP28">
             <v>102</v>
           </cell>
           <cell r="JQ28">
             <v>225</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>122</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="52">
+        <row r="4">
+          <cell r="JR4">
+            <v>29</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23">
             <v>5361</v>
           </cell>
           <cell r="JI23">
             <v>5209</v>
           </cell>
           <cell r="JJ23">
             <v>7896</v>
           </cell>
           <cell r="JK23">
             <v>3497</v>
           </cell>
           <cell r="JL23">
             <v>1451</v>
           </cell>
           <cell r="JM23">
             <v>3710</v>
           </cell>
           <cell r="JN23">
             <v>71</v>
           </cell>
           <cell r="JO23">
             <v>300</v>
           </cell>
           <cell r="JP23">
             <v>73</v>
           </cell>
           <cell r="JQ23">
             <v>750</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>1769</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>238</v>
           </cell>
           <cell r="JI28">
             <v>214</v>
           </cell>
           <cell r="JJ28">
             <v>216</v>
           </cell>
           <cell r="JK28">
             <v>171</v>
           </cell>
           <cell r="JL28">
             <v>51</v>
           </cell>
           <cell r="JM28">
             <v>141</v>
           </cell>
           <cell r="JN28">
             <v>5</v>
           </cell>
           <cell r="JO28">
             <v>2</v>
           </cell>
           <cell r="JP28"/>
           <cell r="JQ28">
             <v>22</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>62</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="53"/>
-      <sheetData sheetId="54"/>
+      <sheetData sheetId="54">
+        <row r="4">
+          <cell r="JR4">
+            <v>1859</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="55"/>
       <sheetData sheetId="56">
+        <row r="4">
+          <cell r="JR4">
+            <v>2</v>
+          </cell>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23">
             <v>62</v>
           </cell>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>56</v>
           </cell>
           <cell r="JP23">
             <v>2095</v>
           </cell>
           <cell r="JQ23">
             <v>508</v>
           </cell>
-          <cell r="JR23"/>
+          <cell r="JR23">
+            <v>89</v>
+          </cell>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28">
             <v>2</v>
           </cell>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28">
             <v>2</v>
           </cell>
           <cell r="JP28">
             <v>69</v>
           </cell>
           <cell r="JQ28">
             <v>33</v>
           </cell>
-          <cell r="JR28"/>
+          <cell r="JR28">
+            <v>6</v>
+          </cell>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="57">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
-      <sheetData sheetId="58"/>
-      <sheetData sheetId="59"/>
+      <sheetData sheetId="58">
+        <row r="58">
+          <cell r="BG58"/>
+        </row>
+      </sheetData>
+      <sheetData sheetId="59">
+        <row r="58">
+          <cell r="BH58"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="60"/>
       <sheetData sheetId="61"/>
       <sheetData sheetId="62"/>
       <sheetData sheetId="63"/>
       <sheetData sheetId="64">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="IT23"/>
           <cell r="IU23"/>
           <cell r="IV23"/>
           <cell r="IW23"/>
           <cell r="IX23"/>
           <cell r="IY23"/>
           <cell r="IZ23"/>
           <cell r="JA23"/>
           <cell r="JB23"/>
           <cell r="JC23"/>
           <cell r="JD23"/>
           <cell r="JE23"/>
         </row>
         <row r="28">
           <cell r="IT28"/>
           <cell r="IU28"/>
           <cell r="IV28"/>
           <cell r="IW28"/>
           <cell r="IX28"/>
           <cell r="IY28"/>
           <cell r="IZ28"/>
           <cell r="JA28"/>
           <cell r="JB28"/>
           <cell r="JC28"/>
@@ -3596,52 +3911,59 @@
           <cell r="IW33"/>
           <cell r="IX33"/>
           <cell r="IY33"/>
           <cell r="IZ33"/>
           <cell r="JA33"/>
           <cell r="JB33"/>
           <cell r="JC33"/>
           <cell r="JD33"/>
           <cell r="JE33"/>
         </row>
         <row r="38">
           <cell r="IT38"/>
           <cell r="IU38"/>
           <cell r="IV38"/>
           <cell r="IW38"/>
           <cell r="IX38"/>
           <cell r="IY38"/>
           <cell r="IZ38"/>
           <cell r="JA38"/>
           <cell r="JB38"/>
           <cell r="JC38"/>
           <cell r="JD38"/>
           <cell r="JE38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="65"/>
+      <sheetData sheetId="65">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="66">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>191</v>
           </cell>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
@@ -3660,50 +3982,53 @@
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>112</v>
           </cell>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="67">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23">
             <v>133</v>
           </cell>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
@@ -3719,76 +4044,182 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="68"/>
-[...8 lines deleted...]
-      <sheetData sheetId="77"/>
+      <sheetData sheetId="68">
+        <row r="4">
+          <cell r="JR4">
+            <v>1</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="69">
+        <row r="4">
+          <cell r="JR4">
+            <v>103</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="70">
+        <row r="4">
+          <cell r="JR4">
+            <v>1</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="71">
+        <row r="4">
+          <cell r="JR4">
+            <v>19</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="72">
+        <row r="19">
+          <cell r="IT19">
+            <v>0</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="73">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
+      <sheetData sheetId="74">
+        <row r="4">
+          <cell r="JR4">
+            <v>38</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="75">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
+      <sheetData sheetId="76">
+        <row r="4">
+          <cell r="JR4">
+            <v>1</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="77">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="78"/>
-      <sheetData sheetId="79"/>
+      <sheetData sheetId="79">
+        <row r="4">
+          <cell r="JR4"/>
+        </row>
+      </sheetData>
       <sheetData sheetId="80"/>
       <sheetData sheetId="81"/>
-      <sheetData sheetId="82"/>
-[...2 lines deleted...]
-      <sheetData sheetId="85"/>
+      <sheetData sheetId="82">
+        <row r="4">
+          <cell r="JR4">
+            <v>69</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="83">
+        <row r="4">
+          <cell r="JR4">
+            <v>19</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="84">
+        <row r="4">
+          <cell r="JR4">
+            <v>14</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="85">
+        <row r="4">
+          <cell r="JR4">
+            <v>94</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="86"/>
       <sheetData sheetId="87"/>
       <sheetData sheetId="88"/>
-      <sheetData sheetId="89"/>
+      <sheetData sheetId="89">
+        <row r="4">
+          <cell r="JR4">
+            <v>116</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="90"/>
-      <sheetData sheetId="91"/>
-[...1 lines deleted...]
-      <sheetData sheetId="93"/>
+      <sheetData sheetId="91">
+        <row r="4">
+          <cell r="JR4">
+            <v>2</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="92">
+        <row r="4">
+          <cell r="JR4">
+            <v>25</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="93">
+        <row r="4">
+          <cell r="JR4">
+            <v>714</v>
+          </cell>
+        </row>
+      </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
       <sheetName val="Ops+Rev Pax Activity"/>
     </sheetNames>
     <sheetDataSet>
@@ -3796,51 +4227,57 @@
         <row r="5">
           <cell r="C5">
             <v>1028546</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>187393</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>112</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>38500</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="22">
+          <cell r="B22">
+            <v>163257</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -3853,51 +4290,57 @@
         <row r="5">
           <cell r="C5">
             <v>1369060</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>224223</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>46527</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="23">
+          <cell r="B23">
+            <v>216816</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink4.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -3910,51 +4353,57 @@
         <row r="5">
           <cell r="C5">
             <v>1122946</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>214701</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>45651</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="24">
+          <cell r="B24">
+            <v>162754</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink5.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -3967,51 +4416,57 @@
         <row r="5">
           <cell r="C5">
             <v>1248467</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>214043</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>47062</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="25">
+          <cell r="B25">
+            <v>121940</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink6.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4024,51 +4479,57 @@
         <row r="5">
           <cell r="C5">
             <v>1435178</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>230778</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>133</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>49435</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="26">
+          <cell r="B26">
+            <v>149995</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink7.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4081,51 +4542,57 @@
         <row r="5">
           <cell r="C5">
             <v>1524366</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>250705</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>51753</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="27">
+          <cell r="B27">
+            <v>170456</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink8.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4138,51 +4605,57 @@
         <row r="5">
           <cell r="C5">
             <v>1410421</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>252495</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>191</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>48651</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="28">
+          <cell r="B28">
+            <v>168219</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink9.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4195,51 +4668,57 @@
         <row r="5">
           <cell r="C5">
             <v>1165803</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>231802</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>44068</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5"/>
+      <sheetData sheetId="5">
+        <row r="29">
+          <cell r="B29">
+            <v>133660</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4484,51 +4963,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C56E8DF-DCC2-4E85-8441-21C2D1854515}">
   <dimension ref="A1:T49"/>
   <sheetViews>
     <sheetView tabSelected="1" showWhiteSpace="0" zoomScale="130" zoomScaleNormal="130" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="C30" sqref="C30"/>
+      <selection activeCell="B20" sqref="B20:L20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="46" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -4588,55 +5067,58 @@
       </c>
       <c r="E2" s="28">
         <v>301947</v>
       </c>
       <c r="F2" s="28">
         <v>267636</v>
       </c>
       <c r="G2" s="51">
         <v>281936</v>
       </c>
       <c r="H2" s="28">
         <v>295514</v>
       </c>
       <c r="I2" s="28">
         <f>264315+6863+3427+4010+50</f>
         <v>278665</v>
       </c>
       <c r="J2" s="28">
         <f>232860+4539+2758+3126+41</f>
         <v>243324</v>
       </c>
       <c r="K2" s="51">
         <f>255222+1891+1485+36</f>
         <v>258634</v>
       </c>
-      <c r="L2" s="51"/>
+      <c r="L2" s="51">
+        <f>235775+2</f>
+        <v>235777</v>
+      </c>
       <c r="M2" s="51"/>
       <c r="N2" s="20">
         <f>SUM(B2:M2)</f>
-        <v>2894183</v>
+        <v>3129960</v>
       </c>
       <c r="O2" s="29"/>
       <c r="P2" s="21"/>
       <c r="Q2" s="64"/>
       <c r="R2" s="21"/>
       <c r="S2" s="21"/>
       <c r="T2" s="21"/>
     </row>
     <row r="3" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>2024</v>
       </c>
       <c r="B3" s="39">
         <v>309472</v>
       </c>
       <c r="C3" s="39">
         <v>307890</v>
       </c>
       <c r="D3" s="39">
         <v>374005</v>
       </c>
       <c r="E3" s="39">
         <v>328538</v>
       </c>
       <c r="F3" s="39">
@@ -4686,55 +5168,57 @@
       </c>
       <c r="D4" s="29">
         <v>290285</v>
       </c>
       <c r="E4" s="29">
         <v>273866</v>
       </c>
       <c r="F4" s="29">
         <v>320934</v>
       </c>
       <c r="G4" s="29">
         <v>347595</v>
       </c>
       <c r="H4" s="29">
         <v>372618</v>
       </c>
       <c r="I4" s="29">
         <v>347060</v>
       </c>
       <c r="J4" s="29">
         <v>301205</v>
       </c>
       <c r="K4" s="29">
         <v>303237</v>
       </c>
-      <c r="L4" s="29"/>
+      <c r="L4" s="29">
+        <v>248305</v>
+      </c>
       <c r="M4" s="29"/>
       <c r="N4" s="20">
         <f t="shared" ref="N4:N12" si="0">SUM(B4:M4)</f>
-        <v>3045623</v>
+        <v>3293928</v>
       </c>
       <c r="Q4" s="21"/>
       <c r="S4" s="3"/>
     </row>
     <row r="5" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>2024</v>
       </c>
       <c r="B5" s="39">
         <v>263894</v>
       </c>
       <c r="C5" s="39">
         <v>260126</v>
       </c>
       <c r="D5" s="39">
         <v>320992</v>
       </c>
       <c r="E5" s="39">
         <v>297451</v>
       </c>
       <c r="F5" s="39">
         <v>350645</v>
       </c>
       <c r="G5" s="39">
         <v>356312</v>
@@ -4790,59 +5274,59 @@
         <f>+'E Detail'!G36</f>
         <v>173720</v>
       </c>
       <c r="G6" s="4">
         <f>+'E Detail'!H36</f>
         <v>189856</v>
       </c>
       <c r="H6" s="4">
         <f>+'E Detail'!I36</f>
         <v>202605</v>
       </c>
       <c r="I6" s="4">
         <f>+'E Detail'!J36</f>
         <v>206136</v>
       </c>
       <c r="J6" s="4">
         <f>+'E Detail'!K36</f>
         <v>183341</v>
       </c>
       <c r="K6" s="4">
         <f>+'E Detail'!L36</f>
         <v>183415</v>
       </c>
       <c r="L6" s="4">
         <f>+'E Detail'!M36</f>
-        <v>0</v>
+        <v>137855</v>
       </c>
       <c r="M6" s="4">
         <f>+'E Detail'!N36</f>
         <v>0</v>
       </c>
       <c r="N6" s="20">
         <f t="shared" si="0"/>
-        <v>1747154</v>
+        <v>1885009</v>
       </c>
       <c r="P6" s="49"/>
       <c r="Q6" s="21"/>
     </row>
     <row r="7" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>2024</v>
       </c>
       <c r="B7" s="17">
         <v>142258</v>
       </c>
       <c r="C7" s="17">
         <v>143544</v>
       </c>
       <c r="D7" s="17">
         <v>168786</v>
       </c>
       <c r="E7" s="17">
         <v>154946</v>
       </c>
       <c r="F7" s="17">
         <v>182172</v>
       </c>
       <c r="G7" s="17">
         <v>198918</v>
@@ -4886,55 +5370,57 @@
       </c>
       <c r="D8" s="29">
         <v>80932</v>
       </c>
       <c r="E8" s="29">
         <v>77372</v>
       </c>
       <c r="F8" s="29">
         <v>80351</v>
       </c>
       <c r="G8" s="29">
         <v>100092</v>
       </c>
       <c r="H8" s="29">
         <v>111014</v>
       </c>
       <c r="I8" s="29">
         <v>101154</v>
       </c>
       <c r="J8" s="29">
         <v>80167</v>
       </c>
       <c r="K8" s="29">
         <v>87304</v>
       </c>
-      <c r="L8" s="29"/>
+      <c r="L8" s="29">
+        <v>73352</v>
+      </c>
       <c r="M8" s="29"/>
       <c r="N8" s="20">
         <f t="shared" si="0"/>
-        <v>858325</v>
+        <v>931677</v>
       </c>
       <c r="S8" s="3"/>
     </row>
     <row r="9" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>2024</v>
       </c>
       <c r="B9" s="39">
         <v>70710</v>
       </c>
       <c r="C9" s="39">
         <v>70142</v>
       </c>
       <c r="D9" s="39">
         <v>90641</v>
       </c>
       <c r="E9" s="39">
         <v>88892</v>
       </c>
       <c r="F9" s="39">
         <v>111171</v>
       </c>
       <c r="G9" s="39">
         <v>110944</v>
       </c>
@@ -4976,55 +5462,57 @@
       <c r="D10" s="28">
         <v>260613</v>
       </c>
       <c r="E10" s="28">
         <v>265945</v>
       </c>
       <c r="F10" s="28">
         <v>338177</v>
       </c>
       <c r="G10" s="28">
         <v>368658</v>
       </c>
       <c r="H10" s="28">
         <v>394202</v>
       </c>
       <c r="I10" s="28">
         <v>371583</v>
       </c>
       <c r="J10" s="28">
         <v>321437</v>
       </c>
       <c r="K10" s="28">
         <f>322173+4</f>
         <v>322177</v>
       </c>
-      <c r="L10" s="28"/>
+      <c r="L10" s="28">
+        <v>262109</v>
+      </c>
       <c r="M10" s="28"/>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
-        <v>3061663</v>
+        <v>3323772</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>2024</v>
       </c>
       <c r="B11" s="39">
         <v>219931</v>
       </c>
       <c r="C11" s="39">
         <v>194562</v>
       </c>
       <c r="D11" s="39">
         <v>236077</v>
       </c>
       <c r="E11" s="39">
         <v>247037</v>
       </c>
       <c r="F11" s="39">
         <v>268345</v>
       </c>
       <c r="G11" s="39">
         <v>345420</v>
       </c>
       <c r="H11" s="39">
@@ -5064,55 +5552,57 @@
       </c>
       <c r="D12" s="29">
         <v>24147</v>
       </c>
       <c r="E12" s="29">
         <v>23062</v>
       </c>
       <c r="F12" s="29">
         <v>37440</v>
       </c>
       <c r="G12" s="29">
         <v>46246</v>
       </c>
       <c r="H12" s="29">
         <v>43757</v>
       </c>
       <c r="I12" s="29">
         <v>45047</v>
       </c>
       <c r="J12" s="29">
         <v>40213</v>
       </c>
       <c r="K12" s="29">
         <v>45612</v>
       </c>
-      <c r="L12" s="29"/>
+      <c r="L12" s="29">
+        <v>33819</v>
+      </c>
       <c r="M12" s="29"/>
       <c r="N12" s="20">
         <f t="shared" si="0"/>
-        <v>371553</v>
+        <v>405372</v>
       </c>
       <c r="O12" s="29"/>
     </row>
     <row r="13" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>2024</v>
       </c>
       <c r="B13" s="39">
         <v>3665</v>
       </c>
       <c r="C13" s="39">
         <v>1277</v>
       </c>
       <c r="D13" s="39">
         <v>29570</v>
       </c>
       <c r="E13" s="39">
         <v>16764</v>
       </c>
       <c r="F13" s="39">
         <v>21740</v>
       </c>
       <c r="G13" s="39">
         <v>8415</v>
       </c>
@@ -5153,55 +5643,57 @@
       </c>
       <c r="D14" s="30">
         <v>90776</v>
       </c>
       <c r="E14" s="30">
         <v>79147</v>
       </c>
       <c r="F14" s="30">
         <v>75281</v>
       </c>
       <c r="G14" s="30">
         <v>86195</v>
       </c>
       <c r="H14" s="30">
         <v>85396</v>
       </c>
       <c r="I14" s="61">
         <v>88176</v>
       </c>
       <c r="J14" s="30">
         <v>87144</v>
       </c>
       <c r="K14" s="30">
         <v>94111</v>
       </c>
-      <c r="L14" s="30"/>
+      <c r="L14" s="30">
+        <v>87342</v>
+      </c>
       <c r="M14" s="30"/>
       <c r="N14" s="20">
         <f t="shared" si="1"/>
-        <v>816478</v>
+        <v>903820</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>2024</v>
       </c>
       <c r="B15" s="39">
         <v>46979</v>
       </c>
       <c r="C15" s="39">
         <v>55416</v>
       </c>
       <c r="D15" s="39">
         <v>46429</v>
       </c>
       <c r="E15" s="39">
         <v>49992</v>
       </c>
       <c r="F15" s="39">
         <v>56264</v>
       </c>
       <c r="G15" s="39">
         <v>55730</v>
       </c>
       <c r="H15" s="39">
@@ -5253,59 +5745,59 @@
         <f t="shared" si="2"/>
         <v>1293539</v>
       </c>
       <c r="G16" s="3">
         <f t="shared" si="2"/>
         <v>1420578</v>
       </c>
       <c r="H16" s="3">
         <f t="shared" si="2"/>
         <v>1505106</v>
       </c>
       <c r="I16" s="3">
         <f t="shared" si="2"/>
         <v>1437821</v>
       </c>
       <c r="J16" s="3">
         <f t="shared" si="2"/>
         <v>1256831</v>
       </c>
       <c r="K16" s="3">
         <f t="shared" si="2"/>
         <v>1294490</v>
       </c>
       <c r="L16" s="3">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>1078559</v>
       </c>
       <c r="M16" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N16" s="20">
         <f t="shared" si="1"/>
-        <v>12794979</v>
+        <v>13873538</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>2024</v>
       </c>
       <c r="B17" s="18">
         <f t="shared" ref="B17:M17" si="3">+B15+B13+B11+B9+B7+B5+B3</f>
         <v>1056909</v>
       </c>
       <c r="C17" s="18">
         <f t="shared" si="3"/>
         <v>1032957</v>
       </c>
       <c r="D17" s="18">
         <f t="shared" si="3"/>
         <v>1266500</v>
       </c>
       <c r="E17" s="18">
         <f t="shared" si="3"/>
         <v>1183620</v>
       </c>
       <c r="F17" s="18">
         <f t="shared" si="3"/>
         <v>1320584</v>
@@ -5369,59 +5861,59 @@
         <f>+'Terminal 2'!G22</f>
         <v>216033</v>
       </c>
       <c r="G18" s="3">
         <f>+'Terminal 2'!H22</f>
         <v>294946</v>
       </c>
       <c r="H18" s="3">
         <f>+'Terminal 2'!I22</f>
         <v>321718</v>
       </c>
       <c r="I18" s="3">
         <f>+'Terminal 2'!J22</f>
         <v>273937</v>
       </c>
       <c r="J18" s="3">
         <f>+'Terminal 2'!K22</f>
         <v>184842</v>
       </c>
       <c r="K18" s="3">
         <f>+'Terminal 2'!L22</f>
         <v>252244</v>
       </c>
       <c r="L18" s="3">
         <f>+'Terminal 2'!M22</f>
-        <v>0</v>
+        <v>220928</v>
       </c>
       <c r="M18" s="3">
         <f>+'Terminal 2'!N22</f>
         <v>0</v>
       </c>
       <c r="N18" s="20">
         <f t="shared" si="1"/>
-        <v>2511014</v>
+        <v>2731942</v>
       </c>
       <c r="P18" s="3"/>
     </row>
     <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>2024</v>
       </c>
       <c r="B19" s="18">
         <v>231336</v>
       </c>
       <c r="C19" s="18">
         <v>281283</v>
       </c>
       <c r="D19" s="18">
         <v>358303</v>
       </c>
       <c r="E19" s="18">
         <v>267397</v>
       </c>
       <c r="F19" s="18">
         <v>267027</v>
       </c>
       <c r="G19" s="18">
         <v>332092</v>
       </c>
@@ -5474,59 +5966,59 @@
         <f>F2+F4+F6+F8+F10+F12+F14+F18</f>
         <v>1509572</v>
       </c>
       <c r="G20" s="36">
         <f t="shared" si="4"/>
         <v>1715524</v>
       </c>
       <c r="H20" s="36">
         <f t="shared" si="4"/>
         <v>1826824</v>
       </c>
       <c r="I20" s="36">
         <f t="shared" si="4"/>
         <v>1711758</v>
       </c>
       <c r="J20" s="36">
         <f t="shared" si="4"/>
         <v>1441673</v>
       </c>
       <c r="K20" s="36">
         <f t="shared" si="4"/>
         <v>1546734</v>
       </c>
       <c r="L20" s="36">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>1299487</v>
       </c>
       <c r="M20" s="36">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N20" s="37">
         <f t="shared" si="1"/>
-        <v>15305993</v>
+        <v>16605480</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="33">
         <f>+B19+B17</f>
         <v>1288245</v>
       </c>
       <c r="C21" s="33">
         <f t="shared" ref="C21:M21" si="5">+C19+C17</f>
         <v>1314240</v>
       </c>
       <c r="D21" s="33">
         <f t="shared" si="5"/>
         <v>1624803</v>
       </c>
       <c r="E21" s="33">
         <f t="shared" si="5"/>
         <v>1451017</v>
       </c>
       <c r="F21" s="33">
         <f t="shared" si="5"/>
         <v>1587611</v>
@@ -5588,59 +6080,59 @@
         <f t="shared" si="6"/>
         <v>-4.9154988218146636E-2</v>
       </c>
       <c r="G22" s="40">
         <f t="shared" si="6"/>
         <v>-2.6204413040220517E-2</v>
       </c>
       <c r="H22" s="40">
         <f t="shared" si="6"/>
         <v>1.1756222457170675E-2</v>
       </c>
       <c r="I22" s="40">
         <f t="shared" si="6"/>
         <v>-4.76641384286796E-2</v>
       </c>
       <c r="J22" s="40">
         <f t="shared" si="6"/>
         <v>-2.8069673951954716E-2</v>
       </c>
       <c r="K22" s="40">
         <f t="shared" si="6"/>
         <v>-9.774001425095118E-3</v>
       </c>
       <c r="L22" s="40">
         <f>(L20-L21)/L21</f>
-        <v>-1</v>
+        <v>-4.5551764002508988E-2</v>
       </c>
       <c r="M22" s="40">
         <f t="shared" si="6"/>
         <v>-1</v>
       </c>
       <c r="N22" s="23">
         <f>(N20-N21)/N21</f>
-        <v>-0.17603064181191516</v>
+        <v>-0.10607520217701137</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="24"/>
     </row>
     <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>1</v>
       </c>
@@ -5718,153 +6210,162 @@
       </c>
       <c r="F26" s="3">
         <f>+'[5]Monthly Summary'!C5</f>
         <v>1248467</v>
       </c>
       <c r="G26" s="3">
         <f>+'[6]Monthly Summary'!C5</f>
         <v>1435178</v>
       </c>
       <c r="H26" s="3">
         <f>+'[7]Monthly Summary'!C5</f>
         <v>1524366</v>
       </c>
       <c r="I26" s="3">
         <f>+'[8]Monthly Summary'!C5</f>
         <v>1410421</v>
       </c>
       <c r="J26" s="3">
         <f>+'[9]Monthly Summary'!C5</f>
         <v>1165803</v>
       </c>
       <c r="K26" s="3">
         <f>+'[10]Monthly Summary'!C5</f>
         <v>1244031</v>
       </c>
-      <c r="L26" s="3"/>
+      <c r="L26" s="3">
+        <f>+'[11]Monthly Summary'!C5</f>
+        <v>1052638</v>
+      </c>
       <c r="M26" s="3"/>
       <c r="N26" s="55">
         <f>SUM(B26:M26)</f>
-        <v>12582239</v>
+        <v>13634877</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="3">
         <f>+'[1]Monthly Summary'!C6</f>
         <v>203110</v>
       </c>
       <c r="C27" s="3">
         <f>+'[2]Monthly Summary'!$C$6</f>
         <v>187393</v>
       </c>
       <c r="D27" s="3">
         <f>+'[3]Monthly Summary'!$C$6</f>
         <v>224223</v>
       </c>
       <c r="E27" s="3">
         <f>+'[4]Monthly Summary'!$C$6</f>
         <v>214701</v>
       </c>
       <c r="F27" s="3">
         <f>+'[5]Monthly Summary'!C6</f>
         <v>214043</v>
       </c>
       <c r="G27" s="3">
         <f>+'[6]Monthly Summary'!C6</f>
         <v>230778</v>
       </c>
       <c r="H27" s="3">
         <f>+'[7]Monthly Summary'!C6</f>
         <v>250705</v>
       </c>
       <c r="I27" s="3">
         <f>+'[8]Monthly Summary'!C6</f>
         <v>252495</v>
       </c>
       <c r="J27" s="3">
         <f>+'[9]Monthly Summary'!C6</f>
         <v>231802</v>
       </c>
       <c r="K27" s="3">
         <f>+'[10]Monthly Summary'!C6</f>
         <v>254783</v>
       </c>
-      <c r="L27" s="3"/>
+      <c r="L27" s="3">
+        <f>+'[11]Monthly Summary'!C6</f>
+        <v>205821</v>
+      </c>
       <c r="M27" s="3"/>
       <c r="N27" s="56">
         <f>SUM(B27:M27)</f>
-        <v>2264033</v>
+        <v>2469854</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="3">
         <f>+'[1]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="C28" s="3">
         <f>+'[2]Monthly Summary'!$C$7</f>
         <v>112</v>
       </c>
       <c r="D28" s="3">
         <f>+'[3]Monthly Summary'!$C$7</f>
         <v>0</v>
       </c>
       <c r="E28" s="3">
         <f>+'[4]Monthly Summary'!$C$7</f>
         <v>0</v>
       </c>
       <c r="F28" s="3">
         <f>+'[5]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <f>+'[6]Monthly Summary'!C7</f>
         <v>133</v>
       </c>
       <c r="H28" s="3">
         <f>+'[7]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="I28" s="3">
         <f>+'[8]Monthly Summary'!C7</f>
         <v>191</v>
       </c>
       <c r="J28" s="3">
         <f>+'[9]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="K28" s="3">
         <f>+'[10]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
-      <c r="L28" s="3"/>
+      <c r="L28" s="3">
+        <f>+'[11]Monthly Summary'!C7</f>
+        <v>0</v>
+      </c>
       <c r="M28" s="3"/>
       <c r="N28" s="57">
         <f>SUM(B28:M28)</f>
         <v>436</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="13">
         <f t="shared" ref="B29:M29" si="7">SUM(B26:B28)</f>
         <v>1236531</v>
       </c>
       <c r="C29" s="13">
         <f t="shared" si="7"/>
         <v>1216051</v>
       </c>
       <c r="D29" s="13">
         <f t="shared" ref="D29" si="8">SUM(D26:D28)</f>
         <v>1593283</v>
       </c>
       <c r="E29" s="13">
         <f t="shared" si="7"/>
         <v>1337647</v>
@@ -5873,59 +6374,59 @@
         <f t="shared" si="7"/>
         <v>1462510</v>
       </c>
       <c r="G29" s="13">
         <f t="shared" si="7"/>
         <v>1666089</v>
       </c>
       <c r="H29" s="13">
         <f t="shared" si="7"/>
         <v>1775071</v>
       </c>
       <c r="I29" s="13">
         <f t="shared" si="7"/>
         <v>1663107</v>
       </c>
       <c r="J29" s="13">
         <f t="shared" si="7"/>
         <v>1397605</v>
       </c>
       <c r="K29" s="13">
         <f t="shared" si="7"/>
         <v>1498814</v>
       </c>
       <c r="L29" s="13">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>1258459</v>
       </c>
       <c r="M29" s="13">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="N29" s="25">
         <f t="shared" ref="N29" si="9">SUM(N26:N28)</f>
-        <v>14846708</v>
+        <v>16105167</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="24"/>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="32">
         <f>+'[1]Monthly Summary'!C10</f>
         <v>39718</v>
       </c>
@@ -5943,112 +6444,115 @@
       </c>
       <c r="F31" s="32">
         <f>+'[5]Monthly Summary'!C10</f>
         <v>47062</v>
       </c>
       <c r="G31" s="32">
         <f>+'[6]Monthly Summary'!C10</f>
         <v>49435</v>
       </c>
       <c r="H31" s="32">
         <f>+'[7]Monthly Summary'!C10</f>
         <v>51753</v>
       </c>
       <c r="I31" s="32">
         <f>+'[8]Monthly Summary'!C10</f>
         <v>48651</v>
       </c>
       <c r="J31" s="32">
         <f>+'[9]Monthly Summary'!C10</f>
         <v>44068</v>
       </c>
       <c r="K31" s="32">
         <f>+'[10]Monthly Summary'!C10</f>
         <v>47920</v>
       </c>
-      <c r="L31" s="32"/>
+      <c r="L31" s="32">
+        <f>+'[11]Monthly Summary'!C10</f>
+        <v>41028</v>
+      </c>
       <c r="M31" s="65"/>
       <c r="N31" s="42">
         <f>SUM(B31:M31)</f>
-        <v>459285</v>
+        <v>500313</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="8">
         <f t="shared" ref="B32:H32" si="10">+B29+B31</f>
         <v>1276249</v>
       </c>
       <c r="C32" s="8">
         <f t="shared" si="10"/>
         <v>1254551</v>
       </c>
       <c r="D32" s="8">
         <f t="shared" ref="D32" si="11">+D29+D31</f>
         <v>1639810</v>
       </c>
       <c r="E32" s="8">
         <f t="shared" si="10"/>
         <v>1383298</v>
       </c>
       <c r="F32" s="8">
         <f t="shared" si="10"/>
         <v>1509572</v>
       </c>
       <c r="G32" s="8">
         <f t="shared" si="10"/>
         <v>1715524</v>
       </c>
       <c r="H32" s="8">
         <f t="shared" si="10"/>
         <v>1826824</v>
       </c>
       <c r="I32" s="8">
         <f>+I29+I31</f>
         <v>1711758</v>
       </c>
       <c r="J32" s="8">
         <f>+J29+J31</f>
         <v>1441673</v>
       </c>
       <c r="K32" s="8">
         <f>+K29+K31</f>
         <v>1546734</v>
       </c>
       <c r="L32" s="8">
         <f>+L29+L31</f>
-        <v>0</v>
+        <v>1299487</v>
       </c>
       <c r="M32" s="8">
         <f>+M29+M31</f>
         <v>0</v>
       </c>
       <c r="N32" s="31">
         <f>SUM(N29+N31)</f>
-        <v>15305993</v>
+        <v>16605480</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="G33" s="3"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A34" s="5"/>
       <c r="B34" s="52"/>
       <c r="C34" s="52"/>
       <c r="D34" s="52"/>
       <c r="E34" s="52"/>
       <c r="F34" s="52"/>
       <c r="G34" s="52"/>
       <c r="H34" s="52"/>
       <c r="I34" s="52"/>
       <c r="J34" s="52"/>
       <c r="K34" s="52"/>
       <c r="L34" s="52"/>
       <c r="M34" s="52"/>
       <c r="N34" s="5"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="26"/>
@@ -6267,1417 +6771,1417 @@
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="15">
         <v>2025</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B10" s="53" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="10">
-        <f>[11]Jazz_AC!JH$23+[11]Jazz_AC!JH$33+[11]Jazz_AC!JH$38+[11]Jazz_AC!JH$28</f>
+        <f>[12]Jazz_AC!JH$23+[12]Jazz_AC!JH$33+[12]Jazz_AC!JH$38+[12]Jazz_AC!JH$28</f>
         <v>3693</v>
       </c>
       <c r="D10" s="10">
-        <f>[11]Jazz_AC!JI$23+[11]Jazz_AC!JI$33+[11]Jazz_AC!JI$38+[11]Jazz_AC!JI$28</f>
+        <f>[12]Jazz_AC!JI$23+[12]Jazz_AC!JI$33+[12]Jazz_AC!JI$38+[12]Jazz_AC!JI$28</f>
         <v>2746</v>
       </c>
       <c r="E10" s="10">
-        <f>[11]Jazz_AC!JJ$23+[11]Jazz_AC!JJ$33+[11]Jazz_AC!JJ$38+[11]Jazz_AC!JJ$28</f>
+        <f>[12]Jazz_AC!JJ$23+[12]Jazz_AC!JJ$33+[12]Jazz_AC!JJ$38+[12]Jazz_AC!JJ$28</f>
         <v>4599</v>
       </c>
       <c r="F10" s="10">
-        <f>[11]Jazz_AC!JK$23+[11]Jazz_AC!JK$33+[11]Jazz_AC!JK$38+[11]Jazz_AC!JK$28</f>
+        <f>[12]Jazz_AC!JK$23+[12]Jazz_AC!JK$33+[12]Jazz_AC!JK$38+[12]Jazz_AC!JK$28</f>
         <v>3153</v>
       </c>
       <c r="G10" s="10">
-        <f>[11]Jazz_AC!JL$23+[11]Jazz_AC!JL$33+[11]Jazz_AC!JL$38+[11]Jazz_AC!JL$28</f>
+        <f>[12]Jazz_AC!JL$23+[12]Jazz_AC!JL$33+[12]Jazz_AC!JL$38+[12]Jazz_AC!JL$28</f>
         <v>2032</v>
       </c>
       <c r="H10" s="10">
-        <f>[11]Jazz_AC!JM$23+[11]Jazz_AC!JM$33+[11]Jazz_AC!JM$38+[11]Jazz_AC!JM$28</f>
+        <f>[12]Jazz_AC!JM$23+[12]Jazz_AC!JM$33+[12]Jazz_AC!JM$38+[12]Jazz_AC!JM$28</f>
         <v>2154</v>
       </c>
       <c r="I10" s="10">
-        <f>[11]Jazz_AC!JN$23+[11]Jazz_AC!JN$33+[11]Jazz_AC!JN$38+[11]Jazz_AC!JN$28</f>
+        <f>[12]Jazz_AC!JN$23+[12]Jazz_AC!JN$33+[12]Jazz_AC!JN$38+[12]Jazz_AC!JN$28</f>
         <v>5353</v>
       </c>
       <c r="J10" s="10">
-        <f>[11]Jazz_AC!JO$23+[11]Jazz_AC!JO$33+[11]Jazz_AC!JO$38+[11]Jazz_AC!JO$28</f>
+        <f>[12]Jazz_AC!JO$23+[12]Jazz_AC!JO$33+[12]Jazz_AC!JO$38+[12]Jazz_AC!JO$28</f>
         <v>5785</v>
       </c>
       <c r="K10" s="10">
-        <f>[11]Jazz_AC!JP$23+[11]Jazz_AC!JP$33+[11]Jazz_AC!JP$38+[11]Jazz_AC!JP$28</f>
+        <f>[12]Jazz_AC!JP$23+[12]Jazz_AC!JP$33+[12]Jazz_AC!JP$38+[12]Jazz_AC!JP$28</f>
         <v>6164</v>
       </c>
       <c r="L10" s="10">
-        <f>[11]Jazz_AC!JQ$23+[11]Jazz_AC!JQ$33+[11]Jazz_AC!JQ$38+[11]Jazz_AC!JQ$28</f>
+        <f>[12]Jazz_AC!JQ$23+[12]Jazz_AC!JQ$33+[12]Jazz_AC!JQ$38+[12]Jazz_AC!JQ$28</f>
         <v>4854</v>
       </c>
       <c r="M10" s="10">
-        <f>[11]Jazz_AC!JR$23+[11]Jazz_AC!JR$33+[11]Jazz_AC!JR$38+[11]Jazz_AC!JR$28</f>
-        <v>0</v>
+        <f>[12]Jazz_AC!JR$23+[12]Jazz_AC!JR$33+[12]Jazz_AC!JR$38+[12]Jazz_AC!JR$28</f>
+        <v>2907</v>
       </c>
       <c r="N10" s="10">
-        <f>[11]Jazz_AC!JS$23+[11]Jazz_AC!JS$33+[11]Jazz_AC!JS$38+[11]Jazz_AC!JS$28</f>
+        <f>[12]Jazz_AC!JS$23+[12]Jazz_AC!JS$33+[12]Jazz_AC!JS$38+[12]Jazz_AC!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B11" s="53" t="s">
         <v>81</v>
       </c>
       <c r="C11" s="10">
-        <f>[11]AirCanada!JH$23+[11]AirCanada!JH$33+[11]AirCanada!JH$38+[11]AirCanada!JH$28</f>
+        <f>[12]AirCanada!JH$23+[12]AirCanada!JH$33+[12]AirCanada!JH$38+[12]AirCanada!JH$28</f>
         <v>0</v>
       </c>
       <c r="D11" s="10">
-        <f>[11]AirCanada!JI$23+[11]AirCanada!JI$33+[11]AirCanada!JI$38+[11]AirCanada!JI$28</f>
+        <f>[12]AirCanada!JI$23+[12]AirCanada!JI$33+[12]AirCanada!JI$38+[12]AirCanada!JI$28</f>
         <v>0</v>
       </c>
       <c r="E11" s="10">
-        <f>[11]AirCanada!JJ$23+[11]AirCanada!JJ$33+[11]AirCanada!JJ$38+[11]AirCanada!JJ$28</f>
+        <f>[12]AirCanada!JJ$23+[12]AirCanada!JJ$33+[12]AirCanada!JJ$38+[12]AirCanada!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F11" s="10">
-        <f>[11]AirCanada!JK$23+[11]AirCanada!JK$33+[11]AirCanada!JK$38+[11]AirCanada!JK$28</f>
+        <f>[12]AirCanada!JK$23+[12]AirCanada!JK$33+[12]AirCanada!JK$38+[12]AirCanada!JK$28</f>
         <v>0</v>
       </c>
       <c r="G11" s="10">
-        <f>[11]AirCanada!JL$23+[11]AirCanada!JL$33+[11]AirCanada!JL$38+[11]AirCanada!JL$28</f>
+        <f>[12]AirCanada!JL$23+[12]AirCanada!JL$33+[12]AirCanada!JL$38+[12]AirCanada!JL$28</f>
         <v>4955</v>
       </c>
       <c r="H11" s="10">
-        <f>[11]AirCanada!JM$23+[11]AirCanada!JM$33+[11]AirCanada!JM$38+[11]AirCanada!JM$28</f>
+        <f>[12]AirCanada!JM$23+[12]AirCanada!JM$33+[12]AirCanada!JM$38+[12]AirCanada!JM$28</f>
         <v>5876</v>
       </c>
       <c r="I11" s="10">
-        <f>[11]AirCanada!JN$23+[11]AirCanada!JN$33+[11]AirCanada!JN$38+[11]AirCanada!JN$28</f>
+        <f>[12]AirCanada!JN$23+[12]AirCanada!JN$33+[12]AirCanada!JN$38+[12]AirCanada!JN$28</f>
         <v>0</v>
       </c>
       <c r="J11" s="10">
-        <f>[11]AirCanada!JO$23+[11]AirCanada!JO$33+[11]AirCanada!JO$38+[11]AirCanada!JO$28</f>
+        <f>[12]AirCanada!JO$23+[12]AirCanada!JO$33+[12]AirCanada!JO$38+[12]AirCanada!JO$28</f>
         <v>0</v>
       </c>
       <c r="K11" s="10">
-        <f>[11]AirCanada!JP$23+[11]AirCanada!JP$33+[11]AirCanada!JP$38+[11]AirCanada!JP$28</f>
+        <f>[12]AirCanada!JP$23+[12]AirCanada!JP$33+[12]AirCanada!JP$38+[12]AirCanada!JP$28</f>
         <v>94</v>
       </c>
       <c r="L11" s="10">
-        <f>[11]AirCanada!JQ$23+[11]AirCanada!JQ$33+[11]AirCanada!JQ$38+[11]AirCanada!JQ$28</f>
+        <f>[12]AirCanada!JQ$23+[12]AirCanada!JQ$33+[12]AirCanada!JQ$38+[12]AirCanada!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M11" s="10">
-        <f>[11]AirCanada!JR$23+[11]AirCanada!JR$33+[11]AirCanada!JR$38+[11]AirCanada!JR$28</f>
+        <f>[12]AirCanada!JR$23+[12]AirCanada!JR$33+[12]AirCanada!JR$38+[12]AirCanada!JR$28</f>
         <v>0</v>
       </c>
       <c r="N11" s="10">
-        <f>[11]AirCanada!JS$23+[11]AirCanada!JS$33+[11]AirCanada!JS$38+[11]AirCanada!JS$28</f>
+        <f>[12]AirCanada!JS$23+[12]AirCanada!JS$33+[12]AirCanada!JS$38+[12]AirCanada!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="10">
-        <f>'[11]Air Georgian'!JH$33+'[11]Air Georgian'!JH$38</f>
+        <f>'[12]Air Georgian'!JH$33+'[12]Air Georgian'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D12" s="10">
-        <f>'[11]Air Georgian'!JI$33+'[11]Air Georgian'!JI$38</f>
+        <f>'[12]Air Georgian'!JI$33+'[12]Air Georgian'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E12" s="10">
-        <f>'[11]Air Georgian'!JJ$33+'[11]Air Georgian'!JJ$38</f>
+        <f>'[12]Air Georgian'!JJ$33+'[12]Air Georgian'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F12" s="10">
-        <f>'[11]Air Georgian'!JK$33+'[11]Air Georgian'!JK$38</f>
+        <f>'[12]Air Georgian'!JK$33+'[12]Air Georgian'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G12" s="10">
-        <f>'[11]Air Georgian'!JL$33+'[11]Air Georgian'!JL$38</f>
+        <f>'[12]Air Georgian'!JL$33+'[12]Air Georgian'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H12" s="10">
-        <f>'[11]Air Georgian'!JM$33+'[11]Air Georgian'!JM$38</f>
+        <f>'[12]Air Georgian'!JM$33+'[12]Air Georgian'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I12" s="10">
-        <f>'[11]Air Georgian'!JN$33+'[11]Air Georgian'!JN$38</f>
+        <f>'[12]Air Georgian'!JN$33+'[12]Air Georgian'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J12" s="10">
-        <f>'[11]Air Georgian'!JO$33+'[11]Air Georgian'!JO$38</f>
+        <f>'[12]Air Georgian'!JO$33+'[12]Air Georgian'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K12" s="10">
-        <f>'[11]Air Georgian'!JP$33+'[11]Air Georgian'!JP$38</f>
+        <f>'[12]Air Georgian'!JP$33+'[12]Air Georgian'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L12" s="10">
-        <f>'[11]Air Georgian'!JQ$33+'[11]Air Georgian'!JQ$38</f>
+        <f>'[12]Air Georgian'!JQ$33+'[12]Air Georgian'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M12" s="10">
-        <f>'[11]Air Georgian'!JR$33+'[11]Air Georgian'!JR$38</f>
+        <f>'[12]Air Georgian'!JR$33+'[12]Air Georgian'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N12" s="10">
-        <f>'[11]Air Georgian'!JS$33+'[11]Air Georgian'!JS$38</f>
+        <f>'[12]Air Georgian'!JS$33+'[12]Air Georgian'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="10">
-        <f>'[11]Sky Regional'!JH$33+'[11]Sky Regional'!JH$38</f>
+        <f>'[12]Sky Regional'!JH$33+'[12]Sky Regional'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D13" s="10">
-        <f>'[11]Sky Regional'!JI$33+'[11]Sky Regional'!JI$38</f>
+        <f>'[12]Sky Regional'!JI$33+'[12]Sky Regional'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E13" s="10">
-        <f>'[11]Sky Regional'!JJ$33+'[11]Sky Regional'!JJ$38</f>
+        <f>'[12]Sky Regional'!JJ$33+'[12]Sky Regional'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F13" s="10">
-        <f>'[11]Sky Regional'!JK$33+'[11]Sky Regional'!JK$38</f>
+        <f>'[12]Sky Regional'!JK$33+'[12]Sky Regional'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G13" s="10">
-        <f>'[11]Sky Regional'!JL$33+'[11]Sky Regional'!JL$38</f>
+        <f>'[12]Sky Regional'!JL$33+'[12]Sky Regional'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H13" s="10">
-        <f>'[11]Sky Regional'!JM$33+'[11]Sky Regional'!JM$38</f>
+        <f>'[12]Sky Regional'!JM$33+'[12]Sky Regional'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I13" s="10">
-        <f>'[11]Sky Regional'!JN$33+'[11]Sky Regional'!JN$38</f>
+        <f>'[12]Sky Regional'!JN$33+'[12]Sky Regional'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J13" s="10">
-        <f>'[11]Sky Regional'!JO$33+'[11]Sky Regional'!JO$38</f>
+        <f>'[12]Sky Regional'!JO$33+'[12]Sky Regional'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K13" s="10">
-        <f>'[11]Sky Regional'!JP$33+'[11]Sky Regional'!JP$38</f>
+        <f>'[12]Sky Regional'!JP$33+'[12]Sky Regional'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L13" s="10">
-        <f>'[11]Sky Regional'!JQ$33+'[11]Sky Regional'!JQ$38</f>
+        <f>'[12]Sky Regional'!JQ$33+'[12]Sky Regional'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M13" s="10">
-        <f>'[11]Sky Regional'!JR$33+'[11]Sky Regional'!JR$38</f>
+        <f>'[12]Sky Regional'!JR$33+'[12]Sky Regional'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N13" s="10">
-        <f>'[11]Sky Regional'!JS$33+'[11]Sky Regional'!JS$38</f>
+        <f>'[12]Sky Regional'!JS$33+'[12]Sky Regional'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="10">
-        <f>'[11]Aer Lingus'!JH$33+'[11]Aer Lingus'!JH$38</f>
+        <f>'[12]Aer Lingus'!JH$33+'[12]Aer Lingus'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>'[11]Aer Lingus'!JI$33+'[11]Aer Lingus'!JI$38</f>
+        <f>'[12]Aer Lingus'!JI$33+'[12]Aer Lingus'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>'[11]Aer Lingus'!JJ$33+'[11]Aer Lingus'!JJ$38</f>
+        <f>'[12]Aer Lingus'!JJ$33+'[12]Aer Lingus'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>'[11]Aer Lingus'!JK$33+'[11]Aer Lingus'!JK$38</f>
+        <f>'[12]Aer Lingus'!JK$33+'[12]Aer Lingus'!JK$38</f>
         <v>2226</v>
       </c>
       <c r="G14" s="10">
-        <f>'[11]Aer Lingus'!JL$33+'[11]Aer Lingus'!JL$38</f>
+        <f>'[12]Aer Lingus'!JL$33+'[12]Aer Lingus'!JL$38</f>
         <v>3574</v>
       </c>
       <c r="H14" s="10">
-        <f>'[11]Aer Lingus'!JM$33+'[11]Aer Lingus'!JM$38</f>
+        <f>'[12]Aer Lingus'!JM$33+'[12]Aer Lingus'!JM$38</f>
         <v>3379</v>
       </c>
       <c r="I14" s="10">
-        <f>'[11]Aer Lingus'!JN$33+'[11]Aer Lingus'!JN$38</f>
+        <f>'[12]Aer Lingus'!JN$33+'[12]Aer Lingus'!JN$38</f>
         <v>3166</v>
       </c>
       <c r="J14" s="10">
-        <f>'[11]Aer Lingus'!JO$33+'[11]Aer Lingus'!JO$38</f>
+        <f>'[12]Aer Lingus'!JO$33+'[12]Aer Lingus'!JO$38</f>
         <v>4322</v>
       </c>
       <c r="K14" s="10">
-        <f>'[11]Aer Lingus'!JP$33+'[11]Aer Lingus'!JP$38</f>
+        <f>'[12]Aer Lingus'!JP$33+'[12]Aer Lingus'!JP$38</f>
         <v>3397</v>
       </c>
       <c r="L14" s="10">
-        <f>'[11]Aer Lingus'!JQ$33+'[11]Aer Lingus'!JQ$38</f>
+        <f>'[12]Aer Lingus'!JQ$33+'[12]Aer Lingus'!JQ$38</f>
         <v>2488</v>
       </c>
       <c r="M14" s="10">
-        <f>'[11]Aer Lingus'!JR$33+'[11]Aer Lingus'!JR$38</f>
-        <v>0</v>
+        <f>'[12]Aer Lingus'!JR$33+'[12]Aer Lingus'!JR$38</f>
+        <v>1893</v>
       </c>
       <c r="N14" s="10">
-        <f>'[11]Aer Lingus'!JS$33+'[11]Aer Lingus'!JS$38</f>
+        <f>'[12]Aer Lingus'!JS$33+'[12]Aer Lingus'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="10">
-        <f>'[11]Air Wisconsin'!JH$23+'[11]Air Wisconsin'!JH$28</f>
+        <f>'[12]Air Wisconsin'!JH$23+'[12]Air Wisconsin'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D15" s="10">
-        <f>'[11]Air Wisconsin'!JI$23+'[11]Air Wisconsin'!JI$28</f>
+        <f>'[12]Air Wisconsin'!JI$23+'[12]Air Wisconsin'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E15" s="10">
-        <f>'[11]Air Wisconsin'!JJ$23+'[11]Air Wisconsin'!JJ$28</f>
+        <f>'[12]Air Wisconsin'!JJ$23+'[12]Air Wisconsin'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F15" s="10">
-        <f>'[11]Air Wisconsin'!JK$23+'[11]Air Wisconsin'!JK$28</f>
+        <f>'[12]Air Wisconsin'!JK$23+'[12]Air Wisconsin'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G15" s="10">
-        <f>'[11]Air Wisconsin'!JL$23+'[11]Air Wisconsin'!JL$28</f>
+        <f>'[12]Air Wisconsin'!JL$23+'[12]Air Wisconsin'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H15" s="10">
-        <f>'[11]Air Wisconsin'!JM$23+'[11]Air Wisconsin'!JM$28</f>
+        <f>'[12]Air Wisconsin'!JM$23+'[12]Air Wisconsin'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I15" s="10">
-        <f>'[11]Air Wisconsin'!JN$23+'[11]Air Wisconsin'!JN$28</f>
+        <f>'[12]Air Wisconsin'!JN$23+'[12]Air Wisconsin'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J15" s="10">
-        <f>'[11]Air Wisconsin'!JO$23+'[11]Air Wisconsin'!JO$28</f>
+        <f>'[12]Air Wisconsin'!JO$23+'[12]Air Wisconsin'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K15" s="10">
-        <f>'[11]Air Wisconsin'!JP$23+'[11]Air Wisconsin'!JP$28</f>
+        <f>'[12]Air Wisconsin'!JP$23+'[12]Air Wisconsin'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[11]Air Wisconsin'!JQ$23+'[11]Air Wisconsin'!JQ$28</f>
+        <f>'[12]Air Wisconsin'!JQ$23+'[12]Air Wisconsin'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[11]Air Wisconsin'!JR$23+'[11]Air Wisconsin'!JR$28</f>
+        <f>'[12]Air Wisconsin'!JR$23+'[12]Air Wisconsin'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[11]Air Wisconsin'!JS$23+'[11]Air Wisconsin'!JS$28</f>
+        <f>'[12]Air Wisconsin'!JS$23+'[12]Air Wisconsin'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="10">
-        <f>[11]Alaska!JH$23+[11]Alaska!JH$28</f>
+        <f>[12]Alaska!JH$23+[12]Alaska!JH$28</f>
         <v>9721</v>
       </c>
       <c r="D16" s="10">
-        <f>[11]Alaska!JI$23+[11]Alaska!JI$28</f>
+        <f>[12]Alaska!JI$23+[12]Alaska!JI$28</f>
         <v>7855</v>
       </c>
       <c r="E16" s="10">
-        <f>[11]Alaska!JJ$23+[11]Alaska!JJ$28</f>
+        <f>[12]Alaska!JJ$23+[12]Alaska!JJ$28</f>
         <v>10318</v>
       </c>
       <c r="F16" s="10">
-        <f>[11]Alaska!JK$23+[11]Alaska!JK$28</f>
+        <f>[12]Alaska!JK$23+[12]Alaska!JK$28</f>
         <v>9721</v>
       </c>
       <c r="G16" s="10">
-        <f>[11]Alaska!JL$23+[11]Alaska!JL$28</f>
+        <f>[12]Alaska!JL$23+[12]Alaska!JL$28</f>
         <v>13917</v>
       </c>
       <c r="H16" s="10">
-        <f>[11]Alaska!JM$23+[11]Alaska!JM$28</f>
+        <f>[12]Alaska!JM$23+[12]Alaska!JM$28</f>
         <v>19954</v>
       </c>
       <c r="I16" s="10">
-        <f>[11]Alaska!JN$23+[11]Alaska!JN$28</f>
+        <f>[12]Alaska!JN$23+[12]Alaska!JN$28</f>
         <v>25596</v>
       </c>
       <c r="J16" s="10">
-        <f>[11]Alaska!JO$23+[11]Alaska!JO$28</f>
+        <f>[12]Alaska!JO$23+[12]Alaska!JO$28</f>
         <v>24373</v>
       </c>
       <c r="K16" s="10">
-        <f>[11]Alaska!JP$23+[11]Alaska!JP$28</f>
+        <f>[12]Alaska!JP$23+[12]Alaska!JP$28</f>
         <v>17482</v>
       </c>
       <c r="L16" s="10">
-        <f>[11]Alaska!JQ$23+[11]Alaska!JQ$28</f>
+        <f>[12]Alaska!JQ$23+[12]Alaska!JQ$28</f>
         <v>15123</v>
       </c>
       <c r="M16" s="10">
-        <f>[11]Alaska!JR$23+[11]Alaska!JR$28</f>
-        <v>0</v>
+        <f>[12]Alaska!JR$23+[12]Alaska!JR$28</f>
+        <v>11973</v>
       </c>
       <c r="N16" s="10">
-        <f>[11]Alaska!JS$23+[11]Alaska!JS$28</f>
+        <f>[12]Alaska!JS$23+[12]Alaska!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="10">
-        <f>[11]American!JH$23+[11]American!JH$28</f>
+        <f>[12]American!JH$23+[12]American!JH$28</f>
         <v>49222</v>
       </c>
       <c r="D17" s="10">
-        <f>[11]American!JI$23+[11]American!JI$28</f>
+        <f>[12]American!JI$23+[12]American!JI$28</f>
         <v>45423</v>
       </c>
       <c r="E17" s="10">
-        <f>[11]American!JJ$23+[11]American!JJ$28</f>
+        <f>[12]American!JJ$23+[12]American!JJ$28</f>
         <v>60200</v>
       </c>
       <c r="F17" s="10">
-        <f>[11]American!JK$23+[11]American!JK$28</f>
+        <f>[12]American!JK$23+[12]American!JK$28</f>
         <v>45730</v>
       </c>
       <c r="G17" s="10">
-        <f>[11]American!JL$23+[11]American!JL$28</f>
+        <f>[12]American!JL$23+[12]American!JL$28</f>
         <v>52976</v>
       </c>
       <c r="H17" s="10">
-        <f>[11]American!JM$23+[11]American!JM$28</f>
+        <f>[12]American!JM$23+[12]American!JM$28</f>
         <v>58051</v>
       </c>
       <c r="I17" s="10">
-        <f>[11]American!JN$23+[11]American!JN$28</f>
+        <f>[12]American!JN$23+[12]American!JN$28</f>
         <v>63500</v>
       </c>
       <c r="J17" s="10">
-        <f>[11]American!JO$23+[11]American!JO$28</f>
+        <f>[12]American!JO$23+[12]American!JO$28</f>
         <v>57687</v>
       </c>
       <c r="K17" s="10">
-        <f>[11]American!JP$23+[11]American!JP$28</f>
+        <f>[12]American!JP$23+[12]American!JP$28</f>
         <v>55637</v>
       </c>
       <c r="L17" s="10">
-        <f>[11]American!JQ$23+[11]American!JQ$28</f>
+        <f>[12]American!JQ$23+[12]American!JQ$28</f>
         <v>55311</v>
       </c>
       <c r="M17" s="10">
-        <f>[11]American!JR$23+[11]American!JR$28</f>
-        <v>0</v>
+        <f>[12]American!JR$23+[12]American!JR$28</f>
+        <v>41786</v>
       </c>
       <c r="N17" s="10">
-        <f>[11]American!JS$23+[11]American!JS$28</f>
+        <f>[12]American!JS$23+[12]American!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B18" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="10">
-        <f>'[11]Denver Air'!JH$23+'[11]Denver Air'!JH$28</f>
+        <f>'[12]Denver Air'!JH$23+'[12]Denver Air'!JH$28</f>
         <v>914</v>
       </c>
       <c r="D18" s="10">
-        <f>'[11]Denver Air'!JI$23+'[11]Denver Air'!JI$28</f>
+        <f>'[12]Denver Air'!JI$23+'[12]Denver Air'!JI$28</f>
         <v>827</v>
       </c>
       <c r="E18" s="10">
-        <f>'[11]Denver Air'!JJ$23+'[11]Denver Air'!JJ$28</f>
+        <f>'[12]Denver Air'!JJ$23+'[12]Denver Air'!JJ$28</f>
         <v>888</v>
       </c>
       <c r="F18" s="10">
-        <f>'[11]Denver Air'!JK$23+'[11]Denver Air'!JK$28</f>
+        <f>'[12]Denver Air'!JK$23+'[12]Denver Air'!JK$28</f>
         <v>591</v>
       </c>
       <c r="G18" s="10">
-        <f>'[11]Denver Air'!JL$23+'[11]Denver Air'!JL$28</f>
+        <f>'[12]Denver Air'!JL$23+'[12]Denver Air'!JL$28</f>
         <v>853</v>
       </c>
       <c r="H18" s="10">
-        <f>'[11]Denver Air'!JM$23+'[11]Denver Air'!JM$28</f>
+        <f>'[12]Denver Air'!JM$23+'[12]Denver Air'!JM$28</f>
         <v>945</v>
       </c>
       <c r="I18" s="10">
-        <f>'[11]Denver Air'!JN$23+'[11]Denver Air'!JN$28</f>
+        <f>'[12]Denver Air'!JN$23+'[12]Denver Air'!JN$28</f>
         <v>736</v>
       </c>
       <c r="J18" s="10">
-        <f>'[11]Denver Air'!JO$23+'[11]Denver Air'!JO$28</f>
+        <f>'[12]Denver Air'!JO$23+'[12]Denver Air'!JO$28</f>
         <v>902</v>
       </c>
       <c r="K18" s="10">
-        <f>'[11]Denver Air'!JP$23+'[11]Denver Air'!JP$28</f>
+        <f>'[12]Denver Air'!JP$23+'[12]Denver Air'!JP$28</f>
         <v>806</v>
       </c>
       <c r="L18" s="10">
-        <f>'[11]Denver Air'!JQ$23+'[11]Denver Air'!JQ$28</f>
+        <f>'[12]Denver Air'!JQ$23+'[12]Denver Air'!JQ$28</f>
         <v>918</v>
       </c>
       <c r="M18" s="10">
-        <f>'[11]Denver Air'!JR$23+'[11]Denver Air'!JR$28</f>
-        <v>0</v>
+        <f>'[12]Denver Air'!JR$23+'[12]Denver Air'!JR$28</f>
+        <v>770</v>
       </c>
       <c r="N18" s="10">
-        <f>'[11]Denver Air'!JS$23+'[11]Denver Air'!JS$28</f>
+        <f>'[12]Denver Air'!JS$23+'[12]Denver Air'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="10">
-        <f>[11]PSA!JH$23+[11]PSA!JH$28</f>
+        <f>[12]PSA!JH$23+[12]PSA!JH$28</f>
         <v>4571</v>
       </c>
       <c r="D19" s="10">
-        <f>[11]PSA!JI$23+[11]PSA!JI$28</f>
+        <f>[12]PSA!JI$23+[12]PSA!JI$28</f>
         <v>4479</v>
       </c>
       <c r="E19" s="10">
-        <f>[11]PSA!JJ$23+[11]PSA!JJ$28</f>
+        <f>[12]PSA!JJ$23+[12]PSA!JJ$28</f>
         <v>7302</v>
       </c>
       <c r="F19" s="10">
-        <f>[11]PSA!JK$23+[11]PSA!JK$28</f>
+        <f>[12]PSA!JK$23+[12]PSA!JK$28</f>
         <v>5080</v>
       </c>
       <c r="G19" s="10">
-        <f>[11]PSA!JL$23+[11]PSA!JL$28</f>
+        <f>[12]PSA!JL$23+[12]PSA!JL$28</f>
         <v>3705</v>
       </c>
       <c r="H19" s="10">
-        <f>[11]PSA!JM$23+[11]PSA!JM$28</f>
+        <f>[12]PSA!JM$23+[12]PSA!JM$28</f>
         <v>2252</v>
       </c>
       <c r="I19" s="10">
-        <f>[11]PSA!JN$23+[11]PSA!JN$28</f>
+        <f>[12]PSA!JN$23+[12]PSA!JN$28</f>
         <v>2055</v>
       </c>
       <c r="J19" s="10">
-        <f>[11]PSA!JO$23+[11]PSA!JO$28</f>
+        <f>[12]PSA!JO$23+[12]PSA!JO$28</f>
         <v>2111</v>
       </c>
       <c r="K19" s="10">
-        <f>[11]PSA!JP$23+[11]PSA!JP$28</f>
+        <f>[12]PSA!JP$23+[12]PSA!JP$28</f>
         <v>4212</v>
       </c>
       <c r="L19" s="10">
-        <f>[11]PSA!JQ$23+[11]PSA!JQ$28</f>
+        <f>[12]PSA!JQ$23+[12]PSA!JQ$28</f>
         <v>2903</v>
       </c>
       <c r="M19" s="10">
-        <f>[11]PSA!JR$23+[11]PSA!JR$28</f>
-        <v>0</v>
+        <f>[12]PSA!JR$23+[12]PSA!JR$28</f>
+        <v>5773</v>
       </c>
       <c r="N19" s="10">
-        <f>[11]PSA!JS$23+[11]PSA!JS$28</f>
+        <f>[12]PSA!JS$23+[12]PSA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="10">
-        <f>'[11]American Eagle'!JH$23+'[11]American Eagle'!JH$28</f>
+        <f>'[12]American Eagle'!JH$23+'[12]American Eagle'!JH$28</f>
         <v>4319</v>
       </c>
       <c r="D20" s="10">
-        <f>'[11]American Eagle'!JI$23+'[11]American Eagle'!JI$28</f>
+        <f>'[12]American Eagle'!JI$23+'[12]American Eagle'!JI$28</f>
         <v>4668</v>
       </c>
       <c r="E20" s="10">
-        <f>'[11]American Eagle'!JJ$23+'[11]American Eagle'!JJ$28</f>
+        <f>'[12]American Eagle'!JJ$23+'[12]American Eagle'!JJ$28</f>
         <v>1121</v>
       </c>
       <c r="F20" s="10">
-        <f>'[11]American Eagle'!JK$23+'[11]American Eagle'!JK$28</f>
+        <f>'[12]American Eagle'!JK$23+'[12]American Eagle'!JK$28</f>
         <v>2940</v>
       </c>
       <c r="G20" s="10">
-        <f>'[11]American Eagle'!JL$23+'[11]American Eagle'!JL$28</f>
+        <f>'[12]American Eagle'!JL$23+'[12]American Eagle'!JL$28</f>
         <v>7580</v>
       </c>
       <c r="H20" s="10">
-        <f>'[11]American Eagle'!JM$23+'[11]American Eagle'!JM$28</f>
+        <f>'[12]American Eagle'!JM$23+'[12]American Eagle'!JM$28</f>
         <v>5960</v>
       </c>
       <c r="I20" s="10">
-        <f>'[11]American Eagle'!JN$23+'[11]American Eagle'!JN$28</f>
+        <f>'[12]American Eagle'!JN$23+'[12]American Eagle'!JN$28</f>
         <v>5804</v>
       </c>
       <c r="J20" s="10">
-        <f>'[11]American Eagle'!JO$23+'[11]American Eagle'!JO$28</f>
+        <f>'[12]American Eagle'!JO$23+'[12]American Eagle'!JO$28</f>
         <v>5592</v>
       </c>
       <c r="K20" s="10">
-        <f>'[11]American Eagle'!JP$23+'[11]American Eagle'!JP$28</f>
+        <f>'[12]American Eagle'!JP$23+'[12]American Eagle'!JP$28</f>
         <v>1749</v>
       </c>
       <c r="L20" s="10">
-        <f>'[11]American Eagle'!JQ$23+'[11]American Eagle'!JQ$28</f>
+        <f>'[12]American Eagle'!JQ$23+'[12]American Eagle'!JQ$28</f>
         <v>6764</v>
       </c>
       <c r="M20" s="10">
-        <f>'[11]American Eagle'!JR$23+'[11]American Eagle'!JR$28</f>
-        <v>0</v>
+        <f>'[12]American Eagle'!JR$23+'[12]American Eagle'!JR$28</f>
+        <v>5821</v>
       </c>
       <c r="N20" s="10">
-        <f>'[11]American Eagle'!JS$23+'[11]American Eagle'!JS$28</f>
+        <f>'[12]American Eagle'!JS$23+'[12]American Eagle'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B21" s="53" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="10">
-        <f>'[11]Continental Express'!JH$23+'[11]Continental Express'!JH$28</f>
+        <f>'[12]Continental Express'!JH$23+'[12]Continental Express'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D21" s="10">
-        <f>'[11]Continental Express'!JI$23+'[11]Continental Express'!JI$28</f>
+        <f>'[12]Continental Express'!JI$23+'[12]Continental Express'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E21" s="10">
-        <f>'[11]Continental Express'!JJ$23+'[11]Continental Express'!JJ$28</f>
+        <f>'[12]Continental Express'!JJ$23+'[12]Continental Express'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F21" s="10">
-        <f>'[11]Continental Express'!JK$23+'[11]Continental Express'!JK$28</f>
+        <f>'[12]Continental Express'!JK$23+'[12]Continental Express'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G21" s="10">
-        <f>'[11]Continental Express'!JL$23+'[11]Continental Express'!JL$28</f>
+        <f>'[12]Continental Express'!JL$23+'[12]Continental Express'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H21" s="10">
-        <f>'[11]Continental Express'!JM$23+'[11]Continental Express'!JM$28</f>
+        <f>'[12]Continental Express'!JM$23+'[12]Continental Express'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I21" s="10">
-        <f>'[11]Continental Express'!JN$23+'[11]Continental Express'!JN$28</f>
+        <f>'[12]Continental Express'!JN$23+'[12]Continental Express'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J21" s="10">
-        <f>'[11]Continental Express'!JO$23+'[11]Continental Express'!JO$28</f>
+        <f>'[12]Continental Express'!JO$23+'[12]Continental Express'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K21" s="10">
-        <f>'[11]Continental Express'!JP$23+'[11]Continental Express'!JP$28</f>
+        <f>'[12]Continental Express'!JP$23+'[12]Continental Express'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L21" s="10">
-        <f>'[11]Continental Express'!JQ$23+'[11]Continental Express'!JQ$28</f>
+        <f>'[12]Continental Express'!JQ$23+'[12]Continental Express'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M21" s="10">
-        <f>'[11]Continental Express'!JR$23+'[11]Continental Express'!JR$28</f>
+        <f>'[12]Continental Express'!JR$23+'[12]Continental Express'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N21" s="10">
-        <f>'[11]Continental Express'!JS$23+'[11]Continental Express'!JS$28</f>
+        <f>'[12]Continental Express'!JS$23+'[12]Continental Express'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="10">
-        <f>'[11]Go Jet_UA'!JH$23+'[11]Go Jet_UA'!JH$28</f>
+        <f>'[12]Go Jet_UA'!JH$23+'[12]Go Jet_UA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D22" s="10">
-        <f>'[11]Go Jet_UA'!JI$23+'[11]Go Jet_UA'!JI$28</f>
+        <f>'[12]Go Jet_UA'!JI$23+'[12]Go Jet_UA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E22" s="10">
-        <f>'[11]Go Jet_UA'!JJ$23+'[11]Go Jet_UA'!JJ$28</f>
+        <f>'[12]Go Jet_UA'!JJ$23+'[12]Go Jet_UA'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F22" s="10">
-        <f>'[11]Go Jet_UA'!JK$23+'[11]Go Jet_UA'!JK$28</f>
+        <f>'[12]Go Jet_UA'!JK$23+'[12]Go Jet_UA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G22" s="10">
-        <f>'[11]Go Jet_UA'!JL$23+'[11]Go Jet_UA'!JL$28</f>
+        <f>'[12]Go Jet_UA'!JL$23+'[12]Go Jet_UA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H22" s="10">
-        <f>'[11]Go Jet_UA'!JM$23+'[11]Go Jet_UA'!JM$28</f>
+        <f>'[12]Go Jet_UA'!JM$23+'[12]Go Jet_UA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I22" s="10">
-        <f>'[11]Go Jet_UA'!JN$23+'[11]Go Jet_UA'!JN$28</f>
+        <f>'[12]Go Jet_UA'!JN$23+'[12]Go Jet_UA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J22" s="10">
-        <f>'[11]Go Jet_UA'!JO$23+'[11]Go Jet_UA'!JO$28</f>
+        <f>'[12]Go Jet_UA'!JO$23+'[12]Go Jet_UA'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K22" s="10">
-        <f>'[11]Go Jet_UA'!JP$23+'[11]Go Jet_UA'!JP$28</f>
+        <f>'[12]Go Jet_UA'!JP$23+'[12]Go Jet_UA'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L22" s="10">
-        <f>'[11]Go Jet_UA'!JQ$23+'[11]Go Jet_UA'!JQ$28</f>
+        <f>'[12]Go Jet_UA'!JQ$23+'[12]Go Jet_UA'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M22" s="10">
-        <f>'[11]Go Jet_UA'!JR$23+'[11]Go Jet_UA'!JR$28</f>
+        <f>'[12]Go Jet_UA'!JR$23+'[12]Go Jet_UA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N22" s="10">
-        <f>'[11]Go Jet_UA'!JS$23+'[11]Go Jet_UA'!JS$28</f>
+        <f>'[12]Go Jet_UA'!JS$23+'[12]Go Jet_UA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="10">
-        <f>[11]Horizon_AS!IT23+[11]Horizon_AS!IT33+[11]Horizon_AS!IT28+[11]Horizon_AS!IT38</f>
+        <f>[12]Horizon_AS!IT23+[12]Horizon_AS!IT33+[12]Horizon_AS!IT28+[12]Horizon_AS!IT38</f>
         <v>0</v>
       </c>
       <c r="D23" s="10">
-        <f>[11]Horizon_AS!IU23+[11]Horizon_AS!IU33+[11]Horizon_AS!IU28+[11]Horizon_AS!IU38</f>
+        <f>[12]Horizon_AS!IU23+[12]Horizon_AS!IU33+[12]Horizon_AS!IU28+[12]Horizon_AS!IU38</f>
         <v>0</v>
       </c>
       <c r="E23" s="10">
-        <f>[11]Horizon_AS!IV23+[11]Horizon_AS!IV33+[11]Horizon_AS!IV28+[11]Horizon_AS!IV38</f>
+        <f>[12]Horizon_AS!IV23+[12]Horizon_AS!IV33+[12]Horizon_AS!IV28+[12]Horizon_AS!IV38</f>
         <v>0</v>
       </c>
       <c r="F23" s="10">
-        <f>[11]Horizon_AS!IW23+[11]Horizon_AS!IW33+[11]Horizon_AS!IW28+[11]Horizon_AS!IW38</f>
+        <f>[12]Horizon_AS!IW23+[12]Horizon_AS!IW33+[12]Horizon_AS!IW28+[12]Horizon_AS!IW38</f>
         <v>0</v>
       </c>
       <c r="G23" s="10">
-        <f>[11]Horizon_AS!IX23+[11]Horizon_AS!IX33+[11]Horizon_AS!IX28+[11]Horizon_AS!IX38</f>
+        <f>[12]Horizon_AS!IX23+[12]Horizon_AS!IX33+[12]Horizon_AS!IX28+[12]Horizon_AS!IX38</f>
         <v>0</v>
       </c>
       <c r="H23" s="10">
-        <f>[11]Horizon_AS!IY23+[11]Horizon_AS!IY33+[11]Horizon_AS!IY28+[11]Horizon_AS!IY38</f>
+        <f>[12]Horizon_AS!IY23+[12]Horizon_AS!IY33+[12]Horizon_AS!IY28+[12]Horizon_AS!IY38</f>
         <v>0</v>
       </c>
       <c r="I23" s="10">
-        <f>[11]Horizon_AS!IZ23+[11]Horizon_AS!IZ33+[11]Horizon_AS!IZ28+[11]Horizon_AS!IZ38</f>
+        <f>[12]Horizon_AS!IZ23+[12]Horizon_AS!IZ33+[12]Horizon_AS!IZ28+[12]Horizon_AS!IZ38</f>
         <v>0</v>
       </c>
       <c r="J23" s="10">
-        <f>[11]Horizon_AS!JA23+[11]Horizon_AS!JA33+[11]Horizon_AS!JA28+[11]Horizon_AS!JA38</f>
+        <f>[12]Horizon_AS!JA23+[12]Horizon_AS!JA33+[12]Horizon_AS!JA28+[12]Horizon_AS!JA38</f>
         <v>0</v>
       </c>
       <c r="K23" s="10">
-        <f>[11]Horizon_AS!JB23+[11]Horizon_AS!JB33+[11]Horizon_AS!JB28+[11]Horizon_AS!JB38</f>
+        <f>[12]Horizon_AS!JB23+[12]Horizon_AS!JB33+[12]Horizon_AS!JB28+[12]Horizon_AS!JB38</f>
         <v>0</v>
       </c>
       <c r="L23" s="10">
-        <f>[11]Horizon_AS!JC23+[11]Horizon_AS!JC33+[11]Horizon_AS!JC28+[11]Horizon_AS!JC38</f>
+        <f>[12]Horizon_AS!JC23+[12]Horizon_AS!JC33+[12]Horizon_AS!JC28+[12]Horizon_AS!JC38</f>
         <v>0</v>
       </c>
       <c r="M23" s="10">
-        <f>[11]Horizon_AS!JD23+[11]Horizon_AS!JD33+[11]Horizon_AS!JD28+[11]Horizon_AS!JD38</f>
+        <f>[12]Horizon_AS!JD23+[12]Horizon_AS!JD33+[12]Horizon_AS!JD28+[12]Horizon_AS!JD38</f>
         <v>0</v>
       </c>
       <c r="N23" s="10">
-        <f>[11]Horizon_AS!JE23+[11]Horizon_AS!JE33+[11]Horizon_AS!JE28+[11]Horizon_AS!JE38</f>
+        <f>[12]Horizon_AS!JE23+[12]Horizon_AS!JE33+[12]Horizon_AS!JE28+[12]Horizon_AS!JE38</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="10">
-        <f>[11]MESA_UA!JH$23+[11]MESA_UA!JH$28</f>
+        <f>[12]MESA_UA!JH$23+[12]MESA_UA!JH$28</f>
         <v>2525</v>
       </c>
       <c r="D24" s="10">
-        <f>[11]MESA_UA!JI$23+[11]MESA_UA!JI$28</f>
+        <f>[12]MESA_UA!JI$23+[12]MESA_UA!JI$28</f>
         <v>3849</v>
       </c>
       <c r="E24" s="10">
-        <f>[11]MESA_UA!JJ$23+[11]MESA_UA!JJ$28</f>
+        <f>[12]MESA_UA!JJ$23+[12]MESA_UA!JJ$28</f>
         <v>6462</v>
       </c>
       <c r="F24" s="10">
-        <f>[11]MESA_UA!JK$23+[11]MESA_UA!JK$28</f>
+        <f>[12]MESA_UA!JK$23+[12]MESA_UA!JK$28</f>
         <v>5019</v>
       </c>
       <c r="G24" s="10">
-        <f>[11]MESA_UA!JL$23+[11]MESA_UA!JL$28</f>
+        <f>[12]MESA_UA!JL$23+[12]MESA_UA!JL$28</f>
         <v>4702</v>
       </c>
       <c r="H24" s="10">
-        <f>[11]MESA_UA!JM$23+[11]MESA_UA!JM$28</f>
+        <f>[12]MESA_UA!JM$23+[12]MESA_UA!JM$28</f>
         <v>2755</v>
       </c>
       <c r="I24" s="10">
-        <f>[11]MESA_UA!JN$23+[11]MESA_UA!JN$28</f>
+        <f>[12]MESA_UA!JN$23+[12]MESA_UA!JN$28</f>
         <v>6578</v>
       </c>
       <c r="J24" s="10">
-        <f>[11]MESA_UA!JO$23+[11]MESA_UA!JO$28</f>
+        <f>[12]MESA_UA!JO$23+[12]MESA_UA!JO$28</f>
         <v>6357</v>
       </c>
       <c r="K24" s="10">
-        <f>[11]MESA_UA!JP$23+[11]MESA_UA!JP$28</f>
+        <f>[12]MESA_UA!JP$23+[12]MESA_UA!JP$28</f>
         <v>5687</v>
       </c>
       <c r="L24" s="10">
-        <f>[11]MESA_UA!JQ$23+[11]MESA_UA!JQ$28</f>
+        <f>[12]MESA_UA!JQ$23+[12]MESA_UA!JQ$28</f>
         <v>5283</v>
       </c>
       <c r="M24" s="10">
-        <f>[11]MESA_UA!JR$23+[11]MESA_UA!JR$28</f>
-        <v>0</v>
+        <f>[12]MESA_UA!JR$23+[12]MESA_UA!JR$28</f>
+        <v>3598</v>
       </c>
       <c r="N24" s="10">
-        <f>[11]MESA_UA!JS$23+[11]MESA_UA!JS$28</f>
+        <f>[12]MESA_UA!JS$23+[12]MESA_UA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="10">
-        <f>[11]MESA!JH$23+[11]MESA!JH$28</f>
+        <f>[12]MESA!JH$23+[12]MESA!JH$28</f>
         <v>0</v>
       </c>
       <c r="D25" s="10">
-        <f>[11]MESA!JI$23+[11]MESA!JI$28</f>
+        <f>[12]MESA!JI$23+[12]MESA!JI$28</f>
         <v>0</v>
       </c>
       <c r="E25" s="10">
-        <f>[11]MESA!JJ$23+[11]MESA!JJ$28</f>
+        <f>[12]MESA!JJ$23+[12]MESA!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F25" s="10">
-        <f>[11]MESA!JK$23+[11]MESA!JK$28</f>
+        <f>[12]MESA!JK$23+[12]MESA!JK$28</f>
         <v>0</v>
       </c>
       <c r="G25" s="10">
-        <f>[11]MESA!JL$23+[11]MESA!JL$28</f>
+        <f>[12]MESA!JL$23+[12]MESA!JL$28</f>
         <v>0</v>
       </c>
       <c r="H25" s="10">
-        <f>[11]MESA!JM$23+[11]MESA!JM$28</f>
+        <f>[12]MESA!JM$23+[12]MESA!JM$28</f>
         <v>0</v>
       </c>
       <c r="I25" s="10">
-        <f>[11]MESA!JN$23+[11]MESA!JN$28</f>
+        <f>[12]MESA!JN$23+[12]MESA!JN$28</f>
         <v>0</v>
       </c>
       <c r="J25" s="10">
-        <f>[11]MESA!JO$23+[11]MESA!JO$28</f>
+        <f>[12]MESA!JO$23+[12]MESA!JO$28</f>
         <v>0</v>
       </c>
       <c r="K25" s="10">
-        <f>[11]MESA!JP$23+[11]MESA!JP$28</f>
+        <f>[12]MESA!JP$23+[12]MESA!JP$28</f>
         <v>0</v>
       </c>
       <c r="L25" s="10">
-        <f>[11]MESA!JQ$23+[11]MESA!JQ$28</f>
+        <f>[12]MESA!JQ$23+[12]MESA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M25" s="10">
-        <f>[11]MESA!JR$23+[11]MESA!JR$28</f>
+        <f>[12]MESA!JR$23+[12]MESA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N25" s="10">
-        <f>[11]MESA!JS$23+[11]MESA!JS$28</f>
+        <f>[12]MESA!JS$23+[12]MESA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B26" s="53" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="10">
-        <f>[11]Republic!JH$23+[11]Republic!JH$28</f>
+        <f>[12]Republic!JH$23+[12]Republic!JH$28</f>
         <v>4153</v>
       </c>
       <c r="D26" s="10">
-        <f>[11]Republic!JI$23+[11]Republic!JI$28</f>
+        <f>[12]Republic!JI$23+[12]Republic!JI$28</f>
         <v>3392</v>
       </c>
       <c r="E26" s="10">
-        <f>[11]Republic!JJ$23+[11]Republic!JJ$28</f>
+        <f>[12]Republic!JJ$23+[12]Republic!JJ$28</f>
         <v>8410</v>
       </c>
       <c r="F26" s="10">
-        <f>[11]Republic!JK$23+[11]Republic!JK$28</f>
+        <f>[12]Republic!JK$23+[12]Republic!JK$28</f>
         <v>5909</v>
       </c>
       <c r="G26" s="10">
-        <f>[11]Republic!JL$23+[11]Republic!JL$28</f>
+        <f>[12]Republic!JL$23+[12]Republic!JL$28</f>
         <v>4798</v>
       </c>
       <c r="H26" s="10">
-        <f>[11]Republic!JM$23+[11]Republic!JM$28</f>
+        <f>[12]Republic!JM$23+[12]Republic!JM$28</f>
         <v>7335</v>
       </c>
       <c r="I26" s="10">
-        <f>[11]Republic!JN$23+[11]Republic!JN$28</f>
+        <f>[12]Republic!JN$23+[12]Republic!JN$28</f>
         <v>7550</v>
       </c>
       <c r="J26" s="10">
-        <f>[11]Republic!JO$23+[11]Republic!JO$28</f>
+        <f>[12]Republic!JO$23+[12]Republic!JO$28</f>
         <v>8711</v>
       </c>
       <c r="K26" s="10">
-        <f>[11]Republic!JP$23+[11]Republic!JP$28</f>
+        <f>[12]Republic!JP$23+[12]Republic!JP$28</f>
         <v>3142</v>
       </c>
       <c r="L26" s="10">
-        <f>[11]Republic!JQ$23+[11]Republic!JQ$28</f>
+        <f>[12]Republic!JQ$23+[12]Republic!JQ$28</f>
         <v>8383</v>
       </c>
       <c r="M26" s="10">
-        <f>[11]Republic!JR$23+[11]Republic!JR$28</f>
-        <v>0</v>
+        <f>[12]Republic!JR$23+[12]Republic!JR$28</f>
+        <v>3677</v>
       </c>
       <c r="N26" s="10">
-        <f>[11]Republic!JS$23+[11]Republic!JS$28</f>
+        <f>[12]Republic!JS$23+[12]Republic!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B27" s="53" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="10">
-        <f>[11]Republic_UA!JH$23+[11]Republic_UA!JH$28</f>
+        <f>[12]Republic_UA!JH$23+[12]Republic_UA!JH$28</f>
         <v>5599</v>
       </c>
       <c r="D27" s="10">
-        <f>[11]Republic_UA!JI$23+[11]Republic_UA!JI$28</f>
+        <f>[12]Republic_UA!JI$23+[12]Republic_UA!JI$28</f>
         <v>5423</v>
       </c>
       <c r="E27" s="10">
-        <f>[11]Republic_UA!JJ$23+[11]Republic_UA!JJ$28</f>
+        <f>[12]Republic_UA!JJ$23+[12]Republic_UA!JJ$28</f>
         <v>8112</v>
       </c>
       <c r="F27" s="10">
-        <f>[11]Republic_UA!JK$23+[11]Republic_UA!JK$28</f>
+        <f>[12]Republic_UA!JK$23+[12]Republic_UA!JK$28</f>
         <v>3668</v>
       </c>
       <c r="G27" s="10">
-        <f>[11]Republic_UA!JL$23+[11]Republic_UA!JL$28</f>
+        <f>[12]Republic_UA!JL$23+[12]Republic_UA!JL$28</f>
         <v>1502</v>
       </c>
       <c r="H27" s="10">
-        <f>[11]Republic_UA!JM$23+[11]Republic_UA!JM$28</f>
+        <f>[12]Republic_UA!JM$23+[12]Republic_UA!JM$28</f>
         <v>3851</v>
       </c>
       <c r="I27" s="10">
-        <f>[11]Republic_UA!JN$23+[11]Republic_UA!JN$28</f>
+        <f>[12]Republic_UA!JN$23+[12]Republic_UA!JN$28</f>
         <v>76</v>
       </c>
       <c r="J27" s="10">
-        <f>[11]Republic_UA!JO$23+[11]Republic_UA!JO$28</f>
+        <f>[12]Republic_UA!JO$23+[12]Republic_UA!JO$28</f>
         <v>302</v>
       </c>
       <c r="K27" s="10">
-        <f>[11]Republic_UA!JP$23+[11]Republic_UA!JP$28</f>
+        <f>[12]Republic_UA!JP$23+[12]Republic_UA!JP$28</f>
         <v>73</v>
       </c>
       <c r="L27" s="10">
-        <f>[11]Republic_UA!JQ$23+[11]Republic_UA!JQ$28</f>
+        <f>[12]Republic_UA!JQ$23+[12]Republic_UA!JQ$28</f>
         <v>772</v>
       </c>
       <c r="M27" s="10">
-        <f>[11]Republic_UA!JR$23+[11]Republic_UA!JR$28</f>
-        <v>0</v>
+        <f>[12]Republic_UA!JR$23+[12]Republic_UA!JR$28</f>
+        <v>1831</v>
       </c>
       <c r="N27" s="10">
-        <f>[11]Republic_UA!JS$23+[11]Republic_UA!JS$28</f>
+        <f>[12]Republic_UA!JS$23+[12]Republic_UA!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B28" s="53" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="10">
-        <f>'[11]Shuttle America'!JH$23+'[11]Shuttle America'!JH$28</f>
+        <f>'[12]Shuttle America'!JH$23+'[12]Shuttle America'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D28" s="10">
-        <f>'[11]Shuttle America'!JI$23+'[11]Shuttle America'!JI$28</f>
+        <f>'[12]Shuttle America'!JI$23+'[12]Shuttle America'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E28" s="10">
-        <f>'[11]Shuttle America'!JJ$23+'[11]Shuttle America'!JJ$28</f>
+        <f>'[12]Shuttle America'!JJ$23+'[12]Shuttle America'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F28" s="10">
-        <f>'[11]Shuttle America'!JK$23+'[11]Shuttle America'!JK$28</f>
+        <f>'[12]Shuttle America'!JK$23+'[12]Shuttle America'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G28" s="10">
-        <f>'[11]Shuttle America'!JL$23+'[11]Shuttle America'!JL$28</f>
+        <f>'[12]Shuttle America'!JL$23+'[12]Shuttle America'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H28" s="10">
-        <f>'[11]Shuttle America'!JM$23+'[11]Shuttle America'!JM$28</f>
+        <f>'[12]Shuttle America'!JM$23+'[12]Shuttle America'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I28" s="10">
-        <f>'[11]Shuttle America'!JN$23+'[11]Shuttle America'!JN$28</f>
+        <f>'[12]Shuttle America'!JN$23+'[12]Shuttle America'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J28" s="10">
-        <f>'[11]Shuttle America'!JO$23+'[11]Shuttle America'!JO$28</f>
+        <f>'[12]Shuttle America'!JO$23+'[12]Shuttle America'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K28" s="10">
-        <f>'[11]Shuttle America'!JP$23+'[11]Shuttle America'!JP$28</f>
+        <f>'[12]Shuttle America'!JP$23+'[12]Shuttle America'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L28" s="10">
-        <f>'[11]Shuttle America'!JQ$23+'[11]Shuttle America'!JQ$28</f>
+        <f>'[12]Shuttle America'!JQ$23+'[12]Shuttle America'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M28" s="10">
-        <f>'[11]Shuttle America'!JR$23+'[11]Shuttle America'!JR$28</f>
+        <f>'[12]Shuttle America'!JR$23+'[12]Shuttle America'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N28" s="10">
-        <f>'[11]Shuttle America'!JS$23+'[11]Shuttle America'!JS$28</f>
+        <f>'[12]Shuttle America'!JS$23+'[12]Shuttle America'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B29" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="10">
-        <f>'[11]Sky West_UA'!JH$23+'[11]Sky West_UA'!JH$28</f>
+        <f>'[12]Sky West_UA'!JH$23+'[12]Sky West_UA'!JH$28</f>
         <v>2345</v>
       </c>
       <c r="D29" s="10">
-        <f>'[11]Sky West_UA'!JI$23+'[11]Sky West_UA'!JI$28</f>
+        <f>'[12]Sky West_UA'!JI$23+'[12]Sky West_UA'!JI$28</f>
         <v>2234</v>
       </c>
       <c r="E29" s="10">
-        <f>'[11]Sky West_UA'!JJ$23+'[11]Sky West_UA'!JJ$28</f>
+        <f>'[12]Sky West_UA'!JJ$23+'[12]Sky West_UA'!JJ$28</f>
         <v>1918</v>
       </c>
       <c r="F29" s="10">
-        <f>'[11]Sky West_UA'!JK$23+'[11]Sky West_UA'!JK$28</f>
+        <f>'[12]Sky West_UA'!JK$23+'[12]Sky West_UA'!JK$28</f>
         <v>2758</v>
       </c>
       <c r="G29" s="10">
-        <f>'[11]Sky West_UA'!JL$23+'[11]Sky West_UA'!JL$28</f>
+        <f>'[12]Sky West_UA'!JL$23+'[12]Sky West_UA'!JL$28</f>
         <v>4540</v>
       </c>
       <c r="H29" s="10">
-        <f>'[11]Sky West_UA'!JM$23+'[11]Sky West_UA'!JM$28</f>
+        <f>'[12]Sky West_UA'!JM$23+'[12]Sky West_UA'!JM$28</f>
         <v>3549</v>
       </c>
       <c r="I29" s="10">
-        <f>'[11]Sky West_UA'!JN$23+'[11]Sky West_UA'!JN$28</f>
+        <f>'[12]Sky West_UA'!JN$23+'[12]Sky West_UA'!JN$28</f>
         <v>3499</v>
       </c>
       <c r="J29" s="10">
-        <f>'[11]Sky West_UA'!JO$23+'[11]Sky West_UA'!JO$28</f>
+        <f>'[12]Sky West_UA'!JO$23+'[12]Sky West_UA'!JO$28</f>
         <v>4010</v>
       </c>
       <c r="K29" s="10">
-        <f>'[11]Sky West_UA'!JP$23+'[11]Sky West_UA'!JP$28</f>
+        <f>'[12]Sky West_UA'!JP$23+'[12]Sky West_UA'!JP$28</f>
         <v>2920</v>
       </c>
       <c r="L29" s="10">
-        <f>'[11]Sky West_UA'!JQ$23+'[11]Sky West_UA'!JQ$28</f>
+        <f>'[12]Sky West_UA'!JQ$23+'[12]Sky West_UA'!JQ$28</f>
         <v>2904</v>
       </c>
       <c r="M29" s="10">
-        <f>'[11]Sky West_UA'!JR$23+'[11]Sky West_UA'!JR$28</f>
-        <v>0</v>
+        <f>'[12]Sky West_UA'!JR$23+'[12]Sky West_UA'!JR$28</f>
+        <v>2644</v>
       </c>
       <c r="N29" s="10">
-        <f>'[11]Sky West_UA'!JS$23+'[11]Sky West_UA'!JS$28</f>
+        <f>'[12]Sky West_UA'!JS$23+'[12]Sky West_UA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="10">
-        <f>'[11]Sky West_AA'!JH$23+'[11]Sky West_AA'!JH$28</f>
+        <f>'[12]Sky West_AA'!JH$23+'[12]Sky West_AA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D30" s="10">
-        <f>'[11]Sky West_AA'!JI$23+'[11]Sky West_AA'!JI$28</f>
+        <f>'[12]Sky West_AA'!JI$23+'[12]Sky West_AA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E30" s="10">
-        <f>'[11]Sky West_AA'!JJ$23+'[11]Sky West_AA'!JJ$28</f>
+        <f>'[12]Sky West_AA'!JJ$23+'[12]Sky West_AA'!JJ$28</f>
         <v>64</v>
       </c>
       <c r="F30" s="10">
-        <f>'[11]Sky West_AA'!JK$23+'[11]Sky West_AA'!JK$28</f>
+        <f>'[12]Sky West_AA'!JK$23+'[12]Sky West_AA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G30" s="10">
-        <f>'[11]Sky West_AA'!JL$23+'[11]Sky West_AA'!JL$28</f>
+        <f>'[12]Sky West_AA'!JL$23+'[12]Sky West_AA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H30" s="10">
-        <f>'[11]Sky West_AA'!JM$23+'[11]Sky West_AA'!JM$28</f>
+        <f>'[12]Sky West_AA'!JM$23+'[12]Sky West_AA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I30" s="10">
-        <f>'[11]Sky West_AA'!JN$23+'[11]Sky West_AA'!JN$28</f>
+        <f>'[12]Sky West_AA'!JN$23+'[12]Sky West_AA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J30" s="10">
-        <f>'[11]Sky West_AA'!JO$23+'[11]Sky West_AA'!JO$28</f>
+        <f>'[12]Sky West_AA'!JO$23+'[12]Sky West_AA'!JO$28</f>
         <v>58</v>
       </c>
       <c r="K30" s="10">
-        <f>'[11]Sky West_AA'!JP$23+'[11]Sky West_AA'!JP$28</f>
+        <f>'[12]Sky West_AA'!JP$23+'[12]Sky West_AA'!JP$28</f>
         <v>2164</v>
       </c>
       <c r="L30" s="10">
-        <f>'[11]Sky West_AA'!JQ$23+'[11]Sky West_AA'!JQ$28</f>
+        <f>'[12]Sky West_AA'!JQ$23+'[12]Sky West_AA'!JQ$28</f>
         <v>541</v>
       </c>
       <c r="M30" s="10">
-        <f>'[11]Sky West_AA'!JR$23+'[11]Sky West_AA'!JR$28</f>
-        <v>0</v>
+        <f>'[12]Sky West_AA'!JR$23+'[12]Sky West_AA'!JR$28</f>
+        <v>95</v>
       </c>
       <c r="N30" s="10">
-        <f>'[11]Sky West_AA'!JS$23+'[11]Sky West_AA'!JS$28</f>
+        <f>'[12]Sky West_AA'!JS$23+'[12]Sky West_AA'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="10">
-        <f>'[11]Sky West_AS'!JH$23+'[11]Sky West_AS'!JH$28</f>
+        <f>'[12]Sky West_AS'!JH$23+'[12]Sky West_AS'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D31" s="10">
-        <f>'[11]Sky West_AS'!JI$23+'[11]Sky West_AS'!JI$28</f>
+        <f>'[12]Sky West_AS'!JI$23+'[12]Sky West_AS'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E31" s="10">
-        <f>'[11]Sky West_AS'!JJ$23+'[11]Sky West_AS'!JJ$28</f>
+        <f>'[12]Sky West_AS'!JJ$23+'[12]Sky West_AS'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F31" s="10">
-        <f>'[11]Sky West_AS'!JK$23+'[11]Sky West_AS'!JK$28</f>
+        <f>'[12]Sky West_AS'!JK$23+'[12]Sky West_AS'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G31" s="10">
-        <f>'[11]Sky West_AS'!JL$23+'[11]Sky West_AS'!JL$28</f>
+        <f>'[12]Sky West_AS'!JL$23+'[12]Sky West_AS'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H31" s="10">
-        <f>'[11]Sky West_AS'!JM$23+'[11]Sky West_AS'!JM$28</f>
+        <f>'[12]Sky West_AS'!JM$23+'[12]Sky West_AS'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I31" s="10">
-        <f>'[11]Sky West_AS'!JN$23+'[11]Sky West_AS'!JN$28</f>
+        <f>'[12]Sky West_AS'!JN$23+'[12]Sky West_AS'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J31" s="10">
-        <f>'[11]Sky West_AS'!JO$23+'[11]Sky West_AS'!JO$28</f>
+        <f>'[12]Sky West_AS'!JO$23+'[12]Sky West_AS'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K31" s="10">
-        <f>'[11]Sky West_AS'!JP$23+'[11]Sky West_AS'!JP$28</f>
+        <f>'[12]Sky West_AS'!JP$23+'[12]Sky West_AS'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L31" s="10">
-        <f>'[11]Sky West_AS'!JQ$23+'[11]Sky West_AS'!JQ$28</f>
+        <f>'[12]Sky West_AS'!JQ$23+'[12]Sky West_AS'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M31" s="10">
-        <f>'[11]Sky West_AS'!JR$23+'[11]Sky West_AS'!JR$28</f>
+        <f>'[12]Sky West_AS'!JR$23+'[12]Sky West_AS'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N31" s="10">
-        <f>'[11]Sky West_AS'!JS$23+'[11]Sky West_AS'!JS$28</f>
+        <f>'[12]Sky West_AS'!JS$23+'[12]Sky West_AS'!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="10">
-        <f>+[11]Spirit!JH$23+[11]Spirit!JH$28</f>
+        <f>+[12]Spirit!JH$23+[12]Spirit!JH$28</f>
         <v>10298</v>
       </c>
       <c r="D32" s="10">
-        <f>+[11]Spirit!JI$23+[11]Spirit!JI$28</f>
+        <f>+[12]Spirit!JI$23+[12]Spirit!JI$28</f>
         <v>6906</v>
       </c>
       <c r="E32" s="10">
-        <f>+[11]Spirit!JJ$23+[11]Spirit!JJ$28</f>
+        <f>+[12]Spirit!JJ$23+[12]Spirit!JJ$28</f>
         <v>23124</v>
       </c>
       <c r="F32" s="10">
-        <f>+[11]Spirit!JK$23+[11]Spirit!JK$28</f>
+        <f>+[12]Spirit!JK$23+[12]Spirit!JK$28</f>
         <v>8055</v>
       </c>
       <c r="G32" s="10">
-        <f>+[11]Spirit!JL$23+[11]Spirit!JL$28</f>
+        <f>+[12]Spirit!JL$23+[12]Spirit!JL$28</f>
         <v>6132</v>
       </c>
       <c r="H32" s="10">
-        <f>+[11]Spirit!JM$23+[11]Spirit!JM$28</f>
+        <f>+[12]Spirit!JM$23+[12]Spirit!JM$28</f>
         <v>5933</v>
       </c>
       <c r="I32" s="10">
-        <f>+[11]Spirit!JN$23+[11]Spirit!JN$28</f>
+        <f>+[12]Spirit!JN$23+[12]Spirit!JN$28</f>
         <v>7101</v>
       </c>
       <c r="J32" s="10">
-        <f>+[11]Spirit!JO$23+[11]Spirit!JO$28</f>
+        <f>+[12]Spirit!JO$23+[12]Spirit!JO$28</f>
         <v>9015</v>
       </c>
       <c r="K32" s="10">
-        <f>+[11]Spirit!JP$23+[11]Spirit!JP$28</f>
+        <f>+[12]Spirit!JP$23+[12]Spirit!JP$28</f>
         <v>4105</v>
       </c>
       <c r="L32" s="10">
-        <f>+[11]Spirit!JQ$23+[11]Spirit!JQ$28</f>
+        <f>+[12]Spirit!JQ$23+[12]Spirit!JQ$28</f>
         <v>4464</v>
       </c>
       <c r="M32" s="10">
-        <f>+[11]Spirit!JR$23+[11]Spirit!JR$28</f>
-        <v>0</v>
+        <f>+[12]Spirit!JR$23+[12]Spirit!JR$28</f>
+        <v>3300</v>
       </c>
       <c r="N32" s="10">
-        <f>+[11]Spirit!JS$23+[11]Spirit!JS$28</f>
+        <f>+[12]Spirit!JS$23+[12]Spirit!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B33" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="10">
-        <f>[11]United!JH$23+[11]United!JH$28</f>
+        <f>[12]United!JH$23+[12]United!JH$28</f>
         <v>44719</v>
       </c>
       <c r="D33" s="10">
-        <f>[11]United!JI$23+[11]United!JI$28</f>
+        <f>[12]United!JI$23+[12]United!JI$28</f>
         <v>40992</v>
       </c>
       <c r="E33" s="10">
-        <f>[11]United!JJ$23+[11]United!JJ$28</f>
+        <f>[12]United!JJ$23+[12]United!JJ$28</f>
         <v>46755</v>
       </c>
       <c r="F33" s="10">
-        <f>[11]United!JK$23+[11]United!JK$28</f>
+        <f>[12]United!JK$23+[12]United!JK$28</f>
         <v>42193</v>
       </c>
       <c r="G33" s="10">
-        <f>[11]United!JL$23+[11]United!JL$28</f>
+        <f>[12]United!JL$23+[12]United!JL$28</f>
         <v>53287</v>
       </c>
       <c r="H33" s="10">
-        <f>[11]United!JM$23+[11]United!JM$28</f>
+        <f>[12]United!JM$23+[12]United!JM$28</f>
         <v>57113</v>
       </c>
       <c r="I33" s="10">
-        <f>[11]United!JN$23+[11]United!JN$28</f>
+        <f>[12]United!JN$23+[12]United!JN$28</f>
         <v>61353</v>
       </c>
       <c r="J33" s="10">
-        <f>[11]United!JO$23+[11]United!JO$28</f>
+        <f>[12]United!JO$23+[12]United!JO$28</f>
         <v>65920</v>
       </c>
       <c r="K33" s="10">
-        <f>[11]United!JP$23+[11]United!JP$28</f>
+        <f>[12]United!JP$23+[12]United!JP$28</f>
         <v>67922</v>
       </c>
       <c r="L33" s="10">
-        <f>[11]United!JQ$23+[11]United!JQ$28</f>
+        <f>[12]United!JQ$23+[12]United!JQ$28</f>
         <v>65009</v>
       </c>
       <c r="M33" s="10">
-        <f>[11]United!JR$23+[11]United!JR$28</f>
-        <v>0</v>
+        <f>[12]United!JR$23+[12]United!JR$28</f>
+        <v>47127</v>
       </c>
       <c r="N33" s="10">
-        <f>[11]United!JS$23+[11]United!JS$28</f>
+        <f>[12]United!JS$23+[12]United!JS$28</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="10">
-        <f>[11]WestJet!JH23+[11]WestJet!JH33</f>
+        <f>[12]WestJet!JH23+[12]WestJet!JH33</f>
         <v>4786</v>
       </c>
       <c r="D34" s="10">
-        <f>[11]WestJet!JI23+[11]WestJet!JI33</f>
+        <f>[12]WestJet!JI23+[12]WestJet!JI33</f>
         <v>5164</v>
       </c>
       <c r="E34" s="10">
-        <f>[11]WestJet!JJ23+[11]WestJet!JJ33</f>
+        <f>[12]WestJet!JJ23+[12]WestJet!JJ33</f>
         <v>5164</v>
       </c>
       <c r="F34" s="10">
-        <f>[11]WestJet!JK23+[11]WestJet!JK33</f>
+        <f>[12]WestJet!JK23+[12]WestJet!JK33</f>
         <v>5778</v>
       </c>
       <c r="G34" s="10">
-        <f>[11]WestJet!JL23+[11]WestJet!JL33</f>
+        <f>[12]WestJet!JL23+[12]WestJet!JL33</f>
         <v>9167</v>
       </c>
       <c r="H34" s="10">
-        <f>[11]WestJet!JM23+[11]WestJet!JM33+[11]WestJet!$JM$28+[11]WestJet!$JM$38</f>
+        <f>[12]WestJet!JM23+[12]WestJet!JM33+[12]WestJet!$JM$28+[12]WestJet!$JM$38</f>
         <v>10749</v>
       </c>
       <c r="I34" s="10">
-        <f>[11]WestJet!JN23+[11]WestJet!JN33</f>
+        <f>[12]WestJet!JN23+[12]WestJet!JN33</f>
         <v>10238</v>
       </c>
       <c r="J34" s="10">
-        <f>[11]WestJet!JO23+[11]WestJet!JO33</f>
+        <f>[12]WestJet!JO23+[12]WestJet!JO33</f>
         <v>10991</v>
       </c>
       <c r="K34" s="10">
-        <f>[11]WestJet!JP23+[11]WestJet!JP33</f>
+        <f>[12]WestJet!JP23+[12]WestJet!JP33</f>
         <v>7787</v>
       </c>
       <c r="L34" s="10">
-        <f>[11]WestJet!JQ23+[11]WestJet!JQ33</f>
+        <f>[12]WestJet!JQ23+[12]WestJet!JQ33</f>
         <v>7698</v>
       </c>
       <c r="M34" s="10">
-        <f>[11]WestJet!JR23+[11]WestJet!JR33</f>
-        <v>0</v>
+        <f>[12]WestJet!JR23+[12]WestJet!JR33</f>
+        <v>4660</v>
       </c>
       <c r="N34" s="10">
-        <f>[11]WestJet!JS23+[11]WestJet!JS33</f>
+        <f>[12]WestJet!JS23+[12]WestJet!JS33</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:14" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B36" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="12">
         <f t="shared" ref="C36:N36" si="0">SUM(C10:C35)</f>
         <v>146865</v>
       </c>
       <c r="D36" s="12">
         <f>SUM(D10:D35)</f>
         <v>133958</v>
       </c>
       <c r="E36" s="12">
         <f t="shared" si="0"/>
         <v>184437</v>
       </c>
       <c r="F36" s="12">
         <f t="shared" si="0"/>
         <v>142821</v>
       </c>
       <c r="G36" s="12">
         <f t="shared" si="0"/>
         <v>173720</v>
       </c>
       <c r="H36" s="12">
         <f t="shared" si="0"/>
         <v>189856</v>
       </c>
       <c r="I36" s="12">
         <f t="shared" si="0"/>
         <v>202605</v>
       </c>
       <c r="J36" s="12">
         <f t="shared" si="0"/>
         <v>206136</v>
       </c>
       <c r="K36" s="12">
         <f t="shared" si="0"/>
         <v>183341</v>
       </c>
       <c r="L36" s="12">
         <f t="shared" si="0"/>
         <v>183415</v>
       </c>
       <c r="M36" s="12">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>137855</v>
       </c>
       <c r="N36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="91" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A4:N30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="M30" sqref="M30"/>
     </sheetView>
@@ -7723,572 +8227,572 @@
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="22">
         <v>2025</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B11" s="53" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="10">
-        <f>[11]Southwest!JH$23+[11]Southwest!JH$28+[11]Southwest!JH$33+[11]Southwest!JH$38</f>
+        <f>[12]Southwest!JH$23+[12]Southwest!JH$28+[12]Southwest!JH$33+[12]Southwest!JH$38</f>
         <v>47570</v>
       </c>
       <c r="D11" s="10">
-        <f>[11]Southwest!JI$23+[11]Southwest!JI$28+[11]Southwest!JI$33+[11]Southwest!JI$38</f>
+        <f>[12]Southwest!JI$23+[12]Southwest!JI$28+[12]Southwest!JI$33+[12]Southwest!JI$38</f>
         <v>46522</v>
       </c>
       <c r="E11" s="10">
-        <f>[11]Southwest!JJ$23+[11]Southwest!JJ$28+[11]Southwest!JJ$33+[11]Southwest!JJ$38</f>
+        <f>[12]Southwest!JJ$23+[12]Southwest!JJ$28+[12]Southwest!JJ$33+[12]Southwest!JJ$38</f>
         <v>67931</v>
       </c>
       <c r="F11" s="10">
-        <f>[11]Southwest!JK$23+[11]Southwest!JK$28+[11]Southwest!JK$33+[11]Southwest!JK$38</f>
+        <f>[12]Southwest!JK$23+[12]Southwest!JK$28+[12]Southwest!JK$33+[12]Southwest!JK$38</f>
         <v>53381</v>
       </c>
       <c r="G11" s="10">
-        <f>[11]Southwest!JL$23+[11]Southwest!JL$28+[11]Southwest!JL$33+[11]Southwest!JL$38</f>
+        <f>[12]Southwest!JL$23+[12]Southwest!JL$28+[12]Southwest!JL$33+[12]Southwest!JL$38</f>
         <v>60389</v>
       </c>
       <c r="H11" s="10">
-        <f>[11]Southwest!JM$23+[11]Southwest!JM$28+[11]Southwest!JM$33+[11]Southwest!JM$38</f>
+        <f>[12]Southwest!JM$23+[12]Southwest!JM$28+[12]Southwest!JM$33+[12]Southwest!JM$38</f>
         <v>72792</v>
       </c>
       <c r="I11" s="10">
-        <f>[11]Southwest!JN$23+[11]Southwest!JN$28+[11]Southwest!JN$33+[11]Southwest!JN$38</f>
+        <f>[12]Southwest!JN$23+[12]Southwest!JN$28+[12]Southwest!JN$33+[12]Southwest!JN$38</f>
         <v>79114</v>
       </c>
       <c r="J11" s="10">
-        <f>[11]Southwest!JO$23+[11]Southwest!JO$28+[11]Southwest!JO$33+[11]Southwest!JO$38</f>
+        <f>[12]Southwest!JO$23+[12]Southwest!JO$28+[12]Southwest!JO$33+[12]Southwest!JO$38</f>
         <v>80771</v>
       </c>
       <c r="K11" s="10">
-        <f>[11]Southwest!JP$23+[11]Southwest!JP$28+[11]Southwest!JP$33+[11]Southwest!JP$38</f>
+        <f>[12]Southwest!JP$23+[12]Southwest!JP$28+[12]Southwest!JP$33+[12]Southwest!JP$38</f>
         <v>75602</v>
       </c>
       <c r="L11" s="10">
-        <f>[11]Southwest!JQ$23+[11]Southwest!JQ$28+[11]Southwest!JQ$33+[11]Southwest!JQ$38</f>
+        <f>[12]Southwest!JQ$23+[12]Southwest!JQ$28+[12]Southwest!JQ$33+[12]Southwest!JQ$38</f>
         <v>77159</v>
       </c>
       <c r="M11" s="10">
-        <f>[11]Southwest!JR$23+[11]Southwest!JR$28+[11]Southwest!JR$33+[11]Southwest!JR$38</f>
-        <v>0</v>
+        <f>[12]Southwest!JR$23+[12]Southwest!JR$28+[12]Southwest!JR$33+[12]Southwest!JR$38</f>
+        <v>51253</v>
       </c>
       <c r="N11" s="10">
-        <f>[11]Southwest!JS$23+[11]Southwest!JS$28+[11]Southwest!JS$33+[11]Southwest!JS$38</f>
+        <f>[12]Southwest!JS$23+[12]Southwest!JS$28+[12]Southwest!JS$33+[12]Southwest!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="10">
-        <f>[11]Icelandair!JH$23+[11]Icelandair!JH$28+[11]Icelandair!JH$33+[11]Icelandair!JH$38</f>
+        <f>[12]Icelandair!JH$23+[12]Icelandair!JH$28+[12]Icelandair!JH$33+[12]Icelandair!JH$38</f>
         <v>410</v>
       </c>
       <c r="D12" s="10">
-        <f>[11]Icelandair!JI$23+[11]Icelandair!JI$28+[11]Icelandair!JI$33+[11]Icelandair!JI$38</f>
+        <f>[12]Icelandair!JI$23+[12]Icelandair!JI$28+[12]Icelandair!JI$33+[12]Icelandair!JI$38</f>
         <v>151</v>
       </c>
       <c r="E12" s="10">
-        <f>[11]Icelandair!JJ$23+[11]Icelandair!JJ$28+[11]Icelandair!JJ$33+[11]Icelandair!JJ$38</f>
+        <f>[12]Icelandair!JJ$23+[12]Icelandair!JJ$28+[12]Icelandair!JJ$33+[12]Icelandair!JJ$38</f>
         <v>2978</v>
       </c>
       <c r="F12" s="10">
-        <f>[11]Icelandair!JK$23+[11]Icelandair!JK$28+[11]Icelandair!JK$33+[11]Icelandair!JK$38</f>
+        <f>[12]Icelandair!JK$23+[12]Icelandair!JK$28+[12]Icelandair!JK$33+[12]Icelandair!JK$38</f>
         <v>2589</v>
       </c>
       <c r="G12" s="10">
-        <f>[11]Icelandair!JL$23+[11]Icelandair!JL$28+[11]Icelandair!JL$33+[11]Icelandair!JL$38</f>
+        <f>[12]Icelandair!JL$23+[12]Icelandair!JL$28+[12]Icelandair!JL$33+[12]Icelandair!JL$38</f>
         <v>4516</v>
       </c>
       <c r="H12" s="10">
-        <f>[11]Icelandair!JM$23+[11]Icelandair!JM$28+[11]Icelandair!JM$33+[11]Icelandair!JM$38</f>
+        <f>[12]Icelandair!JM$23+[12]Icelandair!JM$28+[12]Icelandair!JM$33+[12]Icelandair!JM$38</f>
         <v>4764</v>
       </c>
       <c r="I12" s="10">
-        <f>[11]Icelandair!JN$23+[11]Icelandair!JN$28+[11]Icelandair!JN$33+[11]Icelandair!JN$38</f>
+        <f>[12]Icelandair!JN$23+[12]Icelandair!JN$28+[12]Icelandair!JN$33+[12]Icelandair!JN$38</f>
         <v>4696</v>
       </c>
       <c r="J12" s="10">
-        <f>[11]Icelandair!JO$23+[11]Icelandair!JO$28+[11]Icelandair!JO$33+[11]Icelandair!JO$38</f>
+        <f>[12]Icelandair!JO$23+[12]Icelandair!JO$28+[12]Icelandair!JO$33+[12]Icelandair!JO$38</f>
         <v>5064</v>
       </c>
       <c r="K12" s="10">
-        <f>[11]Icelandair!JP$23+[11]Icelandair!JP$28+[11]Icelandair!JP$33+[11]Icelandair!JP$38</f>
+        <f>[12]Icelandair!JP$23+[12]Icelandair!JP$28+[12]Icelandair!JP$33+[12]Icelandair!JP$38</f>
         <v>4642</v>
       </c>
       <c r="L12" s="10">
-        <f>[11]Icelandair!JQ$23+[11]Icelandair!JQ$28+[11]Icelandair!JQ$33+[11]Icelandair!JQ$38</f>
+        <f>[12]Icelandair!JQ$23+[12]Icelandair!JQ$28+[12]Icelandair!JQ$33+[12]Icelandair!JQ$38</f>
         <v>3333</v>
       </c>
       <c r="M12" s="10">
-        <f>[11]Icelandair!JR$23+[11]Icelandair!JR$28+[11]Icelandair!JR$33+[11]Icelandair!JR$38</f>
-        <v>0</v>
+        <f>[12]Icelandair!JR$23+[12]Icelandair!JR$28+[12]Icelandair!JR$33+[12]Icelandair!JR$38</f>
+        <v>2480</v>
       </c>
       <c r="N12" s="10">
-        <f>[11]Icelandair!JS$23+[11]Icelandair!JS$28+[11]Icelandair!JS$33+[11]Icelandair!JS$38</f>
+        <f>[12]Icelandair!JS$23+[12]Icelandair!JS$28+[12]Icelandair!JS$33+[12]Icelandair!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="10">
-        <f>'[11]Sun Country'!JH$23+'[11]Sun Country'!JH$28+'[11]Sun Country'!JH$33+'[11]Sun Country'!JH$38</f>
+        <f>'[12]Sun Country'!JH$23+'[12]Sun Country'!JH$28+'[12]Sun Country'!JH$33+'[12]Sun Country'!JH$38</f>
         <v>118953</v>
       </c>
       <c r="D13" s="10">
-        <f>'[11]Sun Country'!JI$23+'[11]Sun Country'!JI$28+'[11]Sun Country'!JI$33+'[11]Sun Country'!JI$38</f>
+        <f>'[12]Sun Country'!JI$23+'[12]Sun Country'!JI$28+'[12]Sun Country'!JI$33+'[12]Sun Country'!JI$38</f>
         <v>168506</v>
       </c>
       <c r="E13" s="10">
-        <f>'[11]Sun Country'!JJ$23+'[11]Sun Country'!JJ$28+'[11]Sun Country'!JJ$33+'[11]Sun Country'!JJ$38</f>
+        <f>'[12]Sun Country'!JJ$23+'[12]Sun Country'!JJ$28+'[12]Sun Country'!JJ$33+'[12]Sun Country'!JJ$38</f>
         <v>229354</v>
       </c>
       <c r="F13" s="10">
-        <f>'[11]Sun Country'!JK$23+'[11]Sun Country'!JK$28+'[11]Sun Country'!JK$33+'[11]Sun Country'!JK$38</f>
+        <f>'[12]Sun Country'!JK$23+'[12]Sun Country'!JK$28+'[12]Sun Country'!JK$33+'[12]Sun Country'!JK$38</f>
         <v>149842</v>
       </c>
       <c r="G13" s="10">
-        <f>'[11]Sun Country'!JL$23+'[11]Sun Country'!JL$28+'[11]Sun Country'!JL$33+'[11]Sun Country'!JL$38</f>
+        <f>'[12]Sun Country'!JL$23+'[12]Sun Country'!JL$28+'[12]Sun Country'!JL$33+'[12]Sun Country'!JL$38</f>
         <v>140124</v>
       </c>
       <c r="H13" s="10">
-        <f>'[11]Sun Country'!JM$23+'[11]Sun Country'!JM$28+'[11]Sun Country'!JM$33+'[11]Sun Country'!JM$38</f>
+        <f>'[12]Sun Country'!JM$23+'[12]Sun Country'!JM$28+'[12]Sun Country'!JM$33+'[12]Sun Country'!JM$38</f>
         <v>202933</v>
       </c>
       <c r="I13" s="10">
-        <f>'[11]Sun Country'!JN$23+'[11]Sun Country'!JN$28+'[11]Sun Country'!JN$33+'[11]Sun Country'!JN$38</f>
+        <f>'[12]Sun Country'!JN$23+'[12]Sun Country'!JN$28+'[12]Sun Country'!JN$33+'[12]Sun Country'!JN$38</f>
         <v>221723</v>
       </c>
       <c r="J13" s="10">
-        <f>'[11]Sun Country'!JO$23+'[11]Sun Country'!JO$28+'[11]Sun Country'!JO$33+'[11]Sun Country'!JO$38</f>
+        <f>'[12]Sun Country'!JO$23+'[12]Sun Country'!JO$28+'[12]Sun Country'!JO$33+'[12]Sun Country'!JO$38</f>
         <v>173424</v>
       </c>
       <c r="K13" s="10">
-        <f>'[11]Sun Country'!JP$23+'[11]Sun Country'!JP$28+'[11]Sun Country'!JP$33+'[11]Sun Country'!JP$38</f>
+        <f>'[12]Sun Country'!JP$23+'[12]Sun Country'!JP$28+'[12]Sun Country'!JP$33+'[12]Sun Country'!JP$38</f>
         <v>91163</v>
       </c>
       <c r="L13" s="10">
-        <f>'[11]Sun Country'!JQ$23+'[11]Sun Country'!JQ$28+'[11]Sun Country'!JQ$33+'[11]Sun Country'!JQ$38</f>
+        <f>'[12]Sun Country'!JQ$23+'[12]Sun Country'!JQ$28+'[12]Sun Country'!JQ$33+'[12]Sun Country'!JQ$38</f>
         <v>155699</v>
       </c>
       <c r="M13" s="10">
-        <f>'[11]Sun Country'!JR$23+'[11]Sun Country'!JR$28+'[11]Sun Country'!JR$33+'[11]Sun Country'!JR$38</f>
-        <v>0</v>
+        <f>'[12]Sun Country'!JR$23+'[12]Sun Country'!JR$28+'[12]Sun Country'!JR$33+'[12]Sun Country'!JR$38</f>
+        <v>153189</v>
       </c>
       <c r="N13" s="10">
-        <f>'[11]Sun Country'!JS$23+'[11]Sun Country'!JS$28+'[11]Sun Country'!JS$33+'[11]Sun Country'!JS$38</f>
+        <f>'[12]Sun Country'!JS$23+'[12]Sun Country'!JS$28+'[12]Sun Country'!JS$33+'[12]Sun Country'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="10">
-        <f>[11]Condor!JH$23+[11]Condor!JH$28+[11]Condor!JH$33+[11]Condor!JH$38</f>
+        <f>[12]Condor!JH$23+[12]Condor!JH$28+[12]Condor!JH$33+[12]Condor!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>[11]Condor!JI$23+[11]Condor!JI$28+[11]Condor!JI$33+[11]Condor!JI$38</f>
+        <f>[12]Condor!JI$23+[12]Condor!JI$28+[12]Condor!JI$33+[12]Condor!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>[11]Condor!JJ$23+[11]Condor!JJ$28+[11]Condor!JJ$33+[11]Condor!JJ$38</f>
+        <f>[12]Condor!JJ$23+[12]Condor!JJ$28+[12]Condor!JJ$33+[12]Condor!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>[11]Condor!JK$23+[11]Condor!JK$28+[11]Condor!JK$33+[11]Condor!JK$38</f>
+        <f>[12]Condor!JK$23+[12]Condor!JK$28+[12]Condor!JK$33+[12]Condor!JK$38</f>
         <v>0</v>
       </c>
       <c r="G14" s="10">
-        <f>[11]Condor!JL$23+[11]Condor!JL$28+[11]Condor!JL$33+[11]Condor!JL$38</f>
+        <f>[12]Condor!JL$23+[12]Condor!JL$28+[12]Condor!JL$33+[12]Condor!JL$38</f>
         <v>0</v>
       </c>
       <c r="H14" s="10">
-        <f>[11]Condor!JM$23+[11]Condor!JM$28+[11]Condor!JM$33+[11]Condor!JM$38</f>
+        <f>[12]Condor!JM$23+[12]Condor!JM$28+[12]Condor!JM$33+[12]Condor!JM$38</f>
         <v>0</v>
       </c>
       <c r="I14" s="10">
-        <f>[11]Condor!JN$23+[11]Condor!JN$28+[11]Condor!JN$33+[11]Condor!JN$38</f>
+        <f>[12]Condor!JN$23+[12]Condor!JN$28+[12]Condor!JN$33+[12]Condor!JN$38</f>
         <v>0</v>
       </c>
       <c r="J14" s="10">
-        <f>[11]Condor!JO$23+[11]Condor!JO$28+[11]Condor!JO$33+[11]Condor!JO$38</f>
+        <f>[12]Condor!JO$23+[12]Condor!JO$28+[12]Condor!JO$33+[12]Condor!JO$38</f>
         <v>0</v>
       </c>
       <c r="K14" s="10">
-        <f>[11]Condor!JP$23+[11]Condor!JP$28+[11]Condor!JP$33+[11]Condor!JP$38</f>
+        <f>[12]Condor!JP$23+[12]Condor!JP$28+[12]Condor!JP$33+[12]Condor!JP$38</f>
         <v>0</v>
       </c>
       <c r="L14" s="10">
-        <f>[11]Condor!JQ$23+[11]Condor!JQ$28+[11]Condor!JQ$33+[11]Condor!JQ$38</f>
+        <f>[12]Condor!JQ$23+[12]Condor!JQ$28+[12]Condor!JQ$33+[12]Condor!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M14" s="10">
-        <f>[11]Condor!JR$23+[11]Condor!JR$28+[11]Condor!JR$33+[11]Condor!JR$38</f>
+        <f>[12]Condor!JR$23+[12]Condor!JR$28+[12]Condor!JR$33+[12]Condor!JR$38</f>
         <v>0</v>
       </c>
       <c r="N14" s="10">
-        <f>[11]Condor!JS$23+[11]Condor!JS$28+[11]Condor!JS$33+[11]Condor!JS$38</f>
+        <f>[12]Condor!JS$23+[12]Condor!JS$28+[12]Condor!JS$33+[12]Condor!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="10">
-        <f>'[11]Allegiant '!JH$23+'[11]Allegiant '!JH$28+'[11]Allegiant '!JH$33+'[11]Allegiant '!JH$38</f>
+        <f>'[12]Allegiant '!JH$23+'[12]Allegiant '!JH$28+'[12]Allegiant '!JH$33+'[12]Allegiant '!JH$38</f>
         <v>3730</v>
       </c>
       <c r="D15" s="10">
-        <f>'[11]Allegiant '!JI$23+'[11]Allegiant '!JI$28+'[11]Allegiant '!JI$33+'[11]Allegiant '!JI$38</f>
+        <f>'[12]Allegiant '!JI$23+'[12]Allegiant '!JI$28+'[12]Allegiant '!JI$33+'[12]Allegiant '!JI$38</f>
         <v>4758</v>
       </c>
       <c r="E15" s="10">
-        <f>'[11]Allegiant '!JJ$23+'[11]Allegiant '!JJ$28+'[11]Allegiant '!JJ$33+'[11]Allegiant '!JJ$38</f>
+        <f>'[12]Allegiant '!JJ$23+'[12]Allegiant '!JJ$28+'[12]Allegiant '!JJ$33+'[12]Allegiant '!JJ$38</f>
         <v>7488</v>
       </c>
       <c r="F15" s="10">
-        <f>'[11]Allegiant '!JK$23+'[11]Allegiant '!JK$28+'[11]Allegiant '!JK$33+'[11]Allegiant '!JK$38</f>
+        <f>'[12]Allegiant '!JK$23+'[12]Allegiant '!JK$28+'[12]Allegiant '!JK$33+'[12]Allegiant '!JK$38</f>
         <v>2007</v>
       </c>
       <c r="G15" s="10">
-        <f>'[11]Allegiant '!JL$23+'[11]Allegiant '!JL$28+'[11]Allegiant '!JL$33+'[11]Allegiant '!JL$38</f>
+        <f>'[12]Allegiant '!JL$23+'[12]Allegiant '!JL$28+'[12]Allegiant '!JL$33+'[12]Allegiant '!JL$38</f>
         <v>1194</v>
       </c>
       <c r="H15" s="10">
-        <f>'[11]Allegiant '!JM$23+'[11]Allegiant '!JM$28+'[11]Allegiant '!JM$33+'[11]Allegiant '!JM$38</f>
+        <f>'[12]Allegiant '!JM$23+'[12]Allegiant '!JM$28+'[12]Allegiant '!JM$33+'[12]Allegiant '!JM$38</f>
         <v>2752</v>
       </c>
       <c r="I15" s="10">
-        <f>'[11]Allegiant '!JN$23+'[11]Allegiant '!JN$28+'[11]Allegiant '!JN$33+'[11]Allegiant '!JN$38</f>
+        <f>'[12]Allegiant '!JN$23+'[12]Allegiant '!JN$28+'[12]Allegiant '!JN$33+'[12]Allegiant '!JN$38</f>
         <v>2623</v>
       </c>
       <c r="J15" s="10">
-        <f>'[11]Allegiant '!JO$23+'[11]Allegiant '!JO$28+'[11]Allegiant '!JO$33+'[11]Allegiant '!JO$38</f>
+        <f>'[12]Allegiant '!JO$23+'[12]Allegiant '!JO$28+'[12]Allegiant '!JO$33+'[12]Allegiant '!JO$38</f>
         <v>1133</v>
       </c>
       <c r="K15" s="10">
-        <f>'[11]Allegiant '!JP$23+'[11]Allegiant '!JP$28+'[11]Allegiant '!JP$33+'[11]Allegiant '!JP$38</f>
+        <f>'[12]Allegiant '!JP$23+'[12]Allegiant '!JP$28+'[12]Allegiant '!JP$33+'[12]Allegiant '!JP$38</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[11]Allegiant '!JQ$23+'[11]Allegiant '!JQ$28+'[11]Allegiant '!JQ$33+'[11]Allegiant '!JQ$38</f>
+        <f>'[12]Allegiant '!JQ$23+'[12]Allegiant '!JQ$28+'[12]Allegiant '!JQ$33+'[12]Allegiant '!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[11]Allegiant '!JR$23+'[11]Allegiant '!JR$28+'[11]Allegiant '!JR$33+'[11]Allegiant '!JR$38</f>
+        <f>'[12]Allegiant '!JR$23+'[12]Allegiant '!JR$28+'[12]Allegiant '!JR$33+'[12]Allegiant '!JR$38</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[11]Allegiant '!JS$23+'[11]Allegiant '!JS$28+'[11]Allegiant '!JS$33+'[11]Allegiant '!JS$38</f>
+        <f>'[12]Allegiant '!JS$23+'[12]Allegiant '!JS$28+'[12]Allegiant '!JS$33+'[12]Allegiant '!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="10">
-        <f>'[11]Charter Misc'!JH$23+'[11]Charter Misc'!JH$28+'[11]Charter Misc'!JH$33+'[11]Charter Misc'!JH$38</f>
+        <f>'[12]Charter Misc'!JH$23+'[12]Charter Misc'!JH$28+'[12]Charter Misc'!JH$33+'[12]Charter Misc'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D16" s="10">
-        <f>'[11]Charter Misc'!JI$23+'[11]Charter Misc'!JI$28+'[11]Charter Misc'!JI$33+'[11]Charter Misc'!JI$38</f>
+        <f>'[12]Charter Misc'!JI$23+'[12]Charter Misc'!JI$28+'[12]Charter Misc'!JI$33+'[12]Charter Misc'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E16" s="10">
-        <f>'[11]Charter Misc'!JJ$23+'[11]Charter Misc'!JJ$28+'[11]Charter Misc'!JJ$33+'[11]Charter Misc'!JJ$38</f>
+        <f>'[12]Charter Misc'!JJ$23+'[12]Charter Misc'!JJ$28+'[12]Charter Misc'!JJ$33+'[12]Charter Misc'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F16" s="10">
-        <f>'[11]Charter Misc'!JK$23+'[11]Charter Misc'!JK$28+'[11]Charter Misc'!JK$33+'[11]Charter Misc'!JK$38</f>
+        <f>'[12]Charter Misc'!JK$23+'[12]Charter Misc'!JK$28+'[12]Charter Misc'!JK$33+'[12]Charter Misc'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G16" s="10">
-        <f>'[11]Charter Misc'!JL$23+'[11]Charter Misc'!JL$28+'[11]Charter Misc'!JL$33+'[11]Charter Misc'!JL$38</f>
+        <f>'[12]Charter Misc'!JL$23+'[12]Charter Misc'!JL$28+'[12]Charter Misc'!JL$33+'[12]Charter Misc'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H16" s="10">
-        <f>'[11]Charter Misc'!JM$23+'[11]Charter Misc'!JM$28+'[11]Charter Misc'!JM$33+'[11]Charter Misc'!JM$38</f>
+        <f>'[12]Charter Misc'!JM$23+'[12]Charter Misc'!JM$28+'[12]Charter Misc'!JM$33+'[12]Charter Misc'!JM$38</f>
         <v>133</v>
       </c>
       <c r="I16" s="10">
-        <f>'[11]Charter Misc'!JN$23+'[11]Charter Misc'!JN$28+'[11]Charter Misc'!JN$33+'[11]Charter Misc'!JN$38</f>
+        <f>'[12]Charter Misc'!JN$23+'[12]Charter Misc'!JN$28+'[12]Charter Misc'!JN$33+'[12]Charter Misc'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J16" s="10">
-        <f>'[11]Charter Misc'!JO$23+'[11]Charter Misc'!JO$28+'[11]Charter Misc'!JO$33+'[11]Charter Misc'!JO$38</f>
+        <f>'[12]Charter Misc'!JO$23+'[12]Charter Misc'!JO$28+'[12]Charter Misc'!JO$33+'[12]Charter Misc'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K16" s="10">
-        <f>'[11]Charter Misc'!JP$23+'[11]Charter Misc'!JP$28+'[11]Charter Misc'!JP$33+'[11]Charter Misc'!JP$38</f>
+        <f>'[12]Charter Misc'!JP$23+'[12]Charter Misc'!JP$28+'[12]Charter Misc'!JP$33+'[12]Charter Misc'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L16" s="10">
-        <f>'[11]Charter Misc'!JQ$23+'[11]Charter Misc'!JQ$28+'[11]Charter Misc'!JQ$33+'[11]Charter Misc'!JQ$38</f>
+        <f>'[12]Charter Misc'!JQ$23+'[12]Charter Misc'!JQ$28+'[12]Charter Misc'!JQ$33+'[12]Charter Misc'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M16" s="10">
-        <f>'[11]Charter Misc'!JR$23+'[11]Charter Misc'!JR$28+'[11]Charter Misc'!JR$33+'[11]Charter Misc'!JR$38</f>
+        <f>'[12]Charter Misc'!JR$23+'[12]Charter Misc'!JR$28+'[12]Charter Misc'!JR$33+'[12]Charter Misc'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N16" s="10">
-        <f>'[11]Charter Misc'!JS$23+'[11]Charter Misc'!JS$28+'[11]Charter Misc'!JS$33+'[11]Charter Misc'!JS$38</f>
+        <f>'[12]Charter Misc'!JS$23+'[12]Charter Misc'!JS$28+'[12]Charter Misc'!JS$33+'[12]Charter Misc'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="10">
-        <f>'[11]Jet Blue'!JH$23+'[11]Jet Blue'!JH$28+'[11]Jet Blue'!JH$33+'[11]Jet Blue'!JH$38</f>
+        <f>'[12]Jet Blue'!JH$23+'[12]Jet Blue'!JH$28+'[12]Jet Blue'!JH$33+'[12]Jet Blue'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D17" s="10">
-        <f>'[11]Jet Blue'!JI$23+'[11]Jet Blue'!JI$28+'[11]Jet Blue'!JI$33+'[11]Jet Blue'!JI$38</f>
+        <f>'[12]Jet Blue'!JI$23+'[12]Jet Blue'!JI$28+'[12]Jet Blue'!JI$33+'[12]Jet Blue'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E17" s="10">
-        <f>'[11]Jet Blue'!JJ$23+'[11]Jet Blue'!JJ$28+'[11]Jet Blue'!JJ$33+'[11]Jet Blue'!JJ$38</f>
+        <f>'[12]Jet Blue'!JJ$23+'[12]Jet Blue'!JJ$28+'[12]Jet Blue'!JJ$33+'[12]Jet Blue'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F17" s="10">
-        <f>'[11]Jet Blue'!JK$23+'[11]Jet Blue'!JK$28+'[11]Jet Blue'!JK$33+'[11]Jet Blue'!JK$38</f>
+        <f>'[12]Jet Blue'!JK$23+'[12]Jet Blue'!JK$28+'[12]Jet Blue'!JK$33+'[12]Jet Blue'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G17" s="10">
-        <f>'[11]Jet Blue'!JL$23+'[11]Jet Blue'!JL$28+'[11]Jet Blue'!JL$33+'[11]Jet Blue'!JL$38</f>
+        <f>'[12]Jet Blue'!JL$23+'[12]Jet Blue'!JL$28+'[12]Jet Blue'!JL$33+'[12]Jet Blue'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H17" s="10">
-        <f>'[11]Jet Blue'!JM$23+'[11]Jet Blue'!JM$28+'[11]Jet Blue'!JM$33+'[11]Jet Blue'!JM$38</f>
+        <f>'[12]Jet Blue'!JM$23+'[12]Jet Blue'!JM$28+'[12]Jet Blue'!JM$33+'[12]Jet Blue'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I17" s="10">
-        <f>'[11]Jet Blue'!JN$23+'[11]Jet Blue'!JN$28+'[11]Jet Blue'!JN$33+'[11]Jet Blue'!JN$38</f>
+        <f>'[12]Jet Blue'!JN$23+'[12]Jet Blue'!JN$28+'[12]Jet Blue'!JN$33+'[12]Jet Blue'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J17" s="10">
-        <f>'[11]Jet Blue'!JO$23+'[11]Jet Blue'!JO$28+'[11]Jet Blue'!JO$33+'[11]Jet Blue'!JO$38</f>
+        <f>'[12]Jet Blue'!JO$23+'[12]Jet Blue'!JO$28+'[12]Jet Blue'!JO$33+'[12]Jet Blue'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K17" s="10">
-        <f>'[11]Jet Blue'!JP$23+'[11]Jet Blue'!JP$28+'[11]Jet Blue'!JP$33+'[11]Jet Blue'!JP$38</f>
+        <f>'[12]Jet Blue'!JP$23+'[12]Jet Blue'!JP$28+'[12]Jet Blue'!JP$33+'[12]Jet Blue'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L17" s="10">
-        <f>'[11]Jet Blue'!JQ$23+'[11]Jet Blue'!JQ$28+'[11]Jet Blue'!JQ$33+'[11]Jet Blue'!JQ$38</f>
+        <f>'[12]Jet Blue'!JQ$23+'[12]Jet Blue'!JQ$28+'[12]Jet Blue'!JQ$33+'[12]Jet Blue'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M17" s="10">
-        <f>'[11]Jet Blue'!JR$23+'[11]Jet Blue'!JR$28+'[11]Jet Blue'!JR$33+'[11]Jet Blue'!JR$38</f>
+        <f>'[12]Jet Blue'!JR$23+'[12]Jet Blue'!JR$28+'[12]Jet Blue'!JR$33+'[12]Jet Blue'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N17" s="10">
-        <f>'[11]Jet Blue'!JS$23+'[11]Jet Blue'!JS$28+'[11]Jet Blue'!JS$33+'[11]Jet Blue'!JS$38</f>
+        <f>'[12]Jet Blue'!JS$23+'[12]Jet Blue'!JS$28+'[12]Jet Blue'!JS$33+'[12]Jet Blue'!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="10">
-        <f>[11]Frontier!JH$23+[11]Frontier!JH$28+[11]Frontier!JH$33+[11]Frontier!JH$38</f>
+        <f>[12]Frontier!JH$23+[12]Frontier!JH$28+[12]Frontier!JH$33+[12]Frontier!JH$38</f>
         <v>14719</v>
       </c>
       <c r="D18" s="10">
-        <f>[11]Frontier!JI$23+[11]Frontier!JI$28+[11]Frontier!JI$33+[11]Frontier!JI$38</f>
+        <f>[12]Frontier!JI$23+[12]Frontier!JI$28+[12]Frontier!JI$33+[12]Frontier!JI$38</f>
         <v>17256</v>
       </c>
       <c r="E18" s="10">
-        <f>[11]Frontier!JJ$23+[11]Frontier!JJ$28+[11]Frontier!JJ$33+[11]Frontier!JJ$38</f>
+        <f>[12]Frontier!JJ$23+[12]Frontier!JJ$28+[12]Frontier!JJ$33+[12]Frontier!JJ$38</f>
         <v>17718</v>
       </c>
       <c r="F18" s="10">
-        <f>[11]Frontier!JK$23+[11]Frontier!JK$28+[11]Frontier!JK$33+[11]Frontier!JK$38</f>
+        <f>[12]Frontier!JK$23+[12]Frontier!JK$28+[12]Frontier!JK$33+[12]Frontier!JK$38</f>
         <v>11319</v>
       </c>
       <c r="G18" s="10">
-        <f>[11]Frontier!JL$23+[11]Frontier!JL$28+[11]Frontier!JL$33+[11]Frontier!JL$38</f>
+        <f>[12]Frontier!JL$23+[12]Frontier!JL$28+[12]Frontier!JL$33+[12]Frontier!JL$38</f>
         <v>9810</v>
       </c>
       <c r="H18" s="10">
-        <f>[11]Frontier!JM$23+[11]Frontier!JM$28+[11]Frontier!JM$33+[11]Frontier!JM$38</f>
+        <f>[12]Frontier!JM$23+[12]Frontier!JM$28+[12]Frontier!JM$33+[12]Frontier!JM$38</f>
         <v>11572</v>
       </c>
       <c r="I18" s="10">
-        <f>[11]Frontier!JN$23+[11]Frontier!JN$28+[11]Frontier!JN$33+[11]Frontier!JN$38</f>
+        <f>[12]Frontier!JN$23+[12]Frontier!JN$28+[12]Frontier!JN$33+[12]Frontier!JN$38</f>
         <v>13562</v>
       </c>
       <c r="J18" s="10">
-        <f>[11]Frontier!JO$23+[11]Frontier!JO$28+[11]Frontier!JO$33+[11]Frontier!JO$38</f>
+        <f>[12]Frontier!JO$23+[12]Frontier!JO$28+[12]Frontier!JO$33+[12]Frontier!JO$38</f>
         <v>13354</v>
       </c>
       <c r="K18" s="10">
-        <f>[11]Frontier!JP$23+[11]Frontier!JP$28+[11]Frontier!JP$33+[11]Frontier!JP$38</f>
+        <f>[12]Frontier!JP$23+[12]Frontier!JP$28+[12]Frontier!JP$33+[12]Frontier!JP$38</f>
         <v>13435</v>
       </c>
       <c r="L18" s="10">
-        <f>[11]Frontier!JQ$23+[11]Frontier!JQ$28+[11]Frontier!JQ$33+[11]Frontier!JQ$38</f>
+        <f>[12]Frontier!JQ$23+[12]Frontier!JQ$28+[12]Frontier!JQ$33+[12]Frontier!JQ$38</f>
         <v>16053</v>
       </c>
       <c r="M18" s="10">
-        <f>[11]Frontier!JR$23+[11]Frontier!JR$28+[11]Frontier!JR$33+[11]Frontier!JR$38</f>
-        <v>0</v>
+        <f>[12]Frontier!JR$23+[12]Frontier!JR$28+[12]Frontier!JR$33+[12]Frontier!JR$38</f>
+        <v>14006</v>
       </c>
       <c r="N18" s="10">
-        <f>[11]Frontier!JS$23+[11]Frontier!JS$28+[11]Frontier!JS$33+[11]Frontier!JS$38</f>
+        <f>[12]Frontier!JS$23+[12]Frontier!JS$28+[12]Frontier!JS$33+[12]Frontier!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="10">
-        <f>[11]Xtra!IT23+[11]Xtra!IT28+[11]Xtra!IT33+[11]Xtra!IT38</f>
+        <f>[12]Xtra!IT23+[12]Xtra!IT28+[12]Xtra!IT33+[12]Xtra!IT38</f>
         <v>0</v>
       </c>
       <c r="D19" s="10">
-        <f>[11]Xtra!IU23+[11]Xtra!IU28+[11]Xtra!IU33+[11]Xtra!IU38</f>
+        <f>[12]Xtra!IU23+[12]Xtra!IU28+[12]Xtra!IU33+[12]Xtra!IU38</f>
         <v>0</v>
       </c>
       <c r="E19" s="10">
-        <f>[11]Xtra!IV23+[11]Xtra!IV28+[11]Xtra!IV33+[11]Xtra!IV38</f>
+        <f>[12]Xtra!IV23+[12]Xtra!IV28+[12]Xtra!IV33+[12]Xtra!IV38</f>
         <v>0</v>
       </c>
       <c r="F19" s="10">
-        <f>[11]Xtra!IW23+[11]Xtra!IW28+[11]Xtra!IW33+[11]Xtra!IW38</f>
+        <f>[12]Xtra!IW23+[12]Xtra!IW28+[12]Xtra!IW33+[12]Xtra!IW38</f>
         <v>0</v>
       </c>
       <c r="G19" s="10">
-        <f>[11]Xtra!IX23+[11]Xtra!IX28+[11]Xtra!IX33+[11]Xtra!IX38</f>
+        <f>[12]Xtra!IX23+[12]Xtra!IX28+[12]Xtra!IX33+[12]Xtra!IX38</f>
         <v>0</v>
       </c>
       <c r="H19" s="10">
-        <f>[11]Xtra!IY23+[11]Xtra!IY28+[11]Xtra!IY33+[11]Xtra!IY38</f>
+        <f>[12]Xtra!IY23+[12]Xtra!IY28+[12]Xtra!IY33+[12]Xtra!IY38</f>
         <v>0</v>
       </c>
       <c r="I19" s="10">
-        <f>[11]Xtra!IZ23+[11]Xtra!IZ28+[11]Xtra!IZ33+[11]Xtra!IZ38</f>
+        <f>[12]Xtra!IZ23+[12]Xtra!IZ28+[12]Xtra!IZ33+[12]Xtra!IZ38</f>
         <v>0</v>
       </c>
       <c r="J19" s="10">
-        <f>[11]Xtra!JA23+[11]Xtra!JA28+[11]Xtra!JA33+[11]Xtra!JA38</f>
+        <f>[12]Xtra!JA23+[12]Xtra!JA28+[12]Xtra!JA33+[12]Xtra!JA38</f>
         <v>0</v>
       </c>
       <c r="K19" s="10">
-        <f>[11]Xtra!JB23+[11]Xtra!JB28+[11]Xtra!JB33+[11]Xtra!JB38</f>
+        <f>[12]Xtra!JB23+[12]Xtra!JB28+[12]Xtra!JB33+[12]Xtra!JB38</f>
         <v>0</v>
       </c>
       <c r="L19" s="10">
-        <f>[11]Xtra!JC23+[11]Xtra!JC28+[11]Xtra!JC33+[11]Xtra!JC38</f>
+        <f>[12]Xtra!JC23+[12]Xtra!JC28+[12]Xtra!JC33+[12]Xtra!JC38</f>
         <v>0</v>
       </c>
       <c r="M19" s="10">
-        <f>[11]Xtra!JD23+[11]Xtra!JD28+[11]Xtra!JD33+[11]Xtra!JD38</f>
+        <f>[12]Xtra!JD23+[12]Xtra!JD28+[12]Xtra!JD33+[12]Xtra!JD38</f>
         <v>0</v>
       </c>
       <c r="N19" s="10">
-        <f>[11]Xtra!JE23+[11]Xtra!JE28+[11]Xtra!JE33+[11]Xtra!JE38</f>
+        <f>[12]Xtra!JE23+[12]Xtra!JE28+[12]Xtra!JE33+[12]Xtra!JE38</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="10">
-        <f>[11]Omni!JH$23+[11]Omni!JH$28+[11]Omni!JH$33+[11]Omni!JH$38</f>
+        <f>[12]Omni!JH$23+[12]Omni!JH$28+[12]Omni!JH$33+[12]Omni!JH$38</f>
         <v>0</v>
       </c>
       <c r="D20" s="10">
-        <f>[11]Omni!JI$23+[11]Omni!JI$28+[11]Omni!JI$33+[11]Omni!JI$38</f>
+        <f>[12]Omni!JI$23+[12]Omni!JI$28+[12]Omni!JI$33+[12]Omni!JI$38</f>
         <v>112</v>
       </c>
       <c r="E20" s="10">
-        <f>[11]Omni!JJ$23+[11]Omni!JJ$28+[11]Omni!JJ$33+[11]Omni!JJ$38</f>
+        <f>[12]Omni!JJ$23+[12]Omni!JJ$28+[12]Omni!JJ$33+[12]Omni!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F20" s="10">
-        <f>[11]Omni!JK$23+[11]Omni!JK$28+[11]Omni!JK$33+[11]Omni!JK$38</f>
+        <f>[12]Omni!JK$23+[12]Omni!JK$28+[12]Omni!JK$33+[12]Omni!JK$38</f>
         <v>0</v>
       </c>
       <c r="G20" s="10">
-        <f>[11]Omni!JL$23+[11]Omni!JL$28+[11]Omni!JL$33+[11]Omni!JL$38</f>
+        <f>[12]Omni!JL$23+[12]Omni!JL$28+[12]Omni!JL$33+[12]Omni!JL$38</f>
         <v>0</v>
       </c>
       <c r="H20" s="10">
-        <f>[11]Omni!JM$23+[11]Omni!JM$28+[11]Omni!JM$33+[11]Omni!JM$38</f>
+        <f>[12]Omni!JM$23+[12]Omni!JM$28+[12]Omni!JM$33+[12]Omni!JM$38</f>
         <v>0</v>
       </c>
       <c r="I20" s="10">
-        <f>[11]Omni!JN$23+[11]Omni!JN$28+[11]Omni!JN$33+[11]Omni!JN$38</f>
+        <f>[12]Omni!JN$23+[12]Omni!JN$28+[12]Omni!JN$33+[12]Omni!JN$38</f>
         <v>0</v>
       </c>
       <c r="J20" s="10">
-        <f>[11]Omni!JO$23+[11]Omni!JO$28+[11]Omni!JO$33+[11]Omni!JO$38</f>
+        <f>[12]Omni!JO$23+[12]Omni!JO$28+[12]Omni!JO$33+[12]Omni!JO$38</f>
         <v>191</v>
       </c>
       <c r="K20" s="10">
-        <f>[11]Omni!JP$23+[11]Omni!JP$28+[11]Omni!JP$33+[11]Omni!JP$38</f>
+        <f>[12]Omni!JP$23+[12]Omni!JP$28+[12]Omni!JP$33+[12]Omni!JP$38</f>
         <v>0</v>
       </c>
       <c r="L20" s="10">
-        <f>[11]Omni!JQ$23+[11]Omni!JQ$28+[11]Omni!JQ$33+[11]Omni!JQ$38</f>
+        <f>[12]Omni!JQ$23+[12]Omni!JQ$28+[12]Omni!JQ$33+[12]Omni!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M20" s="10">
-        <f>[11]Omni!JR$23+[11]Omni!JR$28+[11]Omni!JR$33+[11]Omni!JR$38</f>
+        <f>[12]Omni!JR$23+[12]Omni!JR$28+[12]Omni!JR$33+[12]Omni!JR$38</f>
         <v>0</v>
       </c>
       <c r="N20" s="10">
-        <f>[11]Omni!JS$23+[11]Omni!JS$28+[11]Omni!JS$33+[11]Omni!JS$38</f>
+        <f>[12]Omni!JS$23+[12]Omni!JS$28+[12]Omni!JS$33+[12]Omni!JS$38</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
     <row r="22" spans="2:14" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B22" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="11">
         <f t="shared" ref="C22" si="0">SUM(C11:C20)</f>
         <v>185382</v>
       </c>
@@ -8308,51 +8812,51 @@
         <f t="shared" si="1"/>
         <v>216033</v>
       </c>
       <c r="H22" s="11">
         <f t="shared" si="1"/>
         <v>294946</v>
       </c>
       <c r="I22" s="11">
         <f t="shared" si="1"/>
         <v>321718</v>
       </c>
       <c r="J22" s="11">
         <f t="shared" si="1"/>
         <v>273937</v>
       </c>
       <c r="K22" s="11">
         <f t="shared" si="1"/>
         <v>184842</v>
       </c>
       <c r="L22" s="11">
         <f t="shared" si="1"/>
         <v>252244</v>
       </c>
       <c r="M22" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>220928</v>
       </c>
       <c r="N22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B25" s="10"/>
     </row>
     <row r="30" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B30" s="10"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.59" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="92" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>