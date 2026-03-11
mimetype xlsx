--- v3 (2026-01-24)
+++ v4 (2026-03-11)
@@ -1,109 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\data\Finance Stats\Monthly Operations report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB023F4C-306E-4DB0-ACE7-6D1259307E12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25E879CE-9F59-4DA2-AE88-FAAA368C0A01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Concourse Report" sheetId="4" r:id="rId1"/>
     <sheet name="E Detail" sheetId="2" r:id="rId2"/>
     <sheet name="Terminal 2" sheetId="3" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
     <externalReference r:id="rId9"/>
     <externalReference r:id="rId10"/>
     <externalReference r:id="rId11"/>
     <externalReference r:id="rId12"/>
     <externalReference r:id="rId13"/>
     <externalReference r:id="rId14"/>
     <externalReference r:id="rId15"/>
+    <externalReference r:id="rId16"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L2" i="4" l="1"/>
+  <c r="M31" i="4" l="1"/>
+  <c r="M28" i="4"/>
+  <c r="M27" i="4"/>
+  <c r="M26" i="4"/>
+  <c r="L2" i="4"/>
   <c r="K10" i="4"/>
   <c r="K2" i="4"/>
   <c r="K31" i="4" l="1"/>
   <c r="K28" i="4"/>
   <c r="K27" i="4"/>
   <c r="K26" i="4"/>
   <c r="J2" i="4"/>
   <c r="I2" i="4" l="1"/>
   <c r="I31" i="4" l="1"/>
   <c r="I28" i="4"/>
   <c r="I27" i="4"/>
   <c r="I26" i="4"/>
   <c r="H34" i="2"/>
   <c r="H11" i="2"/>
   <c r="G31" i="4" l="1"/>
   <c r="G27" i="4"/>
   <c r="G28" i="4"/>
   <c r="C11" i="2"/>
   <c r="D11" i="2"/>
   <c r="E11" i="2"/>
   <c r="F11" i="2"/>
   <c r="I11" i="2"/>
   <c r="J11" i="2"/>
   <c r="K11" i="2"/>
   <c r="L11" i="2"/>
@@ -1437,66 +1443,70 @@
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="39"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink11.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20January%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20January%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20October%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20October%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20November%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20November%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20December%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20December%202025.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Airline%20Stats\carier%20data%20entry.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/data/Finance%20Stats/Airline%20Stats/carier%20data%20entry.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20February%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20February%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20March%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20March%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20April%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20April%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20May%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20May%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20June%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20June%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\data\Finance%20Stats\Monthly%20Operations%20report\2025\MSP%20July%202025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="MSP%20July%202025.xlsx" TargetMode="External"/></Relationships>
@@ -1534,57 +1544,51 @@
         <row r="5">
           <cell r="C5">
             <v>1033421</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>203110</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>39718</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink10.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -1597,65 +1601,53 @@
         <row r="5">
           <cell r="C5">
             <v>1244031</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>254783</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>47920</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
-      <sheetData sheetId="7">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink11.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
@@ -1678,50 +1670,107 @@
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>41028</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink12.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Monthly Summary"/>
+      <sheetName val="Major Airline Stats"/>
+      <sheetName val="Other Major Airline Stats"/>
+      <sheetName val="Regional Major"/>
+      <sheetName val="Other Regional"/>
+      <sheetName val="Charter"/>
+      <sheetName val="Cargo"/>
+      <sheetName val="Cargo Summary"/>
+      <sheetName val="Cargo YTD"/>
+      <sheetName val="Intl Detail"/>
+      <sheetName val="Ops+Rev Pax Activity"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="C5">
+            <v>1151099</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="C6">
+            <v>208575</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="C7">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="C10">
+            <v>42543</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink13.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Master Template"/>
       <sheetName val="NWA"/>
       <sheetName val="Air Choice One"/>
       <sheetName val="AirTran"/>
       <sheetName val="AirCanada"/>
       <sheetName val="Air France"/>
       <sheetName val="Allegiant "/>
       <sheetName val="Aer Lingus"/>
       <sheetName val="Alaska"/>
       <sheetName val="America West"/>
       <sheetName val="American"/>
       <sheetName val="Continental"/>
       <sheetName val="Boutique Air"/>
       <sheetName val="Condor"/>
       <sheetName val="Delta"/>
       <sheetName val="Denver Air"/>
       <sheetName val="Frontier"/>
       <sheetName val="Icelandair"/>
       <sheetName val="Jet Blue"/>
@@ -1778,60 +1827,58 @@
       <sheetName val="Sun Country Cargo"/>
       <sheetName val="Airborne"/>
       <sheetName val="DHL"/>
       <sheetName val="DHL_Atlas"/>
       <sheetName val="DHL_Amerijet"/>
       <sheetName val="DHL_Bemidji"/>
       <sheetName val="DHL_Encore"/>
       <sheetName val="DHL_Kalitta"/>
       <sheetName val="DHL_Mesa"/>
       <sheetName val="DHL_Southair"/>
       <sheetName val="DHL_Swift"/>
       <sheetName val="Encore"/>
       <sheetName val="Suburban Air Freight"/>
       <sheetName val="FedEx"/>
       <sheetName val="Mountain Cargo"/>
       <sheetName val="IFL"/>
       <sheetName val="UPS"/>
       <sheetName val="UPSSCS"/>
       <sheetName val="AM Intl_kittyhawk"/>
       <sheetName val="ATI_BAX"/>
       <sheetName val="Bemidji"/>
       <sheetName val="CSA Air"/>
       <sheetName val="Misc Cargo"/>
       <sheetName val="Military "/>
       <sheetName val="General Avation"/>
+      <sheetName val="Air Canada"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -1855,59 +1902,52 @@
             <v>94</v>
           </cell>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38">
             <v>84</v>
           </cell>
           <cell r="JM38">
             <v>100</v>
           </cell>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="5">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>3730</v>
           </cell>
           <cell r="JI23">
             <v>4758</v>
           </cell>
           <cell r="JJ23">
             <v>7488</v>
           </cell>
           <cell r="JK23">
             <v>2007</v>
           </cell>
           <cell r="JL23">
             <v>1194</v>
           </cell>
           <cell r="JM23">
             <v>2752</v>
           </cell>
           <cell r="JN23">
             <v>2623</v>
           </cell>
           <cell r="JO23">
             <v>1133</v>
           </cell>
@@ -1938,279 +1978,275 @@
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="7">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33">
             <v>2209</v>
           </cell>
           <cell r="JL33">
             <v>3561</v>
           </cell>
           <cell r="JM33">
             <v>3357</v>
           </cell>
           <cell r="JN33">
             <v>3152</v>
           </cell>
           <cell r="JO33">
             <v>4302</v>
           </cell>
           <cell r="JP33">
             <v>3377</v>
           </cell>
           <cell r="JQ33">
             <v>2473</v>
           </cell>
           <cell r="JR33">
             <v>1879</v>
           </cell>
-          <cell r="JS33"/>
+          <cell r="JS33">
+            <v>1570</v>
+          </cell>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38">
             <v>17</v>
           </cell>
           <cell r="JL38">
             <v>13</v>
           </cell>
           <cell r="JM38">
             <v>22</v>
           </cell>
           <cell r="JN38">
             <v>14</v>
           </cell>
           <cell r="JO38">
             <v>20</v>
           </cell>
           <cell r="JP38">
             <v>20</v>
           </cell>
           <cell r="JQ38">
             <v>15</v>
           </cell>
           <cell r="JR38">
             <v>14</v>
           </cell>
-          <cell r="JS38"/>
+          <cell r="JS38">
+            <v>13</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="8">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>9324</v>
           </cell>
           <cell r="JI23">
             <v>7494</v>
           </cell>
           <cell r="JJ23">
             <v>9834</v>
           </cell>
           <cell r="JK23">
             <v>9324</v>
           </cell>
           <cell r="JL23">
             <v>13286</v>
           </cell>
           <cell r="JM23">
             <v>19191</v>
           </cell>
           <cell r="JN23">
             <v>24832</v>
           </cell>
           <cell r="JO23">
             <v>23561</v>
           </cell>
           <cell r="JP23">
             <v>16905</v>
           </cell>
           <cell r="JQ23">
             <v>14651</v>
           </cell>
           <cell r="JR23">
             <v>11545</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>12861</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>397</v>
           </cell>
           <cell r="JI28">
             <v>361</v>
           </cell>
           <cell r="JJ28">
             <v>484</v>
           </cell>
           <cell r="JK28">
             <v>397</v>
           </cell>
           <cell r="JL28">
             <v>631</v>
           </cell>
           <cell r="JM28">
             <v>763</v>
           </cell>
           <cell r="JN28">
             <v>764</v>
           </cell>
           <cell r="JO28">
             <v>812</v>
           </cell>
           <cell r="JP28">
             <v>577</v>
           </cell>
           <cell r="JQ28">
             <v>472</v>
           </cell>
           <cell r="JR28">
             <v>428</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>419</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>47360</v>
           </cell>
           <cell r="JI23">
             <v>43797</v>
           </cell>
           <cell r="JJ23">
             <v>58356</v>
           </cell>
           <cell r="JK23">
             <v>43688</v>
           </cell>
           <cell r="JL23">
             <v>50923</v>
           </cell>
           <cell r="JM23">
             <v>55861</v>
           </cell>
           <cell r="JN23">
             <v>61548</v>
           </cell>
           <cell r="JO23">
             <v>55767</v>
           </cell>
           <cell r="JP23">
             <v>53802</v>
           </cell>
           <cell r="JQ23">
             <v>53418</v>
           </cell>
           <cell r="JR23">
             <v>40210</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>45544</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1862</v>
           </cell>
           <cell r="JI28">
             <v>1626</v>
           </cell>
           <cell r="JJ28">
             <v>1844</v>
           </cell>
           <cell r="JK28">
             <v>2042</v>
           </cell>
           <cell r="JL28">
             <v>2053</v>
           </cell>
           <cell r="JM28">
             <v>2190</v>
           </cell>
           <cell r="JN28">
             <v>1952</v>
           </cell>
           <cell r="JO28">
             <v>1920</v>
           </cell>
           <cell r="JP28">
             <v>1835</v>
           </cell>
           <cell r="JQ28">
             <v>1893</v>
           </cell>
           <cell r="JR28">
             <v>1576</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>1614</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13">
-        <row r="5">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2224,247 +2260,236 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="14">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="14"/>
       <sheetData sheetId="15">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>894</v>
           </cell>
           <cell r="JI23">
             <v>788</v>
           </cell>
           <cell r="JJ23">
             <v>844</v>
           </cell>
           <cell r="JK23">
             <v>563</v>
           </cell>
           <cell r="JL23">
             <v>801</v>
           </cell>
           <cell r="JM23">
             <v>893</v>
           </cell>
           <cell r="JN23">
             <v>672</v>
           </cell>
           <cell r="JO23">
             <v>847</v>
           </cell>
           <cell r="JP23">
             <v>771</v>
           </cell>
           <cell r="JQ23">
             <v>884</v>
           </cell>
           <cell r="JR23">
             <v>733</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>1084</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>20</v>
           </cell>
           <cell r="JI28">
             <v>39</v>
           </cell>
           <cell r="JJ28">
             <v>44</v>
           </cell>
           <cell r="JK28">
             <v>28</v>
           </cell>
           <cell r="JL28">
             <v>52</v>
           </cell>
           <cell r="JM28">
             <v>52</v>
           </cell>
           <cell r="JN28">
             <v>64</v>
           </cell>
           <cell r="JO28">
             <v>55</v>
           </cell>
           <cell r="JP28">
             <v>35</v>
           </cell>
           <cell r="JQ28">
             <v>34</v>
           </cell>
           <cell r="JR28">
             <v>37</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>49</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="16">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>14618</v>
           </cell>
           <cell r="JI23">
             <v>17106</v>
           </cell>
           <cell r="JJ23">
             <v>17618</v>
           </cell>
           <cell r="JK23">
             <v>11248</v>
           </cell>
           <cell r="JL23">
             <v>9757</v>
           </cell>
           <cell r="JM23">
             <v>11472</v>
           </cell>
           <cell r="JN23">
             <v>13475</v>
           </cell>
           <cell r="JO23">
             <v>13267</v>
           </cell>
           <cell r="JP23">
             <v>13350</v>
           </cell>
           <cell r="JQ23">
             <v>15924</v>
           </cell>
           <cell r="JR23">
             <v>13896</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>15387</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>101</v>
           </cell>
           <cell r="JI28">
             <v>150</v>
           </cell>
           <cell r="JJ28">
             <v>100</v>
           </cell>
           <cell r="JK28">
             <v>71</v>
           </cell>
           <cell r="JL28">
             <v>53</v>
           </cell>
           <cell r="JM28">
             <v>100</v>
           </cell>
           <cell r="JN28">
             <v>87</v>
           </cell>
           <cell r="JO28">
             <v>87</v>
           </cell>
           <cell r="JP28">
             <v>85</v>
           </cell>
           <cell r="JQ28">
             <v>129</v>
           </cell>
           <cell r="JR28">
             <v>110</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>139</v>
+          </cell>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="17">
-        <row r="8">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2483,93 +2508,94 @@
           </cell>
           <cell r="JK33">
             <v>2540</v>
           </cell>
           <cell r="JL33">
             <v>4494</v>
           </cell>
           <cell r="JM33">
             <v>4736</v>
           </cell>
           <cell r="JN33">
             <v>4666</v>
           </cell>
           <cell r="JO33">
             <v>5042</v>
           </cell>
           <cell r="JP33">
             <v>4607</v>
           </cell>
           <cell r="JQ33">
             <v>3304</v>
           </cell>
           <cell r="JR33">
             <v>2433</v>
           </cell>
-          <cell r="JS33"/>
+          <cell r="JS33">
+            <v>2250</v>
+          </cell>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>8</v>
           </cell>
           <cell r="JI38">
             <v>2</v>
           </cell>
           <cell r="JJ38">
             <v>19</v>
           </cell>
           <cell r="JK38">
             <v>49</v>
           </cell>
           <cell r="JL38">
             <v>22</v>
           </cell>
           <cell r="JM38">
             <v>28</v>
           </cell>
           <cell r="JN38">
             <v>30</v>
           </cell>
           <cell r="JO38">
             <v>22</v>
           </cell>
           <cell r="JP38">
             <v>35</v>
           </cell>
           <cell r="JQ38">
             <v>29</v>
           </cell>
           <cell r="JR38">
             <v>47</v>
           </cell>
-          <cell r="JS38"/>
+          <cell r="JS38">
+            <v>40</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="18">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -2583,482 +2609,471 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="19">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="19"/>
       <sheetData sheetId="20"/>
       <sheetData sheetId="21"/>
-      <sheetData sheetId="22">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="22"/>
       <sheetData sheetId="23">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>45755</v>
           </cell>
           <cell r="JI23">
             <v>45011</v>
           </cell>
           <cell r="JJ23">
             <v>66241</v>
           </cell>
           <cell r="JK23">
             <v>51658</v>
           </cell>
           <cell r="JL23">
             <v>58704</v>
           </cell>
           <cell r="JM23">
             <v>70732</v>
           </cell>
           <cell r="JN23">
             <v>76916</v>
           </cell>
           <cell r="JO23">
             <v>79154</v>
           </cell>
           <cell r="JP23">
             <v>74028</v>
           </cell>
           <cell r="JQ23">
             <v>75505</v>
           </cell>
           <cell r="JR23">
             <v>49766</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>57762</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>1815</v>
           </cell>
           <cell r="JI28">
             <v>1511</v>
           </cell>
           <cell r="JJ28">
             <v>1690</v>
           </cell>
           <cell r="JK28">
             <v>1723</v>
           </cell>
           <cell r="JL28">
             <v>1685</v>
           </cell>
           <cell r="JM28">
             <v>2060</v>
           </cell>
           <cell r="JN28">
             <v>2198</v>
           </cell>
           <cell r="JO28">
             <v>1617</v>
           </cell>
           <cell r="JP28">
             <v>1574</v>
           </cell>
           <cell r="JQ28">
             <v>1654</v>
           </cell>
           <cell r="JR28">
             <v>1487</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>1615</v>
+          </cell>
         </row>
         <row r="33">
           <cell r="JH33"/>
           <cell r="JI33"/>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="24">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>10201</v>
           </cell>
           <cell r="JI23">
             <v>6844</v>
           </cell>
           <cell r="JJ23">
             <v>22975</v>
           </cell>
           <cell r="JK23">
             <v>7949</v>
           </cell>
           <cell r="JL23">
             <v>6068</v>
           </cell>
           <cell r="JM23">
             <v>5875</v>
           </cell>
           <cell r="JN23">
             <v>7034</v>
           </cell>
           <cell r="JO23">
             <v>8921</v>
           </cell>
           <cell r="JP23">
             <v>4061</v>
           </cell>
           <cell r="JQ23">
             <v>4421</v>
           </cell>
           <cell r="JR23">
             <v>3268</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>211</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>97</v>
           </cell>
           <cell r="JI28">
             <v>62</v>
           </cell>
           <cell r="JJ28">
             <v>149</v>
           </cell>
           <cell r="JK28">
             <v>106</v>
           </cell>
           <cell r="JL28">
             <v>64</v>
           </cell>
           <cell r="JM28">
             <v>58</v>
           </cell>
           <cell r="JN28">
             <v>67</v>
           </cell>
           <cell r="JO28">
             <v>94</v>
           </cell>
           <cell r="JP28">
             <v>44</v>
           </cell>
           <cell r="JQ28">
             <v>43</v>
           </cell>
           <cell r="JR28">
             <v>32</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>2</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="25">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>116660</v>
           </cell>
           <cell r="JI23">
             <v>127174</v>
           </cell>
           <cell r="JJ23">
             <v>167909</v>
           </cell>
           <cell r="JK23">
             <v>138570</v>
           </cell>
           <cell r="JL23">
             <v>134596</v>
           </cell>
           <cell r="JM23">
             <v>195367</v>
           </cell>
           <cell r="JN23">
             <v>213965</v>
           </cell>
           <cell r="JO23">
             <v>166583</v>
           </cell>
           <cell r="JP23">
             <v>87980</v>
           </cell>
           <cell r="JQ23">
             <v>149593</v>
           </cell>
           <cell r="JR23">
             <v>142489</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>159942</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2285</v>
           </cell>
           <cell r="JI28">
             <v>2069</v>
           </cell>
           <cell r="JJ28">
             <v>3111</v>
           </cell>
           <cell r="JK28">
             <v>2754</v>
           </cell>
           <cell r="JL28">
             <v>2942</v>
           </cell>
           <cell r="JM28">
             <v>3511</v>
           </cell>
           <cell r="JN28">
             <v>3966</v>
           </cell>
           <cell r="JO28">
             <v>3562</v>
           </cell>
           <cell r="JP28">
             <v>2148</v>
           </cell>
           <cell r="JQ28">
             <v>2971</v>
           </cell>
           <cell r="JR28">
             <v>2813</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>2764</v>
+          </cell>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>8</v>
           </cell>
           <cell r="JI33">
             <v>38541</v>
           </cell>
           <cell r="JJ33">
             <v>57589</v>
           </cell>
           <cell r="JK33">
             <v>8199</v>
           </cell>
           <cell r="JL33">
             <v>2469</v>
           </cell>
           <cell r="JM33">
             <v>3978</v>
           </cell>
           <cell r="JN33">
             <v>3739</v>
           </cell>
           <cell r="JO33">
             <v>3240</v>
           </cell>
           <cell r="JP33">
             <v>989</v>
           </cell>
           <cell r="JQ33">
             <v>3086</v>
           </cell>
           <cell r="JR33">
             <v>7720</v>
           </cell>
-          <cell r="JS33"/>
+          <cell r="JS33">
+            <v>23669</v>
+          </cell>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38">
             <v>722</v>
           </cell>
           <cell r="JJ38">
             <v>745</v>
           </cell>
           <cell r="JK38">
             <v>319</v>
           </cell>
           <cell r="JL38">
             <v>117</v>
           </cell>
           <cell r="JM38">
             <v>77</v>
           </cell>
           <cell r="JN38">
             <v>53</v>
           </cell>
           <cell r="JO38">
             <v>39</v>
           </cell>
           <cell r="JP38">
             <v>46</v>
           </cell>
           <cell r="JQ38">
             <v>49</v>
           </cell>
           <cell r="JR38">
             <v>167</v>
           </cell>
-          <cell r="JS38"/>
+          <cell r="JS38">
+            <v>479</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>42502</v>
           </cell>
           <cell r="JI23">
             <v>39077</v>
           </cell>
           <cell r="JJ23">
             <v>45009</v>
           </cell>
           <cell r="JK23">
             <v>39886</v>
           </cell>
           <cell r="JL23">
             <v>50964</v>
           </cell>
           <cell r="JM23">
             <v>54626</v>
           </cell>
           <cell r="JN23">
             <v>58754</v>
           </cell>
           <cell r="JO23">
             <v>63347</v>
           </cell>
           <cell r="JP23">
             <v>65676</v>
           </cell>
           <cell r="JQ23">
             <v>62547</v>
           </cell>
           <cell r="JR23">
             <v>45294</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>45695</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>2217</v>
           </cell>
           <cell r="JI28">
             <v>1915</v>
           </cell>
           <cell r="JJ28">
             <v>1746</v>
           </cell>
           <cell r="JK28">
             <v>2307</v>
           </cell>
           <cell r="JL28">
             <v>2323</v>
           </cell>
           <cell r="JM28">
             <v>2487</v>
           </cell>
           <cell r="JN28">
             <v>2599</v>
           </cell>
           <cell r="JO28">
             <v>2573</v>
           </cell>
           <cell r="JP28">
             <v>2246</v>
           </cell>
           <cell r="JQ28">
             <v>2462</v>
           </cell>
           <cell r="JR28">
             <v>1833</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>1796</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="29">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JM28"/>
         </row>
         <row r="33">
           <cell r="JH33">
             <v>4786</v>
           </cell>
           <cell r="JI33">
             <v>5164</v>
           </cell>
           <cell r="JJ33">
@@ -3066,302 +3081,288 @@
           </cell>
           <cell r="JK33">
             <v>5778</v>
           </cell>
           <cell r="JL33">
             <v>9167</v>
           </cell>
           <cell r="JM33">
             <v>10748</v>
           </cell>
           <cell r="JN33">
             <v>10238</v>
           </cell>
           <cell r="JO33">
             <v>10991</v>
           </cell>
           <cell r="JP33">
             <v>7787</v>
           </cell>
           <cell r="JQ33">
             <v>7698</v>
           </cell>
           <cell r="JR33">
             <v>4660</v>
           </cell>
-          <cell r="JS33"/>
+          <cell r="JS33">
+            <v>5057</v>
+          </cell>
         </row>
         <row r="38">
           <cell r="JM38">
             <v>1</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>4152</v>
           </cell>
           <cell r="JI23">
             <v>4471</v>
           </cell>
           <cell r="JJ23">
             <v>1068</v>
           </cell>
           <cell r="JK23">
             <v>2803</v>
           </cell>
           <cell r="JL23">
             <v>7296</v>
           </cell>
           <cell r="JM23">
             <v>5698</v>
           </cell>
           <cell r="JN23">
             <v>5546</v>
           </cell>
           <cell r="JO23">
             <v>5348</v>
           </cell>
           <cell r="JP23">
             <v>1663</v>
           </cell>
           <cell r="JQ23">
             <v>6508</v>
           </cell>
           <cell r="JR23">
             <v>5554</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>5284</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>167</v>
           </cell>
           <cell r="JI28">
             <v>197</v>
           </cell>
           <cell r="JJ28">
             <v>53</v>
           </cell>
           <cell r="JK28">
             <v>137</v>
           </cell>
           <cell r="JL28">
             <v>284</v>
           </cell>
           <cell r="JM28">
             <v>262</v>
           </cell>
           <cell r="JN28">
             <v>258</v>
           </cell>
           <cell r="JO28">
             <v>244</v>
           </cell>
           <cell r="JP28">
             <v>86</v>
           </cell>
           <cell r="JQ28">
             <v>256</v>
           </cell>
           <cell r="JR28">
             <v>267</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>200</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="32">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="33"/>
       <sheetData sheetId="34"/>
       <sheetData sheetId="35"/>
       <sheetData sheetId="36"/>
       <sheetData sheetId="37"/>
       <sheetData sheetId="38"/>
       <sheetData sheetId="39"/>
-      <sheetData sheetId="40">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="40"/>
       <sheetData sheetId="41"/>
-      <sheetData sheetId="42">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="42"/>
       <sheetData sheetId="43">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
       <sheetData sheetId="44">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>2246</v>
           </cell>
           <cell r="JI23">
             <v>2119</v>
           </cell>
           <cell r="JJ23">
             <v>1809</v>
           </cell>
           <cell r="JK23">
             <v>2623</v>
           </cell>
           <cell r="JL23">
             <v>4329</v>
           </cell>
           <cell r="JM23">
             <v>3380</v>
           </cell>
           <cell r="JN23">
             <v>3389</v>
           </cell>
           <cell r="JO23">
             <v>3847</v>
           </cell>
           <cell r="JP23">
             <v>2748</v>
           </cell>
           <cell r="JQ23">
             <v>2726</v>
           </cell>
           <cell r="JR23">
             <v>2511</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>1885</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>99</v>
           </cell>
           <cell r="JI28">
             <v>115</v>
           </cell>
           <cell r="JJ28">
             <v>109</v>
           </cell>
           <cell r="JK28">
             <v>135</v>
           </cell>
           <cell r="JL28">
             <v>211</v>
           </cell>
           <cell r="JM28">
             <v>169</v>
           </cell>
           <cell r="JN28">
             <v>110</v>
           </cell>
           <cell r="JO28">
             <v>163</v>
           </cell>
           <cell r="JP28">
             <v>172</v>
           </cell>
           <cell r="JQ28">
             <v>178</v>
           </cell>
           <cell r="JR28">
             <v>133</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>78</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="45">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
@@ -3380,524 +3381,500 @@
           </cell>
           <cell r="JK33">
             <v>3082</v>
           </cell>
           <cell r="JL33">
             <v>1988</v>
           </cell>
           <cell r="JM33">
             <v>2107</v>
           </cell>
           <cell r="JN33">
             <v>5222</v>
           </cell>
           <cell r="JO33">
             <v>5661</v>
           </cell>
           <cell r="JP33">
             <v>6067</v>
           </cell>
           <cell r="JQ33">
             <v>4755</v>
           </cell>
           <cell r="JR33">
             <v>2839</v>
           </cell>
-          <cell r="JS33"/>
+          <cell r="JS33">
+            <v>3197</v>
+          </cell>
         </row>
         <row r="38">
           <cell r="JH38">
             <v>86</v>
           </cell>
           <cell r="JI38">
             <v>57</v>
           </cell>
           <cell r="JJ38">
             <v>104</v>
           </cell>
           <cell r="JK38">
             <v>71</v>
           </cell>
           <cell r="JL38">
             <v>44</v>
           </cell>
           <cell r="JM38">
             <v>47</v>
           </cell>
           <cell r="JN38">
             <v>131</v>
           </cell>
           <cell r="JO38">
             <v>124</v>
           </cell>
           <cell r="JP38">
             <v>97</v>
           </cell>
           <cell r="JQ38">
             <v>99</v>
           </cell>
           <cell r="JR38">
             <v>68</v>
           </cell>
-          <cell r="JS38"/>
+          <cell r="JS38">
+            <v>76</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="46">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>2443</v>
           </cell>
           <cell r="JI23">
             <v>3703</v>
           </cell>
           <cell r="JJ23">
             <v>6308</v>
           </cell>
           <cell r="JK23">
             <v>4814</v>
           </cell>
           <cell r="JL23">
             <v>4534</v>
           </cell>
           <cell r="JM23">
             <v>2678</v>
           </cell>
           <cell r="JN23">
             <v>6437</v>
           </cell>
           <cell r="JO23">
             <v>6202</v>
           </cell>
           <cell r="JP23">
             <v>5528</v>
           </cell>
           <cell r="JQ23">
             <v>5111</v>
           </cell>
           <cell r="JR23">
             <v>3500</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>3833</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>82</v>
           </cell>
           <cell r="JI28">
             <v>146</v>
           </cell>
           <cell r="JJ28">
             <v>154</v>
           </cell>
           <cell r="JK28">
             <v>205</v>
           </cell>
           <cell r="JL28">
             <v>168</v>
           </cell>
           <cell r="JM28">
             <v>77</v>
           </cell>
           <cell r="JN28">
             <v>141</v>
           </cell>
           <cell r="JO28">
             <v>155</v>
           </cell>
           <cell r="JP28">
             <v>159</v>
           </cell>
           <cell r="JQ28">
             <v>172</v>
           </cell>
           <cell r="JR28">
             <v>98</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>168</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="47"/>
       <sheetData sheetId="48"/>
-      <sheetData sheetId="49">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="49"/>
       <sheetData sheetId="50">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>4419</v>
           </cell>
           <cell r="JI23">
             <v>4335</v>
           </cell>
           <cell r="JJ23">
             <v>7120</v>
           </cell>
           <cell r="JK23">
             <v>4890</v>
           </cell>
           <cell r="JL23">
             <v>3622</v>
           </cell>
           <cell r="JM23">
             <v>2215</v>
           </cell>
           <cell r="JN23">
             <v>2016</v>
           </cell>
           <cell r="JO23">
             <v>2061</v>
           </cell>
           <cell r="JP23">
             <v>4048</v>
           </cell>
           <cell r="JQ23">
             <v>2845</v>
           </cell>
           <cell r="JR23">
             <v>5577</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>5360</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>152</v>
           </cell>
           <cell r="JI28">
             <v>144</v>
           </cell>
           <cell r="JJ28">
             <v>182</v>
           </cell>
           <cell r="JK28">
             <v>190</v>
           </cell>
           <cell r="JL28">
             <v>83</v>
           </cell>
           <cell r="JM28">
             <v>37</v>
           </cell>
           <cell r="JN28">
             <v>39</v>
           </cell>
           <cell r="JO28">
             <v>50</v>
           </cell>
           <cell r="JP28">
             <v>164</v>
           </cell>
           <cell r="JQ28">
             <v>58</v>
           </cell>
           <cell r="JR28">
             <v>196</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>214</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="51">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>3952</v>
           </cell>
           <cell r="JI23">
             <v>3254</v>
           </cell>
           <cell r="JJ23">
             <v>8114</v>
           </cell>
           <cell r="JK23">
             <v>5674</v>
           </cell>
           <cell r="JL23">
             <v>4665</v>
           </cell>
           <cell r="JM23">
             <v>7090</v>
           </cell>
           <cell r="JN23">
             <v>7313</v>
           </cell>
           <cell r="JO23">
             <v>8473</v>
           </cell>
           <cell r="JP23">
             <v>3040</v>
           </cell>
           <cell r="JQ23">
             <v>8158</v>
           </cell>
           <cell r="JR23">
             <v>3555</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>2149</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>201</v>
           </cell>
           <cell r="JI28">
             <v>138</v>
           </cell>
           <cell r="JJ28">
             <v>296</v>
           </cell>
           <cell r="JK28">
             <v>235</v>
           </cell>
           <cell r="JL28">
             <v>133</v>
           </cell>
           <cell r="JM28">
             <v>245</v>
           </cell>
           <cell r="JN28">
             <v>237</v>
           </cell>
           <cell r="JO28">
             <v>238</v>
           </cell>
           <cell r="JP28">
             <v>102</v>
           </cell>
           <cell r="JQ28">
             <v>225</v>
           </cell>
           <cell r="JR28">
             <v>122</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>79</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="52">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23">
             <v>5361</v>
           </cell>
           <cell r="JI23">
             <v>5209</v>
           </cell>
           <cell r="JJ23">
             <v>7896</v>
           </cell>
           <cell r="JK23">
             <v>3497</v>
           </cell>
           <cell r="JL23">
             <v>1451</v>
           </cell>
           <cell r="JM23">
             <v>3710</v>
           </cell>
           <cell r="JN23">
             <v>71</v>
           </cell>
           <cell r="JO23">
             <v>300</v>
           </cell>
           <cell r="JP23">
             <v>73</v>
           </cell>
           <cell r="JQ23">
             <v>750</v>
           </cell>
           <cell r="JR23">
             <v>1769</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>2241</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28">
             <v>238</v>
           </cell>
           <cell r="JI28">
             <v>214</v>
           </cell>
           <cell r="JJ28">
             <v>216</v>
           </cell>
           <cell r="JK28">
             <v>171</v>
           </cell>
           <cell r="JL28">
             <v>51</v>
           </cell>
           <cell r="JM28">
             <v>141</v>
           </cell>
           <cell r="JN28">
             <v>5</v>
           </cell>
           <cell r="JO28">
             <v>2</v>
           </cell>
           <cell r="JP28"/>
           <cell r="JQ28">
             <v>22</v>
           </cell>
           <cell r="JR28">
             <v>62</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>71</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="53"/>
-      <sheetData sheetId="54">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="54"/>
       <sheetData sheetId="55"/>
       <sheetData sheetId="56">
-        <row r="4">
-[...3 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23">
             <v>62</v>
           </cell>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>56</v>
           </cell>
           <cell r="JP23">
             <v>2095</v>
           </cell>
           <cell r="JQ23">
             <v>508</v>
           </cell>
           <cell r="JR23">
             <v>89</v>
           </cell>
-          <cell r="JS23"/>
+          <cell r="JS23">
+            <v>958</v>
+          </cell>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28">
             <v>2</v>
           </cell>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28">
             <v>2</v>
           </cell>
           <cell r="JP28">
             <v>69</v>
           </cell>
           <cell r="JQ28">
             <v>33</v>
           </cell>
           <cell r="JR28">
             <v>6</v>
           </cell>
-          <cell r="JS28"/>
+          <cell r="JS28">
+            <v>50</v>
+          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="57">
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
       </sheetData>
-      <sheetData sheetId="58">
-[...8 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="58"/>
+      <sheetData sheetId="59"/>
       <sheetData sheetId="60"/>
       <sheetData sheetId="61"/>
       <sheetData sheetId="62"/>
       <sheetData sheetId="63"/>
       <sheetData sheetId="64">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="IT23"/>
           <cell r="IU23"/>
           <cell r="IV23"/>
           <cell r="IW23"/>
           <cell r="IX23"/>
           <cell r="IY23"/>
           <cell r="IZ23"/>
           <cell r="JA23"/>
           <cell r="JB23"/>
           <cell r="JC23"/>
           <cell r="JD23"/>
           <cell r="JE23"/>
         </row>
         <row r="28">
           <cell r="IT28"/>
           <cell r="IU28"/>
           <cell r="IV28"/>
           <cell r="IW28"/>
           <cell r="IX28"/>
           <cell r="IY28"/>
           <cell r="IZ28"/>
           <cell r="JA28"/>
           <cell r="JB28"/>
           <cell r="JC28"/>
@@ -3911,124 +3888,114 @@
           <cell r="IW33"/>
           <cell r="IX33"/>
           <cell r="IY33"/>
           <cell r="IZ33"/>
           <cell r="JA33"/>
           <cell r="JB33"/>
           <cell r="JC33"/>
           <cell r="JD33"/>
           <cell r="JE33"/>
         </row>
         <row r="38">
           <cell r="IT38"/>
           <cell r="IU38"/>
           <cell r="IV38"/>
           <cell r="IW38"/>
           <cell r="IX38"/>
           <cell r="IY38"/>
           <cell r="IZ38"/>
           <cell r="JA38"/>
           <cell r="JB38"/>
           <cell r="JC38"/>
           <cell r="JD38"/>
           <cell r="JE38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="65">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="65"/>
       <sheetData sheetId="66">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23"/>
           <cell r="JN23"/>
           <cell r="JO23">
             <v>191</v>
           </cell>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
           <cell r="JP28"/>
           <cell r="JQ28"/>
           <cell r="JR28"/>
           <cell r="JS28"/>
         </row>
         <row r="33">
           <cell r="JH33"/>
-          <cell r="JI33"/>
+          <cell r="JI33">
+            <v>112</v>
+          </cell>
           <cell r="JJ33"/>
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
-          <cell r="JI38">
-[...1 lines deleted...]
-          </cell>
+          <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
       <sheetData sheetId="67">
-        <row r="4">
-[...1 lines deleted...]
-        </row>
         <row r="23">
           <cell r="JH23"/>
           <cell r="JI23"/>
           <cell r="JJ23"/>
           <cell r="JK23"/>
           <cell r="JL23"/>
           <cell r="JM23">
             <v>133</v>
           </cell>
           <cell r="JN23"/>
           <cell r="JO23"/>
           <cell r="JP23"/>
           <cell r="JQ23"/>
           <cell r="JR23"/>
           <cell r="JS23"/>
         </row>
         <row r="28">
           <cell r="JH28"/>
           <cell r="JI28"/>
           <cell r="JJ28"/>
           <cell r="JK28"/>
           <cell r="JL28"/>
           <cell r="JM28"/>
           <cell r="JN28"/>
           <cell r="JO28"/>
@@ -4044,182 +4011,77 @@
           <cell r="JK33"/>
           <cell r="JL33"/>
           <cell r="JM33"/>
           <cell r="JN33"/>
           <cell r="JO33"/>
           <cell r="JP33"/>
           <cell r="JQ33"/>
           <cell r="JR33"/>
           <cell r="JS33"/>
         </row>
         <row r="38">
           <cell r="JH38"/>
           <cell r="JI38"/>
           <cell r="JJ38"/>
           <cell r="JK38"/>
           <cell r="JL38"/>
           <cell r="JM38"/>
           <cell r="JN38"/>
           <cell r="JO38"/>
           <cell r="JP38"/>
           <cell r="JQ38"/>
           <cell r="JR38"/>
           <cell r="JS38"/>
         </row>
       </sheetData>
-      <sheetData sheetId="68">
-[...62 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="68"/>
+      <sheetData sheetId="69"/>
+      <sheetData sheetId="70"/>
+      <sheetData sheetId="71"/>
+      <sheetData sheetId="72"/>
+      <sheetData sheetId="73"/>
+      <sheetData sheetId="74"/>
+      <sheetData sheetId="75"/>
+      <sheetData sheetId="76"/>
+      <sheetData sheetId="77"/>
       <sheetData sheetId="78"/>
-      <sheetData sheetId="79">
-[...3 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="79"/>
       <sheetData sheetId="80"/>
       <sheetData sheetId="81"/>
-      <sheetData sheetId="82">
-[...26 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="82"/>
+      <sheetData sheetId="83"/>
+      <sheetData sheetId="84"/>
+      <sheetData sheetId="85"/>
       <sheetData sheetId="86"/>
       <sheetData sheetId="87"/>
       <sheetData sheetId="88"/>
-      <sheetData sheetId="89">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="89"/>
       <sheetData sheetId="90"/>
-      <sheetData sheetId="91">
-[...19 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="91"/>
+      <sheetData sheetId="92"/>
+      <sheetData sheetId="93"/>
+      <sheetData sheetId="94" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
       <sheetName val="Cargo YTD"/>
       <sheetName val="Intl Detail"/>
       <sheetName val="Ops+Rev Pax Activity"/>
     </sheetNames>
     <sheetDataSet>
@@ -4227,57 +4089,51 @@
         <row r="5">
           <cell r="C5">
             <v>1028546</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>187393</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>112</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>38500</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4290,57 +4146,51 @@
         <row r="5">
           <cell r="C5">
             <v>1369060</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>224223</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>46527</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink4.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4353,57 +4203,51 @@
         <row r="5">
           <cell r="C5">
             <v>1122946</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>214701</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>45651</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink5.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4416,57 +4260,51 @@
         <row r="5">
           <cell r="C5">
             <v>1248467</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>214043</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>47062</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink6.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4479,57 +4317,51 @@
         <row r="5">
           <cell r="C5">
             <v>1435178</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>230778</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>133</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>49435</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink7.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4542,57 +4374,51 @@
         <row r="5">
           <cell r="C5">
             <v>1524366</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>250705</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>51753</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink8.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4605,57 +4431,51 @@
         <row r="5">
           <cell r="C5">
             <v>1410421</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>252495</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>191</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>48651</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink9.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Monthly Summary"/>
       <sheetName val="Major Airline Stats"/>
       <sheetName val="Other Major Airline Stats"/>
       <sheetName val="Regional Major"/>
       <sheetName val="Other Regional"/>
       <sheetName val="Charter"/>
       <sheetName val="Cargo"/>
       <sheetName val="Cargo Summary"/>
@@ -4668,57 +4488,51 @@
         <row r="5">
           <cell r="C5">
             <v>1165803</v>
           </cell>
         </row>
         <row r="6">
           <cell r="C6">
             <v>231802</v>
           </cell>
         </row>
         <row r="7">
           <cell r="C7">
             <v>0</v>
           </cell>
         </row>
         <row r="10">
           <cell r="C10">
             <v>44068</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
-      <sheetData sheetId="5">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4962,845 +4776,857 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C56E8DF-DCC2-4E85-8441-21C2D1854515}">
   <dimension ref="A1:T49"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" zoomScale="130" zoomScaleNormal="130" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="B20" sqref="B20:L20"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" topLeftCell="A6" zoomScaleNormal="100" zoomScalePageLayoutView="115" workbookViewId="0">
+      <selection activeCell="P16" sqref="P16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="32.28515625" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="32.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.6640625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.44140625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="12.140625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15" max="15" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.44140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12.33203125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13" bestFit="1" customWidth="1"/>
-    <col min="17" max="17" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="18" max="18" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="12.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" s="46" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:20" s="46" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="43"/>
       <c r="B1" s="44" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="44" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="44" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="44" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="44" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="44" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="44" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="44" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="44" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="44" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="44" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="44" t="s">
         <v>11</v>
       </c>
       <c r="N1" s="45" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="2" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="51">
         <v>292754</v>
       </c>
       <c r="C2" s="28">
         <v>290622</v>
       </c>
       <c r="D2" s="51">
         <v>383151</v>
       </c>
       <c r="E2" s="28">
         <v>301947</v>
       </c>
       <c r="F2" s="28">
         <v>267636</v>
       </c>
       <c r="G2" s="51">
         <v>281936</v>
       </c>
       <c r="H2" s="28">
         <v>295514</v>
       </c>
       <c r="I2" s="28">
         <f>264315+6863+3427+4010+50</f>
         <v>278665</v>
       </c>
       <c r="J2" s="28">
         <f>232860+4539+2758+3126+41</f>
         <v>243324</v>
       </c>
       <c r="K2" s="51">
         <f>255222+1891+1485+36</f>
         <v>258634</v>
       </c>
       <c r="L2" s="51">
         <f>235775+2</f>
         <v>235777</v>
       </c>
-      <c r="M2" s="51"/>
+      <c r="M2" s="51">
+        <v>281416</v>
+      </c>
       <c r="N2" s="20">
         <f>SUM(B2:M2)</f>
-        <v>3129960</v>
+        <v>3411376</v>
       </c>
       <c r="O2" s="29"/>
       <c r="P2" s="21"/>
       <c r="Q2" s="64"/>
       <c r="R2" s="21"/>
       <c r="S2" s="21"/>
       <c r="T2" s="21"/>
     </row>
-    <row r="3" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="2">
         <v>2024</v>
       </c>
       <c r="B3" s="39">
         <v>309472</v>
       </c>
       <c r="C3" s="39">
         <v>307890</v>
       </c>
       <c r="D3" s="39">
         <v>374005</v>
       </c>
       <c r="E3" s="39">
         <v>328538</v>
       </c>
       <c r="F3" s="39">
         <v>330247</v>
       </c>
       <c r="G3" s="39">
         <v>353857</v>
       </c>
       <c r="H3" s="39">
         <v>348081</v>
       </c>
       <c r="I3" s="39">
         <v>362558</v>
       </c>
       <c r="J3" s="39">
         <v>312175</v>
       </c>
       <c r="K3" s="39">
         <v>319898</v>
       </c>
       <c r="L3" s="39">
         <v>279021</v>
       </c>
       <c r="M3" s="39">
         <v>324994</v>
       </c>
       <c r="N3" s="6">
         <f>SUM(B3:M3)</f>
         <v>3950736</v>
       </c>
       <c r="O3" s="50"/>
       <c r="P3" s="21"/>
       <c r="Q3" s="10"/>
       <c r="R3" s="10"/>
       <c r="S3" s="10"/>
       <c r="T3" s="10"/>
     </row>
-    <row r="4" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="29">
         <v>251085</v>
       </c>
       <c r="C4" s="29">
         <v>237738</v>
       </c>
       <c r="D4" s="29">
         <v>290285</v>
       </c>
       <c r="E4" s="29">
         <v>273866</v>
       </c>
       <c r="F4" s="29">
         <v>320934</v>
       </c>
       <c r="G4" s="29">
         <v>347595</v>
       </c>
       <c r="H4" s="29">
         <v>372618</v>
       </c>
       <c r="I4" s="29">
         <v>347060</v>
       </c>
       <c r="J4" s="29">
         <v>301205</v>
       </c>
       <c r="K4" s="29">
         <v>303237</v>
       </c>
       <c r="L4" s="29">
         <v>248305</v>
       </c>
-      <c r="M4" s="29"/>
+      <c r="M4" s="29">
+        <v>254892</v>
+      </c>
       <c r="N4" s="20">
         <f t="shared" ref="N4:N12" si="0">SUM(B4:M4)</f>
-        <v>3293928</v>
+        <v>3548820</v>
       </c>
       <c r="Q4" s="21"/>
       <c r="S4" s="3"/>
     </row>
-    <row r="5" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2">
         <v>2024</v>
       </c>
       <c r="B5" s="39">
         <v>263894</v>
       </c>
       <c r="C5" s="39">
         <v>260126</v>
       </c>
       <c r="D5" s="39">
         <v>320992</v>
       </c>
       <c r="E5" s="39">
         <v>297451</v>
       </c>
       <c r="F5" s="39">
         <v>350645</v>
       </c>
       <c r="G5" s="39">
         <v>356312</v>
       </c>
       <c r="H5" s="39">
         <v>344664</v>
       </c>
       <c r="I5" s="39">
         <v>358921</v>
       </c>
       <c r="J5" s="39">
         <v>304713</v>
       </c>
       <c r="K5" s="39">
         <v>310089</v>
       </c>
       <c r="L5" s="39">
         <v>267909</v>
       </c>
       <c r="M5" s="39">
         <v>283117</v>
       </c>
       <c r="N5" s="6">
         <f t="shared" si="0"/>
         <v>3718833</v>
       </c>
       <c r="O5" s="29"/>
       <c r="P5" s="63"/>
       <c r="Q5" s="21"/>
       <c r="S5" s="3"/>
     </row>
-    <row r="6" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="4">
         <f>+'E Detail'!C36</f>
         <v>146865</v>
       </c>
       <c r="C6" s="4">
         <f>+'E Detail'!D36</f>
         <v>133958</v>
       </c>
       <c r="D6" s="4">
         <f>+'E Detail'!E36</f>
         <v>184437</v>
       </c>
       <c r="E6" s="4">
         <f>+'E Detail'!F36</f>
         <v>142821</v>
       </c>
       <c r="F6" s="4">
         <f>+'E Detail'!G36</f>
         <v>173720</v>
       </c>
       <c r="G6" s="4">
         <f>+'E Detail'!H36</f>
         <v>189856</v>
       </c>
       <c r="H6" s="4">
         <f>+'E Detail'!I36</f>
         <v>202605</v>
       </c>
       <c r="I6" s="4">
         <f>+'E Detail'!J36</f>
         <v>206136</v>
       </c>
       <c r="J6" s="4">
         <f>+'E Detail'!K36</f>
         <v>183341</v>
       </c>
       <c r="K6" s="4">
         <f>+'E Detail'!L36</f>
         <v>183415</v>
       </c>
       <c r="L6" s="4">
         <f>+'E Detail'!M36</f>
         <v>137855</v>
       </c>
       <c r="M6" s="4">
         <f>+'E Detail'!N36</f>
-        <v>0</v>
+        <v>141758</v>
       </c>
       <c r="N6" s="20">
         <f t="shared" si="0"/>
-        <v>1885009</v>
+        <v>2026767</v>
       </c>
       <c r="P6" s="49"/>
       <c r="Q6" s="21"/>
     </row>
-    <row r="7" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2">
         <v>2024</v>
       </c>
       <c r="B7" s="17">
         <v>142258</v>
       </c>
       <c r="C7" s="17">
         <v>143544</v>
       </c>
       <c r="D7" s="17">
         <v>168786</v>
       </c>
       <c r="E7" s="17">
         <v>154946</v>
       </c>
       <c r="F7" s="17">
         <v>182172</v>
       </c>
       <c r="G7" s="17">
         <v>198918</v>
       </c>
       <c r="H7" s="17">
         <v>213508</v>
       </c>
       <c r="I7" s="17">
         <v>220932</v>
       </c>
       <c r="J7" s="17">
         <v>195457</v>
       </c>
       <c r="K7" s="17">
         <v>198720</v>
       </c>
       <c r="L7" s="17">
         <v>159976</v>
       </c>
       <c r="M7" s="17">
         <v>168479</v>
       </c>
       <c r="N7" s="6">
         <f t="shared" si="0"/>
         <v>2147696</v>
       </c>
       <c r="O7" s="29"/>
       <c r="P7" s="29"/>
       <c r="Q7" s="21"/>
       <c r="S7" s="3"/>
     </row>
-    <row r="8" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="29">
         <v>74813</v>
       </c>
       <c r="C8" s="29">
         <v>65126</v>
       </c>
       <c r="D8" s="29">
         <v>80932</v>
       </c>
       <c r="E8" s="29">
         <v>77372</v>
       </c>
       <c r="F8" s="29">
         <v>80351</v>
       </c>
       <c r="G8" s="29">
         <v>100092</v>
       </c>
       <c r="H8" s="29">
         <v>111014</v>
       </c>
       <c r="I8" s="29">
         <v>101154</v>
       </c>
       <c r="J8" s="29">
         <v>80167</v>
       </c>
       <c r="K8" s="29">
         <v>87304</v>
       </c>
       <c r="L8" s="29">
         <v>73352</v>
       </c>
-      <c r="M8" s="29"/>
+      <c r="M8" s="29">
+        <v>76407</v>
+      </c>
       <c r="N8" s="20">
         <f t="shared" si="0"/>
-        <v>931677</v>
+        <v>1008084</v>
       </c>
       <c r="S8" s="3"/>
     </row>
-    <row r="9" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2">
         <v>2024</v>
       </c>
       <c r="B9" s="39">
         <v>70710</v>
       </c>
       <c r="C9" s="39">
         <v>70142</v>
       </c>
       <c r="D9" s="39">
         <v>90641</v>
       </c>
       <c r="E9" s="39">
         <v>88892</v>
       </c>
       <c r="F9" s="39">
         <v>111171</v>
       </c>
       <c r="G9" s="39">
         <v>110944</v>
       </c>
       <c r="H9" s="39">
         <v>109328</v>
       </c>
       <c r="I9" s="39">
         <v>111487</v>
       </c>
       <c r="J9" s="39">
         <v>96962</v>
       </c>
       <c r="K9" s="39">
         <v>94284</v>
       </c>
       <c r="L9" s="39">
         <v>78909</v>
       </c>
       <c r="M9" s="39">
         <v>86844</v>
       </c>
       <c r="N9" s="6">
         <f t="shared" si="0"/>
         <v>1120314</v>
       </c>
       <c r="O9" s="29"/>
       <c r="P9" s="29"/>
     </row>
-    <row r="10" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="28">
         <v>215929</v>
       </c>
       <c r="C10" s="28">
         <v>202942</v>
       </c>
       <c r="D10" s="28">
         <v>260613</v>
       </c>
       <c r="E10" s="28">
         <v>265945</v>
       </c>
       <c r="F10" s="28">
         <v>338177</v>
       </c>
       <c r="G10" s="28">
         <v>368658</v>
       </c>
       <c r="H10" s="28">
         <v>394202</v>
       </c>
       <c r="I10" s="28">
         <v>371583</v>
       </c>
       <c r="J10" s="28">
         <v>321437</v>
       </c>
       <c r="K10" s="28">
         <f>322173+4</f>
         <v>322177</v>
       </c>
       <c r="L10" s="28">
         <v>262109</v>
       </c>
-      <c r="M10" s="28"/>
+      <c r="M10" s="28">
+        <v>261061</v>
+      </c>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
-        <v>3323772</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>3584833</v>
+      </c>
+    </row>
+    <row r="11" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2">
         <v>2024</v>
       </c>
       <c r="B11" s="39">
         <v>219931</v>
       </c>
       <c r="C11" s="39">
         <v>194562</v>
       </c>
       <c r="D11" s="39">
         <v>236077</v>
       </c>
       <c r="E11" s="39">
         <v>247037</v>
       </c>
       <c r="F11" s="39">
         <v>268345</v>
       </c>
       <c r="G11" s="39">
         <v>345420</v>
       </c>
       <c r="H11" s="39">
         <v>346500</v>
       </c>
       <c r="I11" s="39">
         <v>344050</v>
       </c>
       <c r="J11" s="39">
         <v>297191</v>
       </c>
       <c r="K11" s="39">
         <v>295141</v>
       </c>
       <c r="L11" s="39">
         <v>258696</v>
       </c>
       <c r="M11" s="39">
         <v>278419</v>
       </c>
       <c r="N11" s="6">
         <f t="shared" si="0"/>
         <v>3331369</v>
       </c>
       <c r="O11" s="29"/>
       <c r="P11" s="29"/>
     </row>
-    <row r="12" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="29">
         <v>41363</v>
       </c>
       <c r="C12" s="62">
         <v>24666</v>
       </c>
       <c r="D12" s="29">
         <v>24147</v>
       </c>
       <c r="E12" s="29">
         <v>23062</v>
       </c>
       <c r="F12" s="29">
         <v>37440</v>
       </c>
       <c r="G12" s="29">
         <v>46246</v>
       </c>
       <c r="H12" s="29">
         <v>43757</v>
       </c>
       <c r="I12" s="29">
         <v>45047</v>
       </c>
       <c r="J12" s="29">
         <v>40213</v>
       </c>
       <c r="K12" s="29">
         <v>45612</v>
       </c>
       <c r="L12" s="29">
         <v>33819</v>
       </c>
-      <c r="M12" s="29"/>
+      <c r="M12" s="29">
+        <v>48185</v>
+      </c>
       <c r="N12" s="20">
         <f t="shared" si="0"/>
-        <v>405372</v>
+        <v>453557</v>
       </c>
       <c r="O12" s="29"/>
     </row>
-    <row r="13" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2">
         <v>2024</v>
       </c>
       <c r="B13" s="39">
         <v>3665</v>
       </c>
       <c r="C13" s="39">
         <v>1277</v>
       </c>
       <c r="D13" s="39">
         <v>29570</v>
       </c>
       <c r="E13" s="39">
         <v>16764</v>
       </c>
       <c r="F13" s="39">
         <v>21740</v>
       </c>
       <c r="G13" s="39">
         <v>8415</v>
       </c>
       <c r="H13" s="39">
         <v>11341</v>
       </c>
       <c r="I13" s="39">
         <v>15860</v>
       </c>
       <c r="J13" s="39">
         <v>24095</v>
       </c>
       <c r="K13" s="39">
         <v>37126</v>
       </c>
       <c r="L13" s="39">
         <v>32284</v>
       </c>
       <c r="M13" s="39">
         <v>30515</v>
       </c>
       <c r="N13" s="6">
         <f t="shared" ref="N13:N21" si="1">SUM(B13:M13)</f>
         <v>232652</v>
       </c>
       <c r="O13" s="29"/>
       <c r="P13" s="29"/>
     </row>
-    <row r="14" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="61">
         <v>68058</v>
       </c>
       <c r="C14" s="30">
         <v>62194</v>
       </c>
       <c r="D14" s="30">
         <v>90776</v>
       </c>
       <c r="E14" s="30">
         <v>79147</v>
       </c>
       <c r="F14" s="30">
         <v>75281</v>
       </c>
       <c r="G14" s="30">
         <v>86195</v>
       </c>
       <c r="H14" s="30">
         <v>85396</v>
       </c>
       <c r="I14" s="61">
         <v>88176</v>
       </c>
       <c r="J14" s="30">
         <v>87144</v>
       </c>
       <c r="K14" s="30">
         <v>94111</v>
       </c>
       <c r="L14" s="30">
         <v>87342</v>
       </c>
-      <c r="M14" s="30"/>
+      <c r="M14" s="30">
+        <v>74451</v>
+      </c>
       <c r="N14" s="20">
         <f t="shared" si="1"/>
-        <v>903820</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:20" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>978271</v>
+      </c>
+    </row>
+    <row r="15" spans="1:20" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2">
         <v>2024</v>
       </c>
       <c r="B15" s="39">
         <v>46979</v>
       </c>
       <c r="C15" s="39">
         <v>55416</v>
       </c>
       <c r="D15" s="39">
         <v>46429</v>
       </c>
       <c r="E15" s="39">
         <v>49992</v>
       </c>
       <c r="F15" s="39">
         <v>56264</v>
       </c>
       <c r="G15" s="39">
         <v>55730</v>
       </c>
       <c r="H15" s="39">
         <v>55780</v>
       </c>
       <c r="I15" s="39">
         <v>73152</v>
       </c>
       <c r="J15" s="39">
         <v>51290</v>
       </c>
       <c r="K15" s="39">
         <v>51790</v>
       </c>
       <c r="L15" s="39">
         <v>54208</v>
       </c>
       <c r="M15" s="39">
         <v>63286</v>
       </c>
       <c r="N15" s="6">
         <f t="shared" si="1"/>
         <v>660316</v>
       </c>
       <c r="O15" s="29"/>
       <c r="P15" s="29"/>
     </row>
-    <row r="16" spans="1:20" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:20" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A16" s="47" t="s">
         <v>77</v>
       </c>
       <c r="B16" s="3">
         <f t="shared" ref="B16:M16" si="2">+B14+B12+B10+B8+B6+B4+B2</f>
         <v>1090867</v>
       </c>
       <c r="C16" s="3">
         <f t="shared" si="2"/>
         <v>1017246</v>
       </c>
       <c r="D16" s="3">
         <f t="shared" si="2"/>
         <v>1314341</v>
       </c>
       <c r="E16" s="3">
         <f t="shared" si="2"/>
         <v>1164160</v>
       </c>
       <c r="F16" s="3">
         <f t="shared" si="2"/>
         <v>1293539</v>
       </c>
       <c r="G16" s="3">
         <f t="shared" si="2"/>
         <v>1420578</v>
       </c>
       <c r="H16" s="3">
         <f t="shared" si="2"/>
         <v>1505106</v>
       </c>
       <c r="I16" s="3">
         <f t="shared" si="2"/>
         <v>1437821</v>
       </c>
       <c r="J16" s="3">
         <f t="shared" si="2"/>
         <v>1256831</v>
       </c>
       <c r="K16" s="3">
         <f t="shared" si="2"/>
         <v>1294490</v>
       </c>
       <c r="L16" s="3">
         <f t="shared" si="2"/>
         <v>1078559</v>
       </c>
       <c r="M16" s="3">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>1138170</v>
       </c>
       <c r="N16" s="20">
         <f t="shared" si="1"/>
-        <v>13873538</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>15011708</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2">
         <v>2024</v>
       </c>
       <c r="B17" s="18">
         <f t="shared" ref="B17:M17" si="3">+B15+B13+B11+B9+B7+B5+B3</f>
         <v>1056909</v>
       </c>
       <c r="C17" s="18">
         <f t="shared" si="3"/>
         <v>1032957</v>
       </c>
       <c r="D17" s="18">
         <f t="shared" si="3"/>
         <v>1266500</v>
       </c>
       <c r="E17" s="18">
         <f t="shared" si="3"/>
         <v>1183620</v>
       </c>
       <c r="F17" s="18">
         <f t="shared" si="3"/>
         <v>1320584</v>
       </c>
       <c r="G17" s="18">
         <f t="shared" si="3"/>
@@ -5815,213 +5641,213 @@
         <v>1486960</v>
       </c>
       <c r="J17" s="18">
         <f t="shared" si="3"/>
         <v>1281883</v>
       </c>
       <c r="K17" s="18">
         <f t="shared" si="3"/>
         <v>1307048</v>
       </c>
       <c r="L17" s="18">
         <f t="shared" si="3"/>
         <v>1131003</v>
       </c>
       <c r="M17" s="18">
         <f t="shared" si="3"/>
         <v>1235654</v>
       </c>
       <c r="N17" s="6">
         <f t="shared" si="1"/>
         <v>15161916</v>
       </c>
       <c r="O17" s="29"/>
       <c r="P17" s="29"/>
     </row>
-    <row r="18" spans="1:16" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A18" s="48" t="s">
         <v>78</v>
       </c>
       <c r="B18" s="3">
         <f>+'Terminal 2'!C22</f>
         <v>185382</v>
       </c>
       <c r="C18" s="3">
         <f>+'Terminal 2'!D22</f>
         <v>237305</v>
       </c>
       <c r="D18" s="3">
         <f>+'Terminal 2'!E22</f>
         <v>325469</v>
       </c>
       <c r="E18" s="3">
         <f>+'Terminal 2'!F22</f>
         <v>219138</v>
       </c>
       <c r="F18" s="3">
         <f>+'Terminal 2'!G22</f>
         <v>216033</v>
       </c>
       <c r="G18" s="3">
         <f>+'Terminal 2'!H22</f>
         <v>294946</v>
       </c>
       <c r="H18" s="3">
         <f>+'Terminal 2'!I22</f>
         <v>321718</v>
       </c>
       <c r="I18" s="3">
         <f>+'Terminal 2'!J22</f>
         <v>273937</v>
       </c>
       <c r="J18" s="3">
         <f>+'Terminal 2'!K22</f>
         <v>184842</v>
       </c>
       <c r="K18" s="3">
         <f>+'Terminal 2'!L22</f>
         <v>252244</v>
       </c>
       <c r="L18" s="3">
         <f>+'Terminal 2'!M22</f>
         <v>220928</v>
       </c>
       <c r="M18" s="3">
         <f>+'Terminal 2'!N22</f>
-        <v>0</v>
+        <v>264047</v>
       </c>
       <c r="N18" s="20">
         <f t="shared" si="1"/>
-        <v>2731942</v>
+        <v>2995989</v>
       </c>
       <c r="P18" s="3"/>
     </row>
-    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2">
         <v>2024</v>
       </c>
       <c r="B19" s="18">
         <v>231336</v>
       </c>
       <c r="C19" s="18">
         <v>281283</v>
       </c>
       <c r="D19" s="18">
         <v>358303</v>
       </c>
       <c r="E19" s="18">
         <v>267397</v>
       </c>
       <c r="F19" s="18">
         <v>267027</v>
       </c>
       <c r="G19" s="18">
         <v>332092</v>
       </c>
       <c r="H19" s="18">
         <v>376395</v>
       </c>
       <c r="I19" s="18">
         <v>310471</v>
       </c>
       <c r="J19" s="18">
         <v>201426</v>
       </c>
       <c r="K19" s="18">
         <v>254953</v>
       </c>
       <c r="L19" s="18">
         <v>230503</v>
       </c>
       <c r="M19" s="18">
         <v>302823</v>
       </c>
       <c r="N19" s="6">
         <f t="shared" si="1"/>
         <v>3414009</v>
       </c>
       <c r="O19" s="29"/>
-      <c r="P19" s="29"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:16" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="P19" s="50"/>
+    </row>
+    <row r="20" spans="1:16" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A20" s="38" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="36">
         <f>B2+B4+B6+B8+B10+B12+B14+B18</f>
         <v>1276249</v>
       </c>
       <c r="C20" s="36">
         <f t="shared" ref="C20:M20" si="4">C2+C4+C6+C8+C10+C12+C14+C18</f>
         <v>1254551</v>
       </c>
       <c r="D20" s="36">
         <f t="shared" si="4"/>
         <v>1639810</v>
       </c>
       <c r="E20" s="36">
         <f t="shared" si="4"/>
         <v>1383298</v>
       </c>
       <c r="F20" s="36">
         <f>F2+F4+F6+F8+F10+F12+F14+F18</f>
         <v>1509572</v>
       </c>
       <c r="G20" s="36">
         <f t="shared" si="4"/>
         <v>1715524</v>
       </c>
       <c r="H20" s="36">
         <f t="shared" si="4"/>
         <v>1826824</v>
       </c>
       <c r="I20" s="36">
         <f t="shared" si="4"/>
         <v>1711758</v>
       </c>
       <c r="J20" s="36">
         <f t="shared" si="4"/>
         <v>1441673</v>
       </c>
       <c r="K20" s="36">
         <f t="shared" si="4"/>
         <v>1546734</v>
       </c>
       <c r="L20" s="36">
         <f t="shared" si="4"/>
         <v>1299487</v>
       </c>
       <c r="M20" s="36">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>1402217</v>
       </c>
       <c r="N20" s="37">
         <f t="shared" si="1"/>
-        <v>16605480</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>18007697</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B21" s="33">
         <f>+B19+B17</f>
         <v>1288245</v>
       </c>
       <c r="C21" s="33">
         <f t="shared" ref="C21:M21" si="5">+C19+C17</f>
         <v>1314240</v>
       </c>
       <c r="D21" s="33">
         <f t="shared" si="5"/>
         <v>1624803</v>
       </c>
       <c r="E21" s="33">
         <f t="shared" si="5"/>
         <v>1451017</v>
       </c>
       <c r="F21" s="33">
         <f t="shared" si="5"/>
         <v>1587611</v>
       </c>
       <c r="G21" s="33">
         <f t="shared" si="5"/>
@@ -6034,2840 +5860,2877 @@
       <c r="I21" s="33">
         <f>+I19+I17</f>
         <v>1797431</v>
       </c>
       <c r="J21" s="33">
         <f t="shared" si="5"/>
         <v>1483309</v>
       </c>
       <c r="K21" s="33">
         <f t="shared" si="5"/>
         <v>1562001</v>
       </c>
       <c r="L21" s="33">
         <f t="shared" si="5"/>
         <v>1361506</v>
       </c>
       <c r="M21" s="34">
         <f t="shared" si="5"/>
         <v>1538477</v>
       </c>
       <c r="N21" s="35">
         <f t="shared" si="1"/>
         <v>18575925</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="40">
         <f>(B20-B21)/B21</f>
         <v>-9.3118933122193371E-3</v>
       </c>
       <c r="C22" s="40">
         <f t="shared" ref="C22:M22" si="6">(C20-C21)/C21</f>
         <v>-4.5417123204285363E-2</v>
       </c>
       <c r="D22" s="40">
         <f t="shared" si="6"/>
         <v>9.2361966342996652E-3</v>
       </c>
       <c r="E22" s="40">
         <f t="shared" si="6"/>
         <v>-4.6670025230579656E-2</v>
       </c>
       <c r="F22" s="40">
         <f t="shared" si="6"/>
         <v>-4.9154988218146636E-2</v>
       </c>
       <c r="G22" s="40">
         <f t="shared" si="6"/>
         <v>-2.6204413040220517E-2</v>
       </c>
       <c r="H22" s="40">
         <f t="shared" si="6"/>
         <v>1.1756222457170675E-2</v>
       </c>
       <c r="I22" s="40">
         <f t="shared" si="6"/>
         <v>-4.76641384286796E-2</v>
       </c>
       <c r="J22" s="40">
         <f t="shared" si="6"/>
         <v>-2.8069673951954716E-2</v>
       </c>
       <c r="K22" s="40">
         <f t="shared" si="6"/>
         <v>-9.774001425095118E-3</v>
       </c>
       <c r="L22" s="40">
         <f>(L20-L21)/L21</f>
         <v>-4.5551764002508988E-2</v>
       </c>
       <c r="M22" s="40">
         <f t="shared" si="6"/>
-        <v>-1</v>
+        <v>-8.85681098904956E-2</v>
       </c>
       <c r="N22" s="23">
         <f>(N20-N21)/N21</f>
-        <v>-0.10607520217701137</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>-3.0589486122494573E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="24"/>
     </row>
-    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>2</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H24" s="7" t="s">
         <v>6</v>
       </c>
       <c r="I24" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K24" s="7" t="s">
         <v>73</v>
       </c>
       <c r="L24" s="7" t="s">
         <v>10</v>
       </c>
       <c r="M24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="N24" s="58" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="19"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="24"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="3">
         <f>+'[1]Monthly Summary'!C5</f>
         <v>1033421</v>
       </c>
       <c r="C26" s="3">
         <f>+'[2]Monthly Summary'!$C$5</f>
         <v>1028546</v>
       </c>
       <c r="D26" s="3">
         <f>+'[3]Monthly Summary'!$C$5</f>
         <v>1369060</v>
       </c>
       <c r="E26" s="3">
         <f>+'[4]Monthly Summary'!$C$5</f>
         <v>1122946</v>
       </c>
       <c r="F26" s="3">
         <f>+'[5]Monthly Summary'!C5</f>
         <v>1248467</v>
       </c>
       <c r="G26" s="3">
         <f>+'[6]Monthly Summary'!C5</f>
         <v>1435178</v>
       </c>
       <c r="H26" s="3">
         <f>+'[7]Monthly Summary'!C5</f>
         <v>1524366</v>
       </c>
       <c r="I26" s="3">
         <f>+'[8]Monthly Summary'!C5</f>
         <v>1410421</v>
       </c>
       <c r="J26" s="3">
         <f>+'[9]Monthly Summary'!C5</f>
         <v>1165803</v>
       </c>
       <c r="K26" s="3">
         <f>+'[10]Monthly Summary'!C5</f>
         <v>1244031</v>
       </c>
       <c r="L26" s="3">
         <f>+'[11]Monthly Summary'!C5</f>
         <v>1052638</v>
       </c>
-      <c r="M26" s="3"/>
+      <c r="M26" s="3">
+        <f>+'[12]Monthly Summary'!C5</f>
+        <v>1151099</v>
+      </c>
       <c r="N26" s="55">
         <f>SUM(B26:M26)</f>
-        <v>13634877</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+        <v>14785976</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="3">
         <f>+'[1]Monthly Summary'!C6</f>
         <v>203110</v>
       </c>
       <c r="C27" s="3">
         <f>+'[2]Monthly Summary'!$C$6</f>
         <v>187393</v>
       </c>
       <c r="D27" s="3">
         <f>+'[3]Monthly Summary'!$C$6</f>
         <v>224223</v>
       </c>
       <c r="E27" s="3">
         <f>+'[4]Monthly Summary'!$C$6</f>
         <v>214701</v>
       </c>
       <c r="F27" s="3">
         <f>+'[5]Monthly Summary'!C6</f>
         <v>214043</v>
       </c>
       <c r="G27" s="3">
         <f>+'[6]Monthly Summary'!C6</f>
         <v>230778</v>
       </c>
       <c r="H27" s="3">
         <f>+'[7]Monthly Summary'!C6</f>
         <v>250705</v>
       </c>
       <c r="I27" s="3">
         <f>+'[8]Monthly Summary'!C6</f>
         <v>252495</v>
       </c>
       <c r="J27" s="3">
         <f>+'[9]Monthly Summary'!C6</f>
         <v>231802</v>
       </c>
       <c r="K27" s="3">
         <f>+'[10]Monthly Summary'!C6</f>
         <v>254783</v>
       </c>
       <c r="L27" s="3">
         <f>+'[11]Monthly Summary'!C6</f>
         <v>205821</v>
       </c>
-      <c r="M27" s="3"/>
+      <c r="M27" s="3">
+        <f>+'[12]Monthly Summary'!C6</f>
+        <v>208575</v>
+      </c>
       <c r="N27" s="56">
         <f>SUM(B27:M27)</f>
-        <v>2469854</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+        <v>2678429</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="3">
         <f>+'[1]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="C28" s="3">
         <f>+'[2]Monthly Summary'!$C$7</f>
         <v>112</v>
       </c>
       <c r="D28" s="3">
         <f>+'[3]Monthly Summary'!$C$7</f>
         <v>0</v>
       </c>
       <c r="E28" s="3">
         <f>+'[4]Monthly Summary'!$C$7</f>
         <v>0</v>
       </c>
       <c r="F28" s="3">
         <f>+'[5]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <f>+'[6]Monthly Summary'!C7</f>
         <v>133</v>
       </c>
       <c r="H28" s="3">
         <f>+'[7]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="I28" s="3">
         <f>+'[8]Monthly Summary'!C7</f>
         <v>191</v>
       </c>
       <c r="J28" s="3">
         <f>+'[9]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="K28" s="3">
         <f>+'[10]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
       <c r="L28" s="3">
         <f>+'[11]Monthly Summary'!C7</f>
         <v>0</v>
       </c>
-      <c r="M28" s="3"/>
+      <c r="M28" s="3">
+        <f>+'[12]Monthly Summary'!C7</f>
+        <v>0</v>
+      </c>
       <c r="N28" s="57">
         <f>SUM(B28:M28)</f>
         <v>436</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="13">
         <f t="shared" ref="B29:M29" si="7">SUM(B26:B28)</f>
         <v>1236531</v>
       </c>
       <c r="C29" s="13">
         <f t="shared" si="7"/>
         <v>1216051</v>
       </c>
       <c r="D29" s="13">
         <f t="shared" ref="D29" si="8">SUM(D26:D28)</f>
         <v>1593283</v>
       </c>
       <c r="E29" s="13">
         <f t="shared" si="7"/>
         <v>1337647</v>
       </c>
       <c r="F29" s="13">
         <f t="shared" si="7"/>
         <v>1462510</v>
       </c>
       <c r="G29" s="13">
         <f t="shared" si="7"/>
         <v>1666089</v>
       </c>
       <c r="H29" s="13">
         <f t="shared" si="7"/>
         <v>1775071</v>
       </c>
       <c r="I29" s="13">
         <f t="shared" si="7"/>
         <v>1663107</v>
       </c>
       <c r="J29" s="13">
         <f t="shared" si="7"/>
         <v>1397605</v>
       </c>
       <c r="K29" s="13">
         <f t="shared" si="7"/>
         <v>1498814</v>
       </c>
       <c r="L29" s="13">
         <f t="shared" si="7"/>
         <v>1258459</v>
       </c>
       <c r="M29" s="13">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>1359674</v>
       </c>
       <c r="N29" s="25">
         <f t="shared" ref="N29" si="9">SUM(N26:N28)</f>
-        <v>16105167</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="14.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>17464841</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="14.4" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="24"/>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="32">
         <f>+'[1]Monthly Summary'!C10</f>
         <v>39718</v>
       </c>
       <c r="C31" s="32">
         <f>+'[2]Monthly Summary'!$C$10</f>
         <v>38500</v>
       </c>
       <c r="D31" s="32">
         <f>+'[3]Monthly Summary'!$C$10</f>
         <v>46527</v>
       </c>
       <c r="E31" s="32">
         <f>+'[4]Monthly Summary'!$C$10</f>
         <v>45651</v>
       </c>
       <c r="F31" s="32">
         <f>+'[5]Monthly Summary'!C10</f>
         <v>47062</v>
       </c>
       <c r="G31" s="32">
         <f>+'[6]Monthly Summary'!C10</f>
         <v>49435</v>
       </c>
       <c r="H31" s="32">
         <f>+'[7]Monthly Summary'!C10</f>
         <v>51753</v>
       </c>
       <c r="I31" s="32">
         <f>+'[8]Monthly Summary'!C10</f>
         <v>48651</v>
       </c>
       <c r="J31" s="32">
         <f>+'[9]Monthly Summary'!C10</f>
         <v>44068</v>
       </c>
       <c r="K31" s="32">
         <f>+'[10]Monthly Summary'!C10</f>
         <v>47920</v>
       </c>
       <c r="L31" s="32">
         <f>+'[11]Monthly Summary'!C10</f>
         <v>41028</v>
       </c>
-      <c r="M31" s="65"/>
+      <c r="M31" s="65">
+        <f>+'[12]Monthly Summary'!C10</f>
+        <v>42543</v>
+      </c>
       <c r="N31" s="42">
         <f>SUM(B31:M31)</f>
-        <v>500313</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>542856</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="8">
         <f t="shared" ref="B32:H32" si="10">+B29+B31</f>
         <v>1276249</v>
       </c>
       <c r="C32" s="8">
         <f t="shared" si="10"/>
         <v>1254551</v>
       </c>
       <c r="D32" s="8">
         <f t="shared" ref="D32" si="11">+D29+D31</f>
         <v>1639810</v>
       </c>
       <c r="E32" s="8">
         <f t="shared" si="10"/>
         <v>1383298</v>
       </c>
       <c r="F32" s="8">
         <f t="shared" si="10"/>
         <v>1509572</v>
       </c>
       <c r="G32" s="8">
         <f t="shared" si="10"/>
         <v>1715524</v>
       </c>
       <c r="H32" s="8">
         <f t="shared" si="10"/>
         <v>1826824</v>
       </c>
       <c r="I32" s="8">
         <f>+I29+I31</f>
         <v>1711758</v>
       </c>
       <c r="J32" s="8">
         <f>+J29+J31</f>
         <v>1441673</v>
       </c>
       <c r="K32" s="8">
         <f>+K29+K31</f>
         <v>1546734</v>
       </c>
       <c r="L32" s="8">
         <f>+L29+L31</f>
         <v>1299487</v>
       </c>
       <c r="M32" s="8">
         <f>+M29+M31</f>
-        <v>0</v>
+        <v>1402217</v>
       </c>
       <c r="N32" s="31">
         <f>SUM(N29+N31)</f>
-        <v>16605480</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+        <v>18007697</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="G33" s="3"/>
     </row>
-    <row r="34" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A34" s="5"/>
       <c r="B34" s="52"/>
       <c r="C34" s="52"/>
       <c r="D34" s="52"/>
       <c r="E34" s="52"/>
       <c r="F34" s="52"/>
       <c r="G34" s="52"/>
       <c r="H34" s="52"/>
       <c r="I34" s="52"/>
       <c r="J34" s="52"/>
       <c r="K34" s="52"/>
       <c r="L34" s="52"/>
       <c r="M34" s="52"/>
       <c r="N34" s="5"/>
     </row>
-    <row r="35" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
-      <c r="D35" s="26"/>
-      <c r="E35" s="26"/>
+      <c r="D35" s="3"/>
+      <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="26"/>
     </row>
-    <row r="36" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B36" s="54"/>
       <c r="C36" s="54"/>
       <c r="D36" s="54"/>
       <c r="E36" s="54"/>
       <c r="F36" s="54"/>
       <c r="G36" s="10"/>
       <c r="H36" s="10"/>
       <c r="I36" s="10"/>
       <c r="J36" s="10"/>
       <c r="K36" s="10"/>
       <c r="L36" s="10"/>
       <c r="M36" s="3"/>
     </row>
-    <row r="37" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C37" s="41"/>
       <c r="E37" s="41"/>
       <c r="F37" s="60"/>
       <c r="G37" s="41"/>
       <c r="H37" s="50"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="26"/>
       <c r="M37" s="3"/>
       <c r="N37" s="26"/>
     </row>
-    <row r="38" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C38" s="29"/>
       <c r="D38" s="29"/>
       <c r="E38" s="41"/>
       <c r="F38" s="53"/>
       <c r="G38" s="41"/>
       <c r="H38" s="50"/>
       <c r="J38" s="10"/>
       <c r="K38" s="10"/>
       <c r="L38" s="10"/>
     </row>
-    <row r="39" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C39" s="41"/>
       <c r="D39" s="41"/>
       <c r="E39" s="41"/>
       <c r="F39" s="53"/>
       <c r="G39" s="41"/>
       <c r="H39" s="50"/>
       <c r="I39" s="29"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="26"/>
       <c r="M39" s="3"/>
       <c r="N39" s="26"/>
     </row>
-    <row r="40" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C40" s="41"/>
       <c r="E40" s="41"/>
       <c r="F40" s="53"/>
       <c r="G40" s="41"/>
       <c r="H40" s="50"/>
       <c r="J40" s="10"/>
       <c r="K40" s="10"/>
       <c r="L40" s="10"/>
     </row>
-    <row r="41" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C41" s="41"/>
       <c r="E41" s="41"/>
       <c r="F41" s="53"/>
       <c r="G41" s="41"/>
       <c r="H41" s="50"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="26"/>
       <c r="M41" s="3"/>
       <c r="N41" s="26"/>
     </row>
-    <row r="42" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B42" s="50"/>
       <c r="C42" s="50"/>
       <c r="D42" s="50"/>
       <c r="G42" s="49"/>
       <c r="H42" s="50"/>
       <c r="J42" s="10"/>
       <c r="K42" s="10"/>
       <c r="L42" s="10"/>
     </row>
-    <row r="43" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="C43" s="41"/>
       <c r="E43" s="29"/>
       <c r="G43" s="29"/>
       <c r="H43" s="50"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="26"/>
       <c r="M43" s="3"/>
       <c r="N43" s="26"/>
     </row>
-    <row r="44" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25">
       <c r="G44" s="49"/>
       <c r="H44" s="50"/>
       <c r="J44" s="10"/>
       <c r="K44" s="10"/>
       <c r="L44" s="10"/>
     </row>
-    <row r="45" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:14" x14ac:dyDescent="0.25">
       <c r="G45" s="49"/>
       <c r="H45" s="50"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="26"/>
       <c r="M45" s="3"/>
       <c r="N45" s="26"/>
     </row>
-    <row r="46" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:14" x14ac:dyDescent="0.25">
       <c r="H46" s="50"/>
       <c r="J46" s="10"/>
       <c r="K46" s="10"/>
       <c r="L46" s="10"/>
     </row>
-    <row r="47" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:14" x14ac:dyDescent="0.25">
       <c r="H47" s="50"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="26"/>
       <c r="M47" s="3"/>
       <c r="N47" s="26"/>
     </row>
-    <row r="48" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:14" x14ac:dyDescent="0.25">
       <c r="H48" s="50"/>
       <c r="J48" s="10"/>
       <c r="K48" s="10"/>
       <c r="L48" s="10"/>
     </row>
-    <row r="49" spans="10:14" x14ac:dyDescent="0.2">
+    <row r="49" spans="10:14" x14ac:dyDescent="0.25">
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="26"/>
       <c r="M49" s="3"/>
       <c r="N49" s="26"/>
     </row>
   </sheetData>
   <phoneticPr fontId="13" type="noConversion"/>
   <conditionalFormatting sqref="N35 L37 N37 L39 N39 L41 N41 L43 N43 L45 N45 L47 N47 L49 N49">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>"*.*"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="49" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C
 &amp;"Arial,Bold"&amp;14 2025 MSP Enplanements by concourse/Terminal</oddHeader>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="N3 N5 N7 N9 N11 N13 N19 N15" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A7:N37"/>
+  <dimension ref="A7:R37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="R6" sqref="R6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.44140625" customWidth="1"/>
+    <col min="2" max="2" width="47.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="7" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:18" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="15">
         <v>2025</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="B10" s="53" t="s">
         <v>72</v>
       </c>
       <c r="C10" s="10">
-        <f>[12]Jazz_AC!JH$23+[12]Jazz_AC!JH$33+[12]Jazz_AC!JH$38+[12]Jazz_AC!JH$28</f>
+        <f>[13]Jazz_AC!JH$23+[13]Jazz_AC!JH$33+[13]Jazz_AC!JH$38+[13]Jazz_AC!JH$28</f>
         <v>3693</v>
       </c>
       <c r="D10" s="10">
-        <f>[12]Jazz_AC!JI$23+[12]Jazz_AC!JI$33+[12]Jazz_AC!JI$38+[12]Jazz_AC!JI$28</f>
+        <f>[13]Jazz_AC!JI$23+[13]Jazz_AC!JI$33+[13]Jazz_AC!JI$38+[13]Jazz_AC!JI$28</f>
         <v>2746</v>
       </c>
       <c r="E10" s="10">
-        <f>[12]Jazz_AC!JJ$23+[12]Jazz_AC!JJ$33+[12]Jazz_AC!JJ$38+[12]Jazz_AC!JJ$28</f>
+        <f>[13]Jazz_AC!JJ$23+[13]Jazz_AC!JJ$33+[13]Jazz_AC!JJ$38+[13]Jazz_AC!JJ$28</f>
         <v>4599</v>
       </c>
       <c r="F10" s="10">
-        <f>[12]Jazz_AC!JK$23+[12]Jazz_AC!JK$33+[12]Jazz_AC!JK$38+[12]Jazz_AC!JK$28</f>
+        <f>[13]Jazz_AC!JK$23+[13]Jazz_AC!JK$33+[13]Jazz_AC!JK$38+[13]Jazz_AC!JK$28</f>
         <v>3153</v>
       </c>
       <c r="G10" s="10">
-        <f>[12]Jazz_AC!JL$23+[12]Jazz_AC!JL$33+[12]Jazz_AC!JL$38+[12]Jazz_AC!JL$28</f>
+        <f>[13]Jazz_AC!JL$23+[13]Jazz_AC!JL$33+[13]Jazz_AC!JL$38+[13]Jazz_AC!JL$28</f>
         <v>2032</v>
       </c>
       <c r="H10" s="10">
-        <f>[12]Jazz_AC!JM$23+[12]Jazz_AC!JM$33+[12]Jazz_AC!JM$38+[12]Jazz_AC!JM$28</f>
+        <f>[13]Jazz_AC!JM$23+[13]Jazz_AC!JM$33+[13]Jazz_AC!JM$38+[13]Jazz_AC!JM$28</f>
         <v>2154</v>
       </c>
       <c r="I10" s="10">
-        <f>[12]Jazz_AC!JN$23+[12]Jazz_AC!JN$33+[12]Jazz_AC!JN$38+[12]Jazz_AC!JN$28</f>
+        <f>[13]Jazz_AC!JN$23+[13]Jazz_AC!JN$33+[13]Jazz_AC!JN$38+[13]Jazz_AC!JN$28</f>
         <v>5353</v>
       </c>
       <c r="J10" s="10">
-        <f>[12]Jazz_AC!JO$23+[12]Jazz_AC!JO$33+[12]Jazz_AC!JO$38+[12]Jazz_AC!JO$28</f>
+        <f>[13]Jazz_AC!JO$23+[13]Jazz_AC!JO$33+[13]Jazz_AC!JO$38+[13]Jazz_AC!JO$28</f>
         <v>5785</v>
       </c>
       <c r="K10" s="10">
-        <f>[12]Jazz_AC!JP$23+[12]Jazz_AC!JP$33+[12]Jazz_AC!JP$38+[12]Jazz_AC!JP$28</f>
+        <f>[13]Jazz_AC!JP$23+[13]Jazz_AC!JP$33+[13]Jazz_AC!JP$38+[13]Jazz_AC!JP$28</f>
         <v>6164</v>
       </c>
       <c r="L10" s="10">
-        <f>[12]Jazz_AC!JQ$23+[12]Jazz_AC!JQ$33+[12]Jazz_AC!JQ$38+[12]Jazz_AC!JQ$28</f>
+        <f>[13]Jazz_AC!JQ$23+[13]Jazz_AC!JQ$33+[13]Jazz_AC!JQ$38+[13]Jazz_AC!JQ$28</f>
         <v>4854</v>
       </c>
       <c r="M10" s="10">
-        <f>[12]Jazz_AC!JR$23+[12]Jazz_AC!JR$33+[12]Jazz_AC!JR$38+[12]Jazz_AC!JR$28</f>
+        <f>[13]Jazz_AC!JR$23+[13]Jazz_AC!JR$33+[13]Jazz_AC!JR$38+[13]Jazz_AC!JR$28</f>
         <v>2907</v>
       </c>
       <c r="N10" s="10">
-        <f>[12]Jazz_AC!JS$23+[12]Jazz_AC!JS$33+[12]Jazz_AC!JS$38+[12]Jazz_AC!JS$28</f>
-[...3 lines deleted...]
-    <row r="11" spans="1:14" x14ac:dyDescent="0.2">
+        <f>[13]Jazz_AC!JS$23+[13]Jazz_AC!JS$33+[13]Jazz_AC!JS$38+[13]Jazz_AC!JS$28</f>
+        <v>3273</v>
+      </c>
+      <c r="R10" s="10"/>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="B11" s="53" t="s">
         <v>81</v>
       </c>
       <c r="C11" s="10">
-        <f>[12]AirCanada!JH$23+[12]AirCanada!JH$33+[12]AirCanada!JH$38+[12]AirCanada!JH$28</f>
+        <f>[13]AirCanada!JH$23+[13]AirCanada!JH$33+[13]AirCanada!JH$38+[13]AirCanada!JH$28</f>
         <v>0</v>
       </c>
       <c r="D11" s="10">
-        <f>[12]AirCanada!JI$23+[12]AirCanada!JI$33+[12]AirCanada!JI$38+[12]AirCanada!JI$28</f>
+        <f>[13]AirCanada!JI$23+[13]AirCanada!JI$33+[13]AirCanada!JI$38+[13]AirCanada!JI$28</f>
         <v>0</v>
       </c>
       <c r="E11" s="10">
-        <f>[12]AirCanada!JJ$23+[12]AirCanada!JJ$33+[12]AirCanada!JJ$38+[12]AirCanada!JJ$28</f>
+        <f>[13]AirCanada!JJ$23+[13]AirCanada!JJ$33+[13]AirCanada!JJ$38+[13]AirCanada!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F11" s="10">
-        <f>[12]AirCanada!JK$23+[12]AirCanada!JK$33+[12]AirCanada!JK$38+[12]AirCanada!JK$28</f>
+        <f>[13]AirCanada!JK$23+[13]AirCanada!JK$33+[13]AirCanada!JK$38+[13]AirCanada!JK$28</f>
         <v>0</v>
       </c>
       <c r="G11" s="10">
-        <f>[12]AirCanada!JL$23+[12]AirCanada!JL$33+[12]AirCanada!JL$38+[12]AirCanada!JL$28</f>
+        <f>[13]AirCanada!JL$23+[13]AirCanada!JL$33+[13]AirCanada!JL$38+[13]AirCanada!JL$28</f>
         <v>4955</v>
       </c>
       <c r="H11" s="10">
-        <f>[12]AirCanada!JM$23+[12]AirCanada!JM$33+[12]AirCanada!JM$38+[12]AirCanada!JM$28</f>
+        <f>[13]AirCanada!JM$23+[13]AirCanada!JM$33+[13]AirCanada!JM$38+[13]AirCanada!JM$28</f>
         <v>5876</v>
       </c>
       <c r="I11" s="10">
-        <f>[12]AirCanada!JN$23+[12]AirCanada!JN$33+[12]AirCanada!JN$38+[12]AirCanada!JN$28</f>
+        <f>[13]AirCanada!JN$23+[13]AirCanada!JN$33+[13]AirCanada!JN$38+[13]AirCanada!JN$28</f>
         <v>0</v>
       </c>
       <c r="J11" s="10">
-        <f>[12]AirCanada!JO$23+[12]AirCanada!JO$33+[12]AirCanada!JO$38+[12]AirCanada!JO$28</f>
+        <f>[13]AirCanada!JO$23+[13]AirCanada!JO$33+[13]AirCanada!JO$38+[13]AirCanada!JO$28</f>
         <v>0</v>
       </c>
       <c r="K11" s="10">
-        <f>[12]AirCanada!JP$23+[12]AirCanada!JP$33+[12]AirCanada!JP$38+[12]AirCanada!JP$28</f>
+        <f>[13]AirCanada!JP$23+[13]AirCanada!JP$33+[13]AirCanada!JP$38+[13]AirCanada!JP$28</f>
         <v>94</v>
       </c>
       <c r="L11" s="10">
-        <f>[12]AirCanada!JQ$23+[12]AirCanada!JQ$33+[12]AirCanada!JQ$38+[12]AirCanada!JQ$28</f>
+        <f>[13]AirCanada!JQ$23+[13]AirCanada!JQ$33+[13]AirCanada!JQ$38+[13]AirCanada!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M11" s="10">
-        <f>[12]AirCanada!JR$23+[12]AirCanada!JR$33+[12]AirCanada!JR$38+[12]AirCanada!JR$28</f>
+        <f>[13]AirCanada!JR$23+[13]AirCanada!JR$33+[13]AirCanada!JR$38+[13]AirCanada!JR$28</f>
         <v>0</v>
       </c>
       <c r="N11" s="10">
-        <f>[12]AirCanada!JS$23+[12]AirCanada!JS$33+[12]AirCanada!JS$38+[12]AirCanada!JS$28</f>
-[...3 lines deleted...]
-    <row r="12" spans="1:14" x14ac:dyDescent="0.2">
+        <f>[13]AirCanada!JS$23+[13]AirCanada!JS$33+[13]AirCanada!JS$38+[13]AirCanada!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R11" s="10"/>
+    </row>
+    <row r="12" spans="1:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="10">
-        <f>'[12]Air Georgian'!JH$33+'[12]Air Georgian'!JH$38</f>
+        <f>'[13]Air Georgian'!JH$33+'[13]Air Georgian'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D12" s="10">
-        <f>'[12]Air Georgian'!JI$33+'[12]Air Georgian'!JI$38</f>
+        <f>'[13]Air Georgian'!JI$33+'[13]Air Georgian'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E12" s="10">
-        <f>'[12]Air Georgian'!JJ$33+'[12]Air Georgian'!JJ$38</f>
+        <f>'[13]Air Georgian'!JJ$33+'[13]Air Georgian'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F12" s="10">
-        <f>'[12]Air Georgian'!JK$33+'[12]Air Georgian'!JK$38</f>
+        <f>'[13]Air Georgian'!JK$33+'[13]Air Georgian'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G12" s="10">
-        <f>'[12]Air Georgian'!JL$33+'[12]Air Georgian'!JL$38</f>
+        <f>'[13]Air Georgian'!JL$33+'[13]Air Georgian'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H12" s="10">
-        <f>'[12]Air Georgian'!JM$33+'[12]Air Georgian'!JM$38</f>
+        <f>'[13]Air Georgian'!JM$33+'[13]Air Georgian'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I12" s="10">
-        <f>'[12]Air Georgian'!JN$33+'[12]Air Georgian'!JN$38</f>
+        <f>'[13]Air Georgian'!JN$33+'[13]Air Georgian'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J12" s="10">
-        <f>'[12]Air Georgian'!JO$33+'[12]Air Georgian'!JO$38</f>
+        <f>'[13]Air Georgian'!JO$33+'[13]Air Georgian'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K12" s="10">
-        <f>'[12]Air Georgian'!JP$33+'[12]Air Georgian'!JP$38</f>
+        <f>'[13]Air Georgian'!JP$33+'[13]Air Georgian'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L12" s="10">
-        <f>'[12]Air Georgian'!JQ$33+'[12]Air Georgian'!JQ$38</f>
+        <f>'[13]Air Georgian'!JQ$33+'[13]Air Georgian'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M12" s="10">
-        <f>'[12]Air Georgian'!JR$33+'[12]Air Georgian'!JR$38</f>
+        <f>'[13]Air Georgian'!JR$33+'[13]Air Georgian'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N12" s="10">
-        <f>'[12]Air Georgian'!JS$33+'[12]Air Georgian'!JS$38</f>
-[...3 lines deleted...]
-    <row r="13" spans="1:14" x14ac:dyDescent="0.2">
+        <f>'[13]Air Georgian'!JS$33+'[13]Air Georgian'!JS$38</f>
+        <v>0</v>
+      </c>
+      <c r="R12" s="10"/>
+    </row>
+    <row r="13" spans="1:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="10">
-        <f>'[12]Sky Regional'!JH$33+'[12]Sky Regional'!JH$38</f>
+        <f>'[13]Sky Regional'!JH$33+'[13]Sky Regional'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D13" s="10">
-        <f>'[12]Sky Regional'!JI$33+'[12]Sky Regional'!JI$38</f>
+        <f>'[13]Sky Regional'!JI$33+'[13]Sky Regional'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E13" s="10">
-        <f>'[12]Sky Regional'!JJ$33+'[12]Sky Regional'!JJ$38</f>
+        <f>'[13]Sky Regional'!JJ$33+'[13]Sky Regional'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F13" s="10">
-        <f>'[12]Sky Regional'!JK$33+'[12]Sky Regional'!JK$38</f>
+        <f>'[13]Sky Regional'!JK$33+'[13]Sky Regional'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G13" s="10">
-        <f>'[12]Sky Regional'!JL$33+'[12]Sky Regional'!JL$38</f>
+        <f>'[13]Sky Regional'!JL$33+'[13]Sky Regional'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H13" s="10">
-        <f>'[12]Sky Regional'!JM$33+'[12]Sky Regional'!JM$38</f>
+        <f>'[13]Sky Regional'!JM$33+'[13]Sky Regional'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I13" s="10">
-        <f>'[12]Sky Regional'!JN$33+'[12]Sky Regional'!JN$38</f>
+        <f>'[13]Sky Regional'!JN$33+'[13]Sky Regional'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J13" s="10">
-        <f>'[12]Sky Regional'!JO$33+'[12]Sky Regional'!JO$38</f>
+        <f>'[13]Sky Regional'!JO$33+'[13]Sky Regional'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K13" s="10">
-        <f>'[12]Sky Regional'!JP$33+'[12]Sky Regional'!JP$38</f>
+        <f>'[13]Sky Regional'!JP$33+'[13]Sky Regional'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L13" s="10">
-        <f>'[12]Sky Regional'!JQ$33+'[12]Sky Regional'!JQ$38</f>
+        <f>'[13]Sky Regional'!JQ$33+'[13]Sky Regional'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M13" s="10">
-        <f>'[12]Sky Regional'!JR$33+'[12]Sky Regional'!JR$38</f>
+        <f>'[13]Sky Regional'!JR$33+'[13]Sky Regional'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N13" s="10">
-        <f>'[12]Sky Regional'!JS$33+'[12]Sky Regional'!JS$38</f>
-[...3 lines deleted...]
-    <row r="14" spans="1:14" x14ac:dyDescent="0.2">
+        <f>'[13]Sky Regional'!JS$33+'[13]Sky Regional'!JS$38</f>
+        <v>0</v>
+      </c>
+      <c r="R13" s="10"/>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="10">
-        <f>'[12]Aer Lingus'!JH$33+'[12]Aer Lingus'!JH$38</f>
+        <f>'[13]Aer Lingus'!JH$33+'[13]Aer Lingus'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>'[12]Aer Lingus'!JI$33+'[12]Aer Lingus'!JI$38</f>
+        <f>'[13]Aer Lingus'!JI$33+'[13]Aer Lingus'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>'[12]Aer Lingus'!JJ$33+'[12]Aer Lingus'!JJ$38</f>
+        <f>'[13]Aer Lingus'!JJ$33+'[13]Aer Lingus'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>'[12]Aer Lingus'!JK$33+'[12]Aer Lingus'!JK$38</f>
+        <f>'[13]Aer Lingus'!JK$33+'[13]Aer Lingus'!JK$38</f>
         <v>2226</v>
       </c>
       <c r="G14" s="10">
-        <f>'[12]Aer Lingus'!JL$33+'[12]Aer Lingus'!JL$38</f>
+        <f>'[13]Aer Lingus'!JL$33+'[13]Aer Lingus'!JL$38</f>
         <v>3574</v>
       </c>
       <c r="H14" s="10">
-        <f>'[12]Aer Lingus'!JM$33+'[12]Aer Lingus'!JM$38</f>
+        <f>'[13]Aer Lingus'!JM$33+'[13]Aer Lingus'!JM$38</f>
         <v>3379</v>
       </c>
       <c r="I14" s="10">
-        <f>'[12]Aer Lingus'!JN$33+'[12]Aer Lingus'!JN$38</f>
+        <f>'[13]Aer Lingus'!JN$33+'[13]Aer Lingus'!JN$38</f>
         <v>3166</v>
       </c>
       <c r="J14" s="10">
-        <f>'[12]Aer Lingus'!JO$33+'[12]Aer Lingus'!JO$38</f>
+        <f>'[13]Aer Lingus'!JO$33+'[13]Aer Lingus'!JO$38</f>
         <v>4322</v>
       </c>
       <c r="K14" s="10">
-        <f>'[12]Aer Lingus'!JP$33+'[12]Aer Lingus'!JP$38</f>
+        <f>'[13]Aer Lingus'!JP$33+'[13]Aer Lingus'!JP$38</f>
         <v>3397</v>
       </c>
       <c r="L14" s="10">
-        <f>'[12]Aer Lingus'!JQ$33+'[12]Aer Lingus'!JQ$38</f>
+        <f>'[13]Aer Lingus'!JQ$33+'[13]Aer Lingus'!JQ$38</f>
         <v>2488</v>
       </c>
       <c r="M14" s="10">
-        <f>'[12]Aer Lingus'!JR$33+'[12]Aer Lingus'!JR$38</f>
+        <f>'[13]Aer Lingus'!JR$33+'[13]Aer Lingus'!JR$38</f>
         <v>1893</v>
       </c>
       <c r="N14" s="10">
-        <f>'[12]Aer Lingus'!JS$33+'[12]Aer Lingus'!JS$38</f>
-[...3 lines deleted...]
-    <row r="15" spans="1:14" x14ac:dyDescent="0.2">
+        <f>'[13]Aer Lingus'!JS$33+'[13]Aer Lingus'!JS$38</f>
+        <v>1583</v>
+      </c>
+      <c r="R14" s="10"/>
+    </row>
+    <row r="15" spans="1:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="10">
-        <f>'[12]Air Wisconsin'!JH$23+'[12]Air Wisconsin'!JH$28</f>
+        <f>'[13]Air Wisconsin'!JH$23+'[13]Air Wisconsin'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D15" s="10">
-        <f>'[12]Air Wisconsin'!JI$23+'[12]Air Wisconsin'!JI$28</f>
+        <f>'[13]Air Wisconsin'!JI$23+'[13]Air Wisconsin'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E15" s="10">
-        <f>'[12]Air Wisconsin'!JJ$23+'[12]Air Wisconsin'!JJ$28</f>
+        <f>'[13]Air Wisconsin'!JJ$23+'[13]Air Wisconsin'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F15" s="10">
-        <f>'[12]Air Wisconsin'!JK$23+'[12]Air Wisconsin'!JK$28</f>
+        <f>'[13]Air Wisconsin'!JK$23+'[13]Air Wisconsin'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G15" s="10">
-        <f>'[12]Air Wisconsin'!JL$23+'[12]Air Wisconsin'!JL$28</f>
+        <f>'[13]Air Wisconsin'!JL$23+'[13]Air Wisconsin'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H15" s="10">
-        <f>'[12]Air Wisconsin'!JM$23+'[12]Air Wisconsin'!JM$28</f>
+        <f>'[13]Air Wisconsin'!JM$23+'[13]Air Wisconsin'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I15" s="10">
-        <f>'[12]Air Wisconsin'!JN$23+'[12]Air Wisconsin'!JN$28</f>
+        <f>'[13]Air Wisconsin'!JN$23+'[13]Air Wisconsin'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J15" s="10">
-        <f>'[12]Air Wisconsin'!JO$23+'[12]Air Wisconsin'!JO$28</f>
+        <f>'[13]Air Wisconsin'!JO$23+'[13]Air Wisconsin'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K15" s="10">
-        <f>'[12]Air Wisconsin'!JP$23+'[12]Air Wisconsin'!JP$28</f>
+        <f>'[13]Air Wisconsin'!JP$23+'[13]Air Wisconsin'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[12]Air Wisconsin'!JQ$23+'[12]Air Wisconsin'!JQ$28</f>
+        <f>'[13]Air Wisconsin'!JQ$23+'[13]Air Wisconsin'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[12]Air Wisconsin'!JR$23+'[12]Air Wisconsin'!JR$28</f>
+        <f>'[13]Air Wisconsin'!JR$23+'[13]Air Wisconsin'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[12]Air Wisconsin'!JS$23+'[12]Air Wisconsin'!JS$28</f>
-[...3 lines deleted...]
-    <row r="16" spans="1:14" x14ac:dyDescent="0.2">
+        <f>'[13]Air Wisconsin'!JS$23+'[13]Air Wisconsin'!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R15" s="10"/>
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="10">
-        <f>[12]Alaska!JH$23+[12]Alaska!JH$28</f>
+        <f>[13]Alaska!JH$23+[13]Alaska!JH$28</f>
         <v>9721</v>
       </c>
       <c r="D16" s="10">
-        <f>[12]Alaska!JI$23+[12]Alaska!JI$28</f>
+        <f>[13]Alaska!JI$23+[13]Alaska!JI$28</f>
         <v>7855</v>
       </c>
       <c r="E16" s="10">
-        <f>[12]Alaska!JJ$23+[12]Alaska!JJ$28</f>
+        <f>[13]Alaska!JJ$23+[13]Alaska!JJ$28</f>
         <v>10318</v>
       </c>
       <c r="F16" s="10">
-        <f>[12]Alaska!JK$23+[12]Alaska!JK$28</f>
+        <f>[13]Alaska!JK$23+[13]Alaska!JK$28</f>
         <v>9721</v>
       </c>
       <c r="G16" s="10">
-        <f>[12]Alaska!JL$23+[12]Alaska!JL$28</f>
+        <f>[13]Alaska!JL$23+[13]Alaska!JL$28</f>
         <v>13917</v>
       </c>
       <c r="H16" s="10">
-        <f>[12]Alaska!JM$23+[12]Alaska!JM$28</f>
+        <f>[13]Alaska!JM$23+[13]Alaska!JM$28</f>
         <v>19954</v>
       </c>
       <c r="I16" s="10">
-        <f>[12]Alaska!JN$23+[12]Alaska!JN$28</f>
+        <f>[13]Alaska!JN$23+[13]Alaska!JN$28</f>
         <v>25596</v>
       </c>
       <c r="J16" s="10">
-        <f>[12]Alaska!JO$23+[12]Alaska!JO$28</f>
+        <f>[13]Alaska!JO$23+[13]Alaska!JO$28</f>
         <v>24373</v>
       </c>
       <c r="K16" s="10">
-        <f>[12]Alaska!JP$23+[12]Alaska!JP$28</f>
+        <f>[13]Alaska!JP$23+[13]Alaska!JP$28</f>
         <v>17482</v>
       </c>
       <c r="L16" s="10">
-        <f>[12]Alaska!JQ$23+[12]Alaska!JQ$28</f>
+        <f>[13]Alaska!JQ$23+[13]Alaska!JQ$28</f>
         <v>15123</v>
       </c>
       <c r="M16" s="10">
-        <f>[12]Alaska!JR$23+[12]Alaska!JR$28</f>
+        <f>[13]Alaska!JR$23+[13]Alaska!JR$28</f>
         <v>11973</v>
       </c>
       <c r="N16" s="10">
-        <f>[12]Alaska!JS$23+[12]Alaska!JS$28</f>
-[...3 lines deleted...]
-    <row r="17" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Alaska!JS$23+[13]Alaska!JS$28</f>
+        <v>13280</v>
+      </c>
+      <c r="R16" s="10"/>
+    </row>
+    <row r="17" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="10">
-        <f>[12]American!JH$23+[12]American!JH$28</f>
+        <f>[13]American!JH$23+[13]American!JH$28</f>
         <v>49222</v>
       </c>
       <c r="D17" s="10">
-        <f>[12]American!JI$23+[12]American!JI$28</f>
+        <f>[13]American!JI$23+[13]American!JI$28</f>
         <v>45423</v>
       </c>
       <c r="E17" s="10">
-        <f>[12]American!JJ$23+[12]American!JJ$28</f>
+        <f>[13]American!JJ$23+[13]American!JJ$28</f>
         <v>60200</v>
       </c>
       <c r="F17" s="10">
-        <f>[12]American!JK$23+[12]American!JK$28</f>
+        <f>[13]American!JK$23+[13]American!JK$28</f>
         <v>45730</v>
       </c>
       <c r="G17" s="10">
-        <f>[12]American!JL$23+[12]American!JL$28</f>
+        <f>[13]American!JL$23+[13]American!JL$28</f>
         <v>52976</v>
       </c>
       <c r="H17" s="10">
-        <f>[12]American!JM$23+[12]American!JM$28</f>
+        <f>[13]American!JM$23+[13]American!JM$28</f>
         <v>58051</v>
       </c>
       <c r="I17" s="10">
-        <f>[12]American!JN$23+[12]American!JN$28</f>
+        <f>[13]American!JN$23+[13]American!JN$28</f>
         <v>63500</v>
       </c>
       <c r="J17" s="10">
-        <f>[12]American!JO$23+[12]American!JO$28</f>
+        <f>[13]American!JO$23+[13]American!JO$28</f>
         <v>57687</v>
       </c>
       <c r="K17" s="10">
-        <f>[12]American!JP$23+[12]American!JP$28</f>
+        <f>[13]American!JP$23+[13]American!JP$28</f>
         <v>55637</v>
       </c>
       <c r="L17" s="10">
-        <f>[12]American!JQ$23+[12]American!JQ$28</f>
+        <f>[13]American!JQ$23+[13]American!JQ$28</f>
         <v>55311</v>
       </c>
       <c r="M17" s="10">
-        <f>[12]American!JR$23+[12]American!JR$28</f>
+        <f>[13]American!JR$23+[13]American!JR$28</f>
         <v>41786</v>
       </c>
       <c r="N17" s="10">
-        <f>[12]American!JS$23+[12]American!JS$28</f>
-[...3 lines deleted...]
-    <row r="18" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]American!JS$23+[13]American!JS$28</f>
+        <v>47158</v>
+      </c>
+      <c r="R17" s="10"/>
+    </row>
+    <row r="18" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>70</v>
       </c>
       <c r="C18" s="10">
-        <f>'[12]Denver Air'!JH$23+'[12]Denver Air'!JH$28</f>
+        <f>'[13]Denver Air'!JH$23+'[13]Denver Air'!JH$28</f>
         <v>914</v>
       </c>
       <c r="D18" s="10">
-        <f>'[12]Denver Air'!JI$23+'[12]Denver Air'!JI$28</f>
+        <f>'[13]Denver Air'!JI$23+'[13]Denver Air'!JI$28</f>
         <v>827</v>
       </c>
       <c r="E18" s="10">
-        <f>'[12]Denver Air'!JJ$23+'[12]Denver Air'!JJ$28</f>
+        <f>'[13]Denver Air'!JJ$23+'[13]Denver Air'!JJ$28</f>
         <v>888</v>
       </c>
       <c r="F18" s="10">
-        <f>'[12]Denver Air'!JK$23+'[12]Denver Air'!JK$28</f>
+        <f>'[13]Denver Air'!JK$23+'[13]Denver Air'!JK$28</f>
         <v>591</v>
       </c>
       <c r="G18" s="10">
-        <f>'[12]Denver Air'!JL$23+'[12]Denver Air'!JL$28</f>
+        <f>'[13]Denver Air'!JL$23+'[13]Denver Air'!JL$28</f>
         <v>853</v>
       </c>
       <c r="H18" s="10">
-        <f>'[12]Denver Air'!JM$23+'[12]Denver Air'!JM$28</f>
+        <f>'[13]Denver Air'!JM$23+'[13]Denver Air'!JM$28</f>
         <v>945</v>
       </c>
       <c r="I18" s="10">
-        <f>'[12]Denver Air'!JN$23+'[12]Denver Air'!JN$28</f>
+        <f>'[13]Denver Air'!JN$23+'[13]Denver Air'!JN$28</f>
         <v>736</v>
       </c>
       <c r="J18" s="10">
-        <f>'[12]Denver Air'!JO$23+'[12]Denver Air'!JO$28</f>
+        <f>'[13]Denver Air'!JO$23+'[13]Denver Air'!JO$28</f>
         <v>902</v>
       </c>
       <c r="K18" s="10">
-        <f>'[12]Denver Air'!JP$23+'[12]Denver Air'!JP$28</f>
+        <f>'[13]Denver Air'!JP$23+'[13]Denver Air'!JP$28</f>
         <v>806</v>
       </c>
       <c r="L18" s="10">
-        <f>'[12]Denver Air'!JQ$23+'[12]Denver Air'!JQ$28</f>
+        <f>'[13]Denver Air'!JQ$23+'[13]Denver Air'!JQ$28</f>
         <v>918</v>
       </c>
       <c r="M18" s="10">
-        <f>'[12]Denver Air'!JR$23+'[12]Denver Air'!JR$28</f>
+        <f>'[13]Denver Air'!JR$23+'[13]Denver Air'!JR$28</f>
         <v>770</v>
       </c>
       <c r="N18" s="10">
-        <f>'[12]Denver Air'!JS$23+'[12]Denver Air'!JS$28</f>
-[...3 lines deleted...]
-    <row r="19" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Denver Air'!JS$23+'[13]Denver Air'!JS$28</f>
+        <v>1133</v>
+      </c>
+      <c r="R18" s="10"/>
+    </row>
+    <row r="19" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="10">
-        <f>[12]PSA!JH$23+[12]PSA!JH$28</f>
+        <f>[13]PSA!JH$23+[13]PSA!JH$28</f>
         <v>4571</v>
       </c>
       <c r="D19" s="10">
-        <f>[12]PSA!JI$23+[12]PSA!JI$28</f>
+        <f>[13]PSA!JI$23+[13]PSA!JI$28</f>
         <v>4479</v>
       </c>
       <c r="E19" s="10">
-        <f>[12]PSA!JJ$23+[12]PSA!JJ$28</f>
+        <f>[13]PSA!JJ$23+[13]PSA!JJ$28</f>
         <v>7302</v>
       </c>
       <c r="F19" s="10">
-        <f>[12]PSA!JK$23+[12]PSA!JK$28</f>
+        <f>[13]PSA!JK$23+[13]PSA!JK$28</f>
         <v>5080</v>
       </c>
       <c r="G19" s="10">
-        <f>[12]PSA!JL$23+[12]PSA!JL$28</f>
+        <f>[13]PSA!JL$23+[13]PSA!JL$28</f>
         <v>3705</v>
       </c>
       <c r="H19" s="10">
-        <f>[12]PSA!JM$23+[12]PSA!JM$28</f>
+        <f>[13]PSA!JM$23+[13]PSA!JM$28</f>
         <v>2252</v>
       </c>
       <c r="I19" s="10">
-        <f>[12]PSA!JN$23+[12]PSA!JN$28</f>
+        <f>[13]PSA!JN$23+[13]PSA!JN$28</f>
         <v>2055</v>
       </c>
       <c r="J19" s="10">
-        <f>[12]PSA!JO$23+[12]PSA!JO$28</f>
+        <f>[13]PSA!JO$23+[13]PSA!JO$28</f>
         <v>2111</v>
       </c>
       <c r="K19" s="10">
-        <f>[12]PSA!JP$23+[12]PSA!JP$28</f>
+        <f>[13]PSA!JP$23+[13]PSA!JP$28</f>
         <v>4212</v>
       </c>
       <c r="L19" s="10">
-        <f>[12]PSA!JQ$23+[12]PSA!JQ$28</f>
+        <f>[13]PSA!JQ$23+[13]PSA!JQ$28</f>
         <v>2903</v>
       </c>
       <c r="M19" s="10">
-        <f>[12]PSA!JR$23+[12]PSA!JR$28</f>
+        <f>[13]PSA!JR$23+[13]PSA!JR$28</f>
         <v>5773</v>
       </c>
       <c r="N19" s="10">
-        <f>[12]PSA!JS$23+[12]PSA!JS$28</f>
-[...3 lines deleted...]
-    <row r="20" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]PSA!JS$23+[13]PSA!JS$28</f>
+        <v>5574</v>
+      </c>
+      <c r="R19" s="10"/>
+    </row>
+    <row r="20" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="10">
-        <f>'[12]American Eagle'!JH$23+'[12]American Eagle'!JH$28</f>
+        <f>'[13]American Eagle'!JH$23+'[13]American Eagle'!JH$28</f>
         <v>4319</v>
       </c>
       <c r="D20" s="10">
-        <f>'[12]American Eagle'!JI$23+'[12]American Eagle'!JI$28</f>
+        <f>'[13]American Eagle'!JI$23+'[13]American Eagle'!JI$28</f>
         <v>4668</v>
       </c>
       <c r="E20" s="10">
-        <f>'[12]American Eagle'!JJ$23+'[12]American Eagle'!JJ$28</f>
+        <f>'[13]American Eagle'!JJ$23+'[13]American Eagle'!JJ$28</f>
         <v>1121</v>
       </c>
       <c r="F20" s="10">
-        <f>'[12]American Eagle'!JK$23+'[12]American Eagle'!JK$28</f>
+        <f>'[13]American Eagle'!JK$23+'[13]American Eagle'!JK$28</f>
         <v>2940</v>
       </c>
       <c r="G20" s="10">
-        <f>'[12]American Eagle'!JL$23+'[12]American Eagle'!JL$28</f>
+        <f>'[13]American Eagle'!JL$23+'[13]American Eagle'!JL$28</f>
         <v>7580</v>
       </c>
       <c r="H20" s="10">
-        <f>'[12]American Eagle'!JM$23+'[12]American Eagle'!JM$28</f>
+        <f>'[13]American Eagle'!JM$23+'[13]American Eagle'!JM$28</f>
         <v>5960</v>
       </c>
       <c r="I20" s="10">
-        <f>'[12]American Eagle'!JN$23+'[12]American Eagle'!JN$28</f>
+        <f>'[13]American Eagle'!JN$23+'[13]American Eagle'!JN$28</f>
         <v>5804</v>
       </c>
       <c r="J20" s="10">
-        <f>'[12]American Eagle'!JO$23+'[12]American Eagle'!JO$28</f>
+        <f>'[13]American Eagle'!JO$23+'[13]American Eagle'!JO$28</f>
         <v>5592</v>
       </c>
       <c r="K20" s="10">
-        <f>'[12]American Eagle'!JP$23+'[12]American Eagle'!JP$28</f>
+        <f>'[13]American Eagle'!JP$23+'[13]American Eagle'!JP$28</f>
         <v>1749</v>
       </c>
       <c r="L20" s="10">
-        <f>'[12]American Eagle'!JQ$23+'[12]American Eagle'!JQ$28</f>
+        <f>'[13]American Eagle'!JQ$23+'[13]American Eagle'!JQ$28</f>
         <v>6764</v>
       </c>
       <c r="M20" s="10">
-        <f>'[12]American Eagle'!JR$23+'[12]American Eagle'!JR$28</f>
+        <f>'[13]American Eagle'!JR$23+'[13]American Eagle'!JR$28</f>
         <v>5821</v>
       </c>
       <c r="N20" s="10">
-        <f>'[12]American Eagle'!JS$23+'[12]American Eagle'!JS$28</f>
-[...3 lines deleted...]
-    <row r="21" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]American Eagle'!JS$23+'[13]American Eagle'!JS$28</f>
+        <v>5484</v>
+      </c>
+      <c r="R20" s="10"/>
+    </row>
+    <row r="21" spans="2:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B21" s="53" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="10">
-        <f>'[12]Continental Express'!JH$23+'[12]Continental Express'!JH$28</f>
+        <f>'[13]Continental Express'!JH$23+'[13]Continental Express'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D21" s="10">
-        <f>'[12]Continental Express'!JI$23+'[12]Continental Express'!JI$28</f>
+        <f>'[13]Continental Express'!JI$23+'[13]Continental Express'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E21" s="10">
-        <f>'[12]Continental Express'!JJ$23+'[12]Continental Express'!JJ$28</f>
+        <f>'[13]Continental Express'!JJ$23+'[13]Continental Express'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F21" s="10">
-        <f>'[12]Continental Express'!JK$23+'[12]Continental Express'!JK$28</f>
+        <f>'[13]Continental Express'!JK$23+'[13]Continental Express'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G21" s="10">
-        <f>'[12]Continental Express'!JL$23+'[12]Continental Express'!JL$28</f>
+        <f>'[13]Continental Express'!JL$23+'[13]Continental Express'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H21" s="10">
-        <f>'[12]Continental Express'!JM$23+'[12]Continental Express'!JM$28</f>
+        <f>'[13]Continental Express'!JM$23+'[13]Continental Express'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I21" s="10">
-        <f>'[12]Continental Express'!JN$23+'[12]Continental Express'!JN$28</f>
+        <f>'[13]Continental Express'!JN$23+'[13]Continental Express'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J21" s="10">
-        <f>'[12]Continental Express'!JO$23+'[12]Continental Express'!JO$28</f>
+        <f>'[13]Continental Express'!JO$23+'[13]Continental Express'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K21" s="10">
-        <f>'[12]Continental Express'!JP$23+'[12]Continental Express'!JP$28</f>
+        <f>'[13]Continental Express'!JP$23+'[13]Continental Express'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L21" s="10">
-        <f>'[12]Continental Express'!JQ$23+'[12]Continental Express'!JQ$28</f>
+        <f>'[13]Continental Express'!JQ$23+'[13]Continental Express'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M21" s="10">
-        <f>'[12]Continental Express'!JR$23+'[12]Continental Express'!JR$28</f>
+        <f>'[13]Continental Express'!JR$23+'[13]Continental Express'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N21" s="10">
-        <f>'[12]Continental Express'!JS$23+'[12]Continental Express'!JS$28</f>
-[...3 lines deleted...]
-    <row r="22" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Continental Express'!JS$23+'[13]Continental Express'!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R21" s="10"/>
+    </row>
+    <row r="22" spans="2:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="10">
-        <f>'[12]Go Jet_UA'!JH$23+'[12]Go Jet_UA'!JH$28</f>
+        <f>'[13]Go Jet_UA'!JH$23+'[13]Go Jet_UA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D22" s="10">
-        <f>'[12]Go Jet_UA'!JI$23+'[12]Go Jet_UA'!JI$28</f>
+        <f>'[13]Go Jet_UA'!JI$23+'[13]Go Jet_UA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E22" s="10">
-        <f>'[12]Go Jet_UA'!JJ$23+'[12]Go Jet_UA'!JJ$28</f>
+        <f>'[13]Go Jet_UA'!JJ$23+'[13]Go Jet_UA'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F22" s="10">
-        <f>'[12]Go Jet_UA'!JK$23+'[12]Go Jet_UA'!JK$28</f>
+        <f>'[13]Go Jet_UA'!JK$23+'[13]Go Jet_UA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G22" s="10">
-        <f>'[12]Go Jet_UA'!JL$23+'[12]Go Jet_UA'!JL$28</f>
+        <f>'[13]Go Jet_UA'!JL$23+'[13]Go Jet_UA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H22" s="10">
-        <f>'[12]Go Jet_UA'!JM$23+'[12]Go Jet_UA'!JM$28</f>
+        <f>'[13]Go Jet_UA'!JM$23+'[13]Go Jet_UA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I22" s="10">
-        <f>'[12]Go Jet_UA'!JN$23+'[12]Go Jet_UA'!JN$28</f>
+        <f>'[13]Go Jet_UA'!JN$23+'[13]Go Jet_UA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J22" s="10">
-        <f>'[12]Go Jet_UA'!JO$23+'[12]Go Jet_UA'!JO$28</f>
+        <f>'[13]Go Jet_UA'!JO$23+'[13]Go Jet_UA'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K22" s="10">
-        <f>'[12]Go Jet_UA'!JP$23+'[12]Go Jet_UA'!JP$28</f>
+        <f>'[13]Go Jet_UA'!JP$23+'[13]Go Jet_UA'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L22" s="10">
-        <f>'[12]Go Jet_UA'!JQ$23+'[12]Go Jet_UA'!JQ$28</f>
+        <f>'[13]Go Jet_UA'!JQ$23+'[13]Go Jet_UA'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M22" s="10">
-        <f>'[12]Go Jet_UA'!JR$23+'[12]Go Jet_UA'!JR$28</f>
+        <f>'[13]Go Jet_UA'!JR$23+'[13]Go Jet_UA'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N22" s="10">
-        <f>'[12]Go Jet_UA'!JS$23+'[12]Go Jet_UA'!JS$28</f>
-[...3 lines deleted...]
-    <row r="23" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Go Jet_UA'!JS$23+'[13]Go Jet_UA'!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R22" s="10"/>
+    </row>
+    <row r="23" spans="2:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="10">
-        <f>[12]Horizon_AS!IT23+[12]Horizon_AS!IT33+[12]Horizon_AS!IT28+[12]Horizon_AS!IT38</f>
+        <f>[13]Horizon_AS!IT23+[13]Horizon_AS!IT33+[13]Horizon_AS!IT28+[13]Horizon_AS!IT38</f>
         <v>0</v>
       </c>
       <c r="D23" s="10">
-        <f>[12]Horizon_AS!IU23+[12]Horizon_AS!IU33+[12]Horizon_AS!IU28+[12]Horizon_AS!IU38</f>
+        <f>[13]Horizon_AS!IU23+[13]Horizon_AS!IU33+[13]Horizon_AS!IU28+[13]Horizon_AS!IU38</f>
         <v>0</v>
       </c>
       <c r="E23" s="10">
-        <f>[12]Horizon_AS!IV23+[12]Horizon_AS!IV33+[12]Horizon_AS!IV28+[12]Horizon_AS!IV38</f>
+        <f>[13]Horizon_AS!IV23+[13]Horizon_AS!IV33+[13]Horizon_AS!IV28+[13]Horizon_AS!IV38</f>
         <v>0</v>
       </c>
       <c r="F23" s="10">
-        <f>[12]Horizon_AS!IW23+[12]Horizon_AS!IW33+[12]Horizon_AS!IW28+[12]Horizon_AS!IW38</f>
+        <f>[13]Horizon_AS!IW23+[13]Horizon_AS!IW33+[13]Horizon_AS!IW28+[13]Horizon_AS!IW38</f>
         <v>0</v>
       </c>
       <c r="G23" s="10">
-        <f>[12]Horizon_AS!IX23+[12]Horizon_AS!IX33+[12]Horizon_AS!IX28+[12]Horizon_AS!IX38</f>
+        <f>[13]Horizon_AS!IX23+[13]Horizon_AS!IX33+[13]Horizon_AS!IX28+[13]Horizon_AS!IX38</f>
         <v>0</v>
       </c>
       <c r="H23" s="10">
-        <f>[12]Horizon_AS!IY23+[12]Horizon_AS!IY33+[12]Horizon_AS!IY28+[12]Horizon_AS!IY38</f>
+        <f>[13]Horizon_AS!IY23+[13]Horizon_AS!IY33+[13]Horizon_AS!IY28+[13]Horizon_AS!IY38</f>
         <v>0</v>
       </c>
       <c r="I23" s="10">
-        <f>[12]Horizon_AS!IZ23+[12]Horizon_AS!IZ33+[12]Horizon_AS!IZ28+[12]Horizon_AS!IZ38</f>
+        <f>[13]Horizon_AS!IZ23+[13]Horizon_AS!IZ33+[13]Horizon_AS!IZ28+[13]Horizon_AS!IZ38</f>
         <v>0</v>
       </c>
       <c r="J23" s="10">
-        <f>[12]Horizon_AS!JA23+[12]Horizon_AS!JA33+[12]Horizon_AS!JA28+[12]Horizon_AS!JA38</f>
+        <f>[13]Horizon_AS!JA23+[13]Horizon_AS!JA33+[13]Horizon_AS!JA28+[13]Horizon_AS!JA38</f>
         <v>0</v>
       </c>
       <c r="K23" s="10">
-        <f>[12]Horizon_AS!JB23+[12]Horizon_AS!JB33+[12]Horizon_AS!JB28+[12]Horizon_AS!JB38</f>
+        <f>[13]Horizon_AS!JB23+[13]Horizon_AS!JB33+[13]Horizon_AS!JB28+[13]Horizon_AS!JB38</f>
         <v>0</v>
       </c>
       <c r="L23" s="10">
-        <f>[12]Horizon_AS!JC23+[12]Horizon_AS!JC33+[12]Horizon_AS!JC28+[12]Horizon_AS!JC38</f>
+        <f>[13]Horizon_AS!JC23+[13]Horizon_AS!JC33+[13]Horizon_AS!JC28+[13]Horizon_AS!JC38</f>
         <v>0</v>
       </c>
       <c r="M23" s="10">
-        <f>[12]Horizon_AS!JD23+[12]Horizon_AS!JD33+[12]Horizon_AS!JD28+[12]Horizon_AS!JD38</f>
+        <f>[13]Horizon_AS!JD23+[13]Horizon_AS!JD33+[13]Horizon_AS!JD28+[13]Horizon_AS!JD38</f>
         <v>0</v>
       </c>
       <c r="N23" s="10">
-        <f>[12]Horizon_AS!JE23+[12]Horizon_AS!JE33+[12]Horizon_AS!JE28+[12]Horizon_AS!JE38</f>
-[...3 lines deleted...]
-    <row r="24" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Horizon_AS!JE23+[13]Horizon_AS!JE33+[13]Horizon_AS!JE28+[13]Horizon_AS!JE38</f>
+        <v>0</v>
+      </c>
+      <c r="R23" s="10"/>
+    </row>
+    <row r="24" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="10">
-        <f>[12]MESA_UA!JH$23+[12]MESA_UA!JH$28</f>
+        <f>[13]MESA_UA!JH$23+[13]MESA_UA!JH$28</f>
         <v>2525</v>
       </c>
       <c r="D24" s="10">
-        <f>[12]MESA_UA!JI$23+[12]MESA_UA!JI$28</f>
+        <f>[13]MESA_UA!JI$23+[13]MESA_UA!JI$28</f>
         <v>3849</v>
       </c>
       <c r="E24" s="10">
-        <f>[12]MESA_UA!JJ$23+[12]MESA_UA!JJ$28</f>
+        <f>[13]MESA_UA!JJ$23+[13]MESA_UA!JJ$28</f>
         <v>6462</v>
       </c>
       <c r="F24" s="10">
-        <f>[12]MESA_UA!JK$23+[12]MESA_UA!JK$28</f>
+        <f>[13]MESA_UA!JK$23+[13]MESA_UA!JK$28</f>
         <v>5019</v>
       </c>
       <c r="G24" s="10">
-        <f>[12]MESA_UA!JL$23+[12]MESA_UA!JL$28</f>
+        <f>[13]MESA_UA!JL$23+[13]MESA_UA!JL$28</f>
         <v>4702</v>
       </c>
       <c r="H24" s="10">
-        <f>[12]MESA_UA!JM$23+[12]MESA_UA!JM$28</f>
+        <f>[13]MESA_UA!JM$23+[13]MESA_UA!JM$28</f>
         <v>2755</v>
       </c>
       <c r="I24" s="10">
-        <f>[12]MESA_UA!JN$23+[12]MESA_UA!JN$28</f>
+        <f>[13]MESA_UA!JN$23+[13]MESA_UA!JN$28</f>
         <v>6578</v>
       </c>
       <c r="J24" s="10">
-        <f>[12]MESA_UA!JO$23+[12]MESA_UA!JO$28</f>
+        <f>[13]MESA_UA!JO$23+[13]MESA_UA!JO$28</f>
         <v>6357</v>
       </c>
       <c r="K24" s="10">
-        <f>[12]MESA_UA!JP$23+[12]MESA_UA!JP$28</f>
+        <f>[13]MESA_UA!JP$23+[13]MESA_UA!JP$28</f>
         <v>5687</v>
       </c>
       <c r="L24" s="10">
-        <f>[12]MESA_UA!JQ$23+[12]MESA_UA!JQ$28</f>
+        <f>[13]MESA_UA!JQ$23+[13]MESA_UA!JQ$28</f>
         <v>5283</v>
       </c>
       <c r="M24" s="10">
-        <f>[12]MESA_UA!JR$23+[12]MESA_UA!JR$28</f>
+        <f>[13]MESA_UA!JR$23+[13]MESA_UA!JR$28</f>
         <v>3598</v>
       </c>
       <c r="N24" s="10">
-        <f>[12]MESA_UA!JS$23+[12]MESA_UA!JS$28</f>
-[...3 lines deleted...]
-    <row r="25" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]MESA_UA!JS$23+[13]MESA_UA!JS$28</f>
+        <v>4001</v>
+      </c>
+      <c r="R24" s="10"/>
+    </row>
+    <row r="25" spans="2:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="10">
-        <f>[12]MESA!JH$23+[12]MESA!JH$28</f>
+        <f>[13]MESA!JH$23+[13]MESA!JH$28</f>
         <v>0</v>
       </c>
       <c r="D25" s="10">
-        <f>[12]MESA!JI$23+[12]MESA!JI$28</f>
+        <f>[13]MESA!JI$23+[13]MESA!JI$28</f>
         <v>0</v>
       </c>
       <c r="E25" s="10">
-        <f>[12]MESA!JJ$23+[12]MESA!JJ$28</f>
+        <f>[13]MESA!JJ$23+[13]MESA!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F25" s="10">
-        <f>[12]MESA!JK$23+[12]MESA!JK$28</f>
+        <f>[13]MESA!JK$23+[13]MESA!JK$28</f>
         <v>0</v>
       </c>
       <c r="G25" s="10">
-        <f>[12]MESA!JL$23+[12]MESA!JL$28</f>
+        <f>[13]MESA!JL$23+[13]MESA!JL$28</f>
         <v>0</v>
       </c>
       <c r="H25" s="10">
-        <f>[12]MESA!JM$23+[12]MESA!JM$28</f>
+        <f>[13]MESA!JM$23+[13]MESA!JM$28</f>
         <v>0</v>
       </c>
       <c r="I25" s="10">
-        <f>[12]MESA!JN$23+[12]MESA!JN$28</f>
+        <f>[13]MESA!JN$23+[13]MESA!JN$28</f>
         <v>0</v>
       </c>
       <c r="J25" s="10">
-        <f>[12]MESA!JO$23+[12]MESA!JO$28</f>
+        <f>[13]MESA!JO$23+[13]MESA!JO$28</f>
         <v>0</v>
       </c>
       <c r="K25" s="10">
-        <f>[12]MESA!JP$23+[12]MESA!JP$28</f>
+        <f>[13]MESA!JP$23+[13]MESA!JP$28</f>
         <v>0</v>
       </c>
       <c r="L25" s="10">
-        <f>[12]MESA!JQ$23+[12]MESA!JQ$28</f>
+        <f>[13]MESA!JQ$23+[13]MESA!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M25" s="10">
-        <f>[12]MESA!JR$23+[12]MESA!JR$28</f>
+        <f>[13]MESA!JR$23+[13]MESA!JR$28</f>
         <v>0</v>
       </c>
       <c r="N25" s="10">
-        <f>[12]MESA!JS$23+[12]MESA!JS$28</f>
-[...3 lines deleted...]
-    <row r="26" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]MESA!JS$23+[13]MESA!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R25" s="10"/>
+    </row>
+    <row r="26" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B26" s="53" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="10">
-        <f>[12]Republic!JH$23+[12]Republic!JH$28</f>
+        <f>[13]Republic!JH$23+[13]Republic!JH$28</f>
         <v>4153</v>
       </c>
       <c r="D26" s="10">
-        <f>[12]Republic!JI$23+[12]Republic!JI$28</f>
+        <f>[13]Republic!JI$23+[13]Republic!JI$28</f>
         <v>3392</v>
       </c>
       <c r="E26" s="10">
-        <f>[12]Republic!JJ$23+[12]Republic!JJ$28</f>
+        <f>[13]Republic!JJ$23+[13]Republic!JJ$28</f>
         <v>8410</v>
       </c>
       <c r="F26" s="10">
-        <f>[12]Republic!JK$23+[12]Republic!JK$28</f>
+        <f>[13]Republic!JK$23+[13]Republic!JK$28</f>
         <v>5909</v>
       </c>
       <c r="G26" s="10">
-        <f>[12]Republic!JL$23+[12]Republic!JL$28</f>
+        <f>[13]Republic!JL$23+[13]Republic!JL$28</f>
         <v>4798</v>
       </c>
       <c r="H26" s="10">
-        <f>[12]Republic!JM$23+[12]Republic!JM$28</f>
+        <f>[13]Republic!JM$23+[13]Republic!JM$28</f>
         <v>7335</v>
       </c>
       <c r="I26" s="10">
-        <f>[12]Republic!JN$23+[12]Republic!JN$28</f>
+        <f>[13]Republic!JN$23+[13]Republic!JN$28</f>
         <v>7550</v>
       </c>
       <c r="J26" s="10">
-        <f>[12]Republic!JO$23+[12]Republic!JO$28</f>
+        <f>[13]Republic!JO$23+[13]Republic!JO$28</f>
         <v>8711</v>
       </c>
       <c r="K26" s="10">
-        <f>[12]Republic!JP$23+[12]Republic!JP$28</f>
+        <f>[13]Republic!JP$23+[13]Republic!JP$28</f>
         <v>3142</v>
       </c>
       <c r="L26" s="10">
-        <f>[12]Republic!JQ$23+[12]Republic!JQ$28</f>
+        <f>[13]Republic!JQ$23+[13]Republic!JQ$28</f>
         <v>8383</v>
       </c>
       <c r="M26" s="10">
-        <f>[12]Republic!JR$23+[12]Republic!JR$28</f>
+        <f>[13]Republic!JR$23+[13]Republic!JR$28</f>
         <v>3677</v>
       </c>
       <c r="N26" s="10">
-        <f>[12]Republic!JS$23+[12]Republic!JS$28</f>
-[...3 lines deleted...]
-    <row r="27" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Republic!JS$23+[13]Republic!JS$28</f>
+        <v>2228</v>
+      </c>
+      <c r="R26" s="10"/>
+    </row>
+    <row r="27" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B27" s="53" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="10">
-        <f>[12]Republic_UA!JH$23+[12]Republic_UA!JH$28</f>
+        <f>[13]Republic_UA!JH$23+[13]Republic_UA!JH$28</f>
         <v>5599</v>
       </c>
       <c r="D27" s="10">
-        <f>[12]Republic_UA!JI$23+[12]Republic_UA!JI$28</f>
+        <f>[13]Republic_UA!JI$23+[13]Republic_UA!JI$28</f>
         <v>5423</v>
       </c>
       <c r="E27" s="10">
-        <f>[12]Republic_UA!JJ$23+[12]Republic_UA!JJ$28</f>
+        <f>[13]Republic_UA!JJ$23+[13]Republic_UA!JJ$28</f>
         <v>8112</v>
       </c>
       <c r="F27" s="10">
-        <f>[12]Republic_UA!JK$23+[12]Republic_UA!JK$28</f>
+        <f>[13]Republic_UA!JK$23+[13]Republic_UA!JK$28</f>
         <v>3668</v>
       </c>
       <c r="G27" s="10">
-        <f>[12]Republic_UA!JL$23+[12]Republic_UA!JL$28</f>
+        <f>[13]Republic_UA!JL$23+[13]Republic_UA!JL$28</f>
         <v>1502</v>
       </c>
       <c r="H27" s="10">
-        <f>[12]Republic_UA!JM$23+[12]Republic_UA!JM$28</f>
+        <f>[13]Republic_UA!JM$23+[13]Republic_UA!JM$28</f>
         <v>3851</v>
       </c>
       <c r="I27" s="10">
-        <f>[12]Republic_UA!JN$23+[12]Republic_UA!JN$28</f>
+        <f>[13]Republic_UA!JN$23+[13]Republic_UA!JN$28</f>
         <v>76</v>
       </c>
       <c r="J27" s="10">
-        <f>[12]Republic_UA!JO$23+[12]Republic_UA!JO$28</f>
+        <f>[13]Republic_UA!JO$23+[13]Republic_UA!JO$28</f>
         <v>302</v>
       </c>
       <c r="K27" s="10">
-        <f>[12]Republic_UA!JP$23+[12]Republic_UA!JP$28</f>
+        <f>[13]Republic_UA!JP$23+[13]Republic_UA!JP$28</f>
         <v>73</v>
       </c>
       <c r="L27" s="10">
-        <f>[12]Republic_UA!JQ$23+[12]Republic_UA!JQ$28</f>
+        <f>[13]Republic_UA!JQ$23+[13]Republic_UA!JQ$28</f>
         <v>772</v>
       </c>
       <c r="M27" s="10">
-        <f>[12]Republic_UA!JR$23+[12]Republic_UA!JR$28</f>
+        <f>[13]Republic_UA!JR$23+[13]Republic_UA!JR$28</f>
         <v>1831</v>
       </c>
       <c r="N27" s="10">
-        <f>[12]Republic_UA!JS$23+[12]Republic_UA!JS$28</f>
-[...3 lines deleted...]
-    <row r="28" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Republic_UA!JS$23+[13]Republic_UA!JS$28</f>
+        <v>2312</v>
+      </c>
+      <c r="R27" s="10"/>
+    </row>
+    <row r="28" spans="2:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B28" s="53" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="10">
-        <f>'[12]Shuttle America'!JH$23+'[12]Shuttle America'!JH$28</f>
+        <f>'[13]Shuttle America'!JH$23+'[13]Shuttle America'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D28" s="10">
-        <f>'[12]Shuttle America'!JI$23+'[12]Shuttle America'!JI$28</f>
+        <f>'[13]Shuttle America'!JI$23+'[13]Shuttle America'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E28" s="10">
-        <f>'[12]Shuttle America'!JJ$23+'[12]Shuttle America'!JJ$28</f>
+        <f>'[13]Shuttle America'!JJ$23+'[13]Shuttle America'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F28" s="10">
-        <f>'[12]Shuttle America'!JK$23+'[12]Shuttle America'!JK$28</f>
+        <f>'[13]Shuttle America'!JK$23+'[13]Shuttle America'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G28" s="10">
-        <f>'[12]Shuttle America'!JL$23+'[12]Shuttle America'!JL$28</f>
+        <f>'[13]Shuttle America'!JL$23+'[13]Shuttle America'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H28" s="10">
-        <f>'[12]Shuttle America'!JM$23+'[12]Shuttle America'!JM$28</f>
+        <f>'[13]Shuttle America'!JM$23+'[13]Shuttle America'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I28" s="10">
-        <f>'[12]Shuttle America'!JN$23+'[12]Shuttle America'!JN$28</f>
+        <f>'[13]Shuttle America'!JN$23+'[13]Shuttle America'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J28" s="10">
-        <f>'[12]Shuttle America'!JO$23+'[12]Shuttle America'!JO$28</f>
+        <f>'[13]Shuttle America'!JO$23+'[13]Shuttle America'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K28" s="10">
-        <f>'[12]Shuttle America'!JP$23+'[12]Shuttle America'!JP$28</f>
+        <f>'[13]Shuttle America'!JP$23+'[13]Shuttle America'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L28" s="10">
-        <f>'[12]Shuttle America'!JQ$23+'[12]Shuttle America'!JQ$28</f>
+        <f>'[13]Shuttle America'!JQ$23+'[13]Shuttle America'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M28" s="10">
-        <f>'[12]Shuttle America'!JR$23+'[12]Shuttle America'!JR$28</f>
+        <f>'[13]Shuttle America'!JR$23+'[13]Shuttle America'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N28" s="10">
-        <f>'[12]Shuttle America'!JS$23+'[12]Shuttle America'!JS$28</f>
-[...3 lines deleted...]
-    <row r="29" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Shuttle America'!JS$23+'[13]Shuttle America'!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R28" s="10"/>
+    </row>
+    <row r="29" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="10">
-        <f>'[12]Sky West_UA'!JH$23+'[12]Sky West_UA'!JH$28</f>
+        <f>'[13]Sky West_UA'!JH$23+'[13]Sky West_UA'!JH$28</f>
         <v>2345</v>
       </c>
       <c r="D29" s="10">
-        <f>'[12]Sky West_UA'!JI$23+'[12]Sky West_UA'!JI$28</f>
+        <f>'[13]Sky West_UA'!JI$23+'[13]Sky West_UA'!JI$28</f>
         <v>2234</v>
       </c>
       <c r="E29" s="10">
-        <f>'[12]Sky West_UA'!JJ$23+'[12]Sky West_UA'!JJ$28</f>
+        <f>'[13]Sky West_UA'!JJ$23+'[13]Sky West_UA'!JJ$28</f>
         <v>1918</v>
       </c>
       <c r="F29" s="10">
-        <f>'[12]Sky West_UA'!JK$23+'[12]Sky West_UA'!JK$28</f>
+        <f>'[13]Sky West_UA'!JK$23+'[13]Sky West_UA'!JK$28</f>
         <v>2758</v>
       </c>
       <c r="G29" s="10">
-        <f>'[12]Sky West_UA'!JL$23+'[12]Sky West_UA'!JL$28</f>
+        <f>'[13]Sky West_UA'!JL$23+'[13]Sky West_UA'!JL$28</f>
         <v>4540</v>
       </c>
       <c r="H29" s="10">
-        <f>'[12]Sky West_UA'!JM$23+'[12]Sky West_UA'!JM$28</f>
+        <f>'[13]Sky West_UA'!JM$23+'[13]Sky West_UA'!JM$28</f>
         <v>3549</v>
       </c>
       <c r="I29" s="10">
-        <f>'[12]Sky West_UA'!JN$23+'[12]Sky West_UA'!JN$28</f>
+        <f>'[13]Sky West_UA'!JN$23+'[13]Sky West_UA'!JN$28</f>
         <v>3499</v>
       </c>
       <c r="J29" s="10">
-        <f>'[12]Sky West_UA'!JO$23+'[12]Sky West_UA'!JO$28</f>
+        <f>'[13]Sky West_UA'!JO$23+'[13]Sky West_UA'!JO$28</f>
         <v>4010</v>
       </c>
       <c r="K29" s="10">
-        <f>'[12]Sky West_UA'!JP$23+'[12]Sky West_UA'!JP$28</f>
+        <f>'[13]Sky West_UA'!JP$23+'[13]Sky West_UA'!JP$28</f>
         <v>2920</v>
       </c>
       <c r="L29" s="10">
-        <f>'[12]Sky West_UA'!JQ$23+'[12]Sky West_UA'!JQ$28</f>
+        <f>'[13]Sky West_UA'!JQ$23+'[13]Sky West_UA'!JQ$28</f>
         <v>2904</v>
       </c>
       <c r="M29" s="10">
-        <f>'[12]Sky West_UA'!JR$23+'[12]Sky West_UA'!JR$28</f>
+        <f>'[13]Sky West_UA'!JR$23+'[13]Sky West_UA'!JR$28</f>
         <v>2644</v>
       </c>
       <c r="N29" s="10">
-        <f>'[12]Sky West_UA'!JS$23+'[12]Sky West_UA'!JS$28</f>
-[...3 lines deleted...]
-    <row r="30" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Sky West_UA'!JS$23+'[13]Sky West_UA'!JS$28</f>
+        <v>1963</v>
+      </c>
+      <c r="R29" s="10"/>
+    </row>
+    <row r="30" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="10">
-        <f>'[12]Sky West_AA'!JH$23+'[12]Sky West_AA'!JH$28</f>
+        <f>'[13]Sky West_AA'!JH$23+'[13]Sky West_AA'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D30" s="10">
-        <f>'[12]Sky West_AA'!JI$23+'[12]Sky West_AA'!JI$28</f>
+        <f>'[13]Sky West_AA'!JI$23+'[13]Sky West_AA'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E30" s="10">
-        <f>'[12]Sky West_AA'!JJ$23+'[12]Sky West_AA'!JJ$28</f>
+        <f>'[13]Sky West_AA'!JJ$23+'[13]Sky West_AA'!JJ$28</f>
         <v>64</v>
       </c>
       <c r="F30" s="10">
-        <f>'[12]Sky West_AA'!JK$23+'[12]Sky West_AA'!JK$28</f>
+        <f>'[13]Sky West_AA'!JK$23+'[13]Sky West_AA'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G30" s="10">
-        <f>'[12]Sky West_AA'!JL$23+'[12]Sky West_AA'!JL$28</f>
+        <f>'[13]Sky West_AA'!JL$23+'[13]Sky West_AA'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H30" s="10">
-        <f>'[12]Sky West_AA'!JM$23+'[12]Sky West_AA'!JM$28</f>
+        <f>'[13]Sky West_AA'!JM$23+'[13]Sky West_AA'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I30" s="10">
-        <f>'[12]Sky West_AA'!JN$23+'[12]Sky West_AA'!JN$28</f>
+        <f>'[13]Sky West_AA'!JN$23+'[13]Sky West_AA'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J30" s="10">
-        <f>'[12]Sky West_AA'!JO$23+'[12]Sky West_AA'!JO$28</f>
+        <f>'[13]Sky West_AA'!JO$23+'[13]Sky West_AA'!JO$28</f>
         <v>58</v>
       </c>
       <c r="K30" s="10">
-        <f>'[12]Sky West_AA'!JP$23+'[12]Sky West_AA'!JP$28</f>
+        <f>'[13]Sky West_AA'!JP$23+'[13]Sky West_AA'!JP$28</f>
         <v>2164</v>
       </c>
       <c r="L30" s="10">
-        <f>'[12]Sky West_AA'!JQ$23+'[12]Sky West_AA'!JQ$28</f>
+        <f>'[13]Sky West_AA'!JQ$23+'[13]Sky West_AA'!JQ$28</f>
         <v>541</v>
       </c>
       <c r="M30" s="10">
-        <f>'[12]Sky West_AA'!JR$23+'[12]Sky West_AA'!JR$28</f>
+        <f>'[13]Sky West_AA'!JR$23+'[13]Sky West_AA'!JR$28</f>
         <v>95</v>
       </c>
       <c r="N30" s="10">
-        <f>'[12]Sky West_AA'!JS$23+'[12]Sky West_AA'!JS$28</f>
-[...3 lines deleted...]
-    <row r="31" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Sky West_AA'!JS$23+'[13]Sky West_AA'!JS$28</f>
+        <v>1008</v>
+      </c>
+      <c r="R30" s="10"/>
+    </row>
+    <row r="31" spans="2:18" hidden="1" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="10">
-        <f>'[12]Sky West_AS'!JH$23+'[12]Sky West_AS'!JH$28</f>
+        <f>'[13]Sky West_AS'!JH$23+'[13]Sky West_AS'!JH$28</f>
         <v>0</v>
       </c>
       <c r="D31" s="10">
-        <f>'[12]Sky West_AS'!JI$23+'[12]Sky West_AS'!JI$28</f>
+        <f>'[13]Sky West_AS'!JI$23+'[13]Sky West_AS'!JI$28</f>
         <v>0</v>
       </c>
       <c r="E31" s="10">
-        <f>'[12]Sky West_AS'!JJ$23+'[12]Sky West_AS'!JJ$28</f>
+        <f>'[13]Sky West_AS'!JJ$23+'[13]Sky West_AS'!JJ$28</f>
         <v>0</v>
       </c>
       <c r="F31" s="10">
-        <f>'[12]Sky West_AS'!JK$23+'[12]Sky West_AS'!JK$28</f>
+        <f>'[13]Sky West_AS'!JK$23+'[13]Sky West_AS'!JK$28</f>
         <v>0</v>
       </c>
       <c r="G31" s="10">
-        <f>'[12]Sky West_AS'!JL$23+'[12]Sky West_AS'!JL$28</f>
+        <f>'[13]Sky West_AS'!JL$23+'[13]Sky West_AS'!JL$28</f>
         <v>0</v>
       </c>
       <c r="H31" s="10">
-        <f>'[12]Sky West_AS'!JM$23+'[12]Sky West_AS'!JM$28</f>
+        <f>'[13]Sky West_AS'!JM$23+'[13]Sky West_AS'!JM$28</f>
         <v>0</v>
       </c>
       <c r="I31" s="10">
-        <f>'[12]Sky West_AS'!JN$23+'[12]Sky West_AS'!JN$28</f>
+        <f>'[13]Sky West_AS'!JN$23+'[13]Sky West_AS'!JN$28</f>
         <v>0</v>
       </c>
       <c r="J31" s="10">
-        <f>'[12]Sky West_AS'!JO$23+'[12]Sky West_AS'!JO$28</f>
+        <f>'[13]Sky West_AS'!JO$23+'[13]Sky West_AS'!JO$28</f>
         <v>0</v>
       </c>
       <c r="K31" s="10">
-        <f>'[12]Sky West_AS'!JP$23+'[12]Sky West_AS'!JP$28</f>
+        <f>'[13]Sky West_AS'!JP$23+'[13]Sky West_AS'!JP$28</f>
         <v>0</v>
       </c>
       <c r="L31" s="10">
-        <f>'[12]Sky West_AS'!JQ$23+'[12]Sky West_AS'!JQ$28</f>
+        <f>'[13]Sky West_AS'!JQ$23+'[13]Sky West_AS'!JQ$28</f>
         <v>0</v>
       </c>
       <c r="M31" s="10">
-        <f>'[12]Sky West_AS'!JR$23+'[12]Sky West_AS'!JR$28</f>
+        <f>'[13]Sky West_AS'!JR$23+'[13]Sky West_AS'!JR$28</f>
         <v>0</v>
       </c>
       <c r="N31" s="10">
-        <f>'[12]Sky West_AS'!JS$23+'[12]Sky West_AS'!JS$28</f>
-[...3 lines deleted...]
-    <row r="32" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Sky West_AS'!JS$23+'[13]Sky West_AS'!JS$28</f>
+        <v>0</v>
+      </c>
+      <c r="R31" s="10"/>
+    </row>
+    <row r="32" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="10">
-        <f>+[12]Spirit!JH$23+[12]Spirit!JH$28</f>
+        <f>+[13]Spirit!JH$23+[13]Spirit!JH$28</f>
         <v>10298</v>
       </c>
       <c r="D32" s="10">
-        <f>+[12]Spirit!JI$23+[12]Spirit!JI$28</f>
+        <f>+[13]Spirit!JI$23+[13]Spirit!JI$28</f>
         <v>6906</v>
       </c>
       <c r="E32" s="10">
-        <f>+[12]Spirit!JJ$23+[12]Spirit!JJ$28</f>
+        <f>+[13]Spirit!JJ$23+[13]Spirit!JJ$28</f>
         <v>23124</v>
       </c>
       <c r="F32" s="10">
-        <f>+[12]Spirit!JK$23+[12]Spirit!JK$28</f>
+        <f>+[13]Spirit!JK$23+[13]Spirit!JK$28</f>
         <v>8055</v>
       </c>
       <c r="G32" s="10">
-        <f>+[12]Spirit!JL$23+[12]Spirit!JL$28</f>
+        <f>+[13]Spirit!JL$23+[13]Spirit!JL$28</f>
         <v>6132</v>
       </c>
       <c r="H32" s="10">
-        <f>+[12]Spirit!JM$23+[12]Spirit!JM$28</f>
+        <f>+[13]Spirit!JM$23+[13]Spirit!JM$28</f>
         <v>5933</v>
       </c>
       <c r="I32" s="10">
-        <f>+[12]Spirit!JN$23+[12]Spirit!JN$28</f>
+        <f>+[13]Spirit!JN$23+[13]Spirit!JN$28</f>
         <v>7101</v>
       </c>
       <c r="J32" s="10">
-        <f>+[12]Spirit!JO$23+[12]Spirit!JO$28</f>
+        <f>+[13]Spirit!JO$23+[13]Spirit!JO$28</f>
         <v>9015</v>
       </c>
       <c r="K32" s="10">
-        <f>+[12]Spirit!JP$23+[12]Spirit!JP$28</f>
+        <f>+[13]Spirit!JP$23+[13]Spirit!JP$28</f>
         <v>4105</v>
       </c>
       <c r="L32" s="10">
-        <f>+[12]Spirit!JQ$23+[12]Spirit!JQ$28</f>
+        <f>+[13]Spirit!JQ$23+[13]Spirit!JQ$28</f>
         <v>4464</v>
       </c>
       <c r="M32" s="10">
-        <f>+[12]Spirit!JR$23+[12]Spirit!JR$28</f>
+        <f>+[13]Spirit!JR$23+[13]Spirit!JR$28</f>
         <v>3300</v>
       </c>
       <c r="N32" s="10">
-        <f>+[12]Spirit!JS$23+[12]Spirit!JS$28</f>
-[...3 lines deleted...]
-    <row r="33" spans="2:14" x14ac:dyDescent="0.2">
+        <f>+[13]Spirit!JS$23+[13]Spirit!JS$28</f>
+        <v>213</v>
+      </c>
+      <c r="R32" s="10"/>
+    </row>
+    <row r="33" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="10">
-        <f>[12]United!JH$23+[12]United!JH$28</f>
+        <f>[13]United!JH$23+[13]United!JH$28</f>
         <v>44719</v>
       </c>
       <c r="D33" s="10">
-        <f>[12]United!JI$23+[12]United!JI$28</f>
+        <f>[13]United!JI$23+[13]United!JI$28</f>
         <v>40992</v>
       </c>
       <c r="E33" s="10">
-        <f>[12]United!JJ$23+[12]United!JJ$28</f>
+        <f>[13]United!JJ$23+[13]United!JJ$28</f>
         <v>46755</v>
       </c>
       <c r="F33" s="10">
-        <f>[12]United!JK$23+[12]United!JK$28</f>
+        <f>[13]United!JK$23+[13]United!JK$28</f>
         <v>42193</v>
       </c>
       <c r="G33" s="10">
-        <f>[12]United!JL$23+[12]United!JL$28</f>
+        <f>[13]United!JL$23+[13]United!JL$28</f>
         <v>53287</v>
       </c>
       <c r="H33" s="10">
-        <f>[12]United!JM$23+[12]United!JM$28</f>
+        <f>[13]United!JM$23+[13]United!JM$28</f>
         <v>57113</v>
       </c>
       <c r="I33" s="10">
-        <f>[12]United!JN$23+[12]United!JN$28</f>
+        <f>[13]United!JN$23+[13]United!JN$28</f>
         <v>61353</v>
       </c>
       <c r="J33" s="10">
-        <f>[12]United!JO$23+[12]United!JO$28</f>
+        <f>[13]United!JO$23+[13]United!JO$28</f>
         <v>65920</v>
       </c>
       <c r="K33" s="10">
-        <f>[12]United!JP$23+[12]United!JP$28</f>
+        <f>[13]United!JP$23+[13]United!JP$28</f>
         <v>67922</v>
       </c>
       <c r="L33" s="10">
-        <f>[12]United!JQ$23+[12]United!JQ$28</f>
+        <f>[13]United!JQ$23+[13]United!JQ$28</f>
         <v>65009</v>
       </c>
       <c r="M33" s="10">
-        <f>[12]United!JR$23+[12]United!JR$28</f>
+        <f>[13]United!JR$23+[13]United!JR$28</f>
         <v>47127</v>
       </c>
       <c r="N33" s="10">
-        <f>[12]United!JS$23+[12]United!JS$28</f>
-[...3 lines deleted...]
-    <row r="34" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]United!JS$23+[13]United!JS$28</f>
+        <v>47491</v>
+      </c>
+      <c r="R33" s="10"/>
+    </row>
+    <row r="34" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="10">
-        <f>[12]WestJet!JH23+[12]WestJet!JH33</f>
+        <f>[13]WestJet!JH23+[13]WestJet!JH33</f>
         <v>4786</v>
       </c>
       <c r="D34" s="10">
-        <f>[12]WestJet!JI23+[12]WestJet!JI33</f>
+        <f>[13]WestJet!JI23+[13]WestJet!JI33</f>
         <v>5164</v>
       </c>
       <c r="E34" s="10">
-        <f>[12]WestJet!JJ23+[12]WestJet!JJ33</f>
+        <f>[13]WestJet!JJ23+[13]WestJet!JJ33</f>
         <v>5164</v>
       </c>
       <c r="F34" s="10">
-        <f>[12]WestJet!JK23+[12]WestJet!JK33</f>
+        <f>[13]WestJet!JK23+[13]WestJet!JK33</f>
         <v>5778</v>
       </c>
       <c r="G34" s="10">
-        <f>[12]WestJet!JL23+[12]WestJet!JL33</f>
+        <f>[13]WestJet!JL23+[13]WestJet!JL33</f>
         <v>9167</v>
       </c>
       <c r="H34" s="10">
-        <f>[12]WestJet!JM23+[12]WestJet!JM33+[12]WestJet!$JM$28+[12]WestJet!$JM$38</f>
+        <f>[13]WestJet!JM23+[13]WestJet!JM33+[13]WestJet!$JM$28+[13]WestJet!$JM$38</f>
         <v>10749</v>
       </c>
       <c r="I34" s="10">
-        <f>[12]WestJet!JN23+[12]WestJet!JN33</f>
+        <f>[13]WestJet!JN23+[13]WestJet!JN33</f>
         <v>10238</v>
       </c>
       <c r="J34" s="10">
-        <f>[12]WestJet!JO23+[12]WestJet!JO33</f>
+        <f>[13]WestJet!JO23+[13]WestJet!JO33</f>
         <v>10991</v>
       </c>
       <c r="K34" s="10">
-        <f>[12]WestJet!JP23+[12]WestJet!JP33</f>
+        <f>[13]WestJet!JP23+[13]WestJet!JP33</f>
         <v>7787</v>
       </c>
       <c r="L34" s="10">
-        <f>[12]WestJet!JQ23+[12]WestJet!JQ33</f>
+        <f>[13]WestJet!JQ23+[13]WestJet!JQ33</f>
         <v>7698</v>
       </c>
       <c r="M34" s="10">
-        <f>[12]WestJet!JR23+[12]WestJet!JR33</f>
+        <f>[13]WestJet!JR23+[13]WestJet!JR33</f>
         <v>4660</v>
       </c>
       <c r="N34" s="10">
-        <f>[12]WestJet!JS23+[12]WestJet!JS33</f>
-[...3 lines deleted...]
-    <row r="36" spans="2:14" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <f>[13]WestJet!JS23+[13]WestJet!JS33</f>
+        <v>5057</v>
+      </c>
+      <c r="R34" s="10"/>
+    </row>
+    <row r="36" spans="2:18" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B36" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="12">
         <f t="shared" ref="C36:N36" si="0">SUM(C10:C35)</f>
         <v>146865</v>
       </c>
       <c r="D36" s="12">
         <f>SUM(D10:D35)</f>
         <v>133958</v>
       </c>
       <c r="E36" s="12">
         <f t="shared" si="0"/>
         <v>184437</v>
       </c>
       <c r="F36" s="12">
         <f t="shared" si="0"/>
         <v>142821</v>
       </c>
       <c r="G36" s="12">
         <f t="shared" si="0"/>
         <v>173720</v>
       </c>
       <c r="H36" s="12">
         <f t="shared" si="0"/>
         <v>189856</v>
       </c>
       <c r="I36" s="12">
         <f t="shared" si="0"/>
         <v>202605</v>
       </c>
       <c r="J36" s="12">
         <f t="shared" si="0"/>
         <v>206136</v>
       </c>
       <c r="K36" s="12">
         <f t="shared" si="0"/>
         <v>183341</v>
       </c>
       <c r="L36" s="12">
         <f t="shared" si="0"/>
         <v>183415</v>
       </c>
       <c r="M36" s="12">
         <f t="shared" si="0"/>
         <v>137855</v>
       </c>
       <c r="N36" s="12">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+        <v>141758</v>
+      </c>
+    </row>
+    <row r="37" spans="2:18" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="91" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A4:N30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.5703125" customWidth="1"/>
-    <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.5546875" customWidth="1"/>
+    <col min="2" max="2" width="24.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:14" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="B4" s="16"/>
     </row>
-    <row r="5" spans="1:14" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="B5" s="16"/>
     </row>
-    <row r="7" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" s="22">
         <v>2025</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="11" spans="1:14" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B11" s="53" t="s">
         <v>69</v>
       </c>
       <c r="C11" s="10">
-        <f>[12]Southwest!JH$23+[12]Southwest!JH$28+[12]Southwest!JH$33+[12]Southwest!JH$38</f>
+        <f>[13]Southwest!JH$23+[13]Southwest!JH$28+[13]Southwest!JH$33+[13]Southwest!JH$38</f>
         <v>47570</v>
       </c>
       <c r="D11" s="10">
-        <f>[12]Southwest!JI$23+[12]Southwest!JI$28+[12]Southwest!JI$33+[12]Southwest!JI$38</f>
+        <f>[13]Southwest!JI$23+[13]Southwest!JI$28+[13]Southwest!JI$33+[13]Southwest!JI$38</f>
         <v>46522</v>
       </c>
       <c r="E11" s="10">
-        <f>[12]Southwest!JJ$23+[12]Southwest!JJ$28+[12]Southwest!JJ$33+[12]Southwest!JJ$38</f>
+        <f>[13]Southwest!JJ$23+[13]Southwest!JJ$28+[13]Southwest!JJ$33+[13]Southwest!JJ$38</f>
         <v>67931</v>
       </c>
       <c r="F11" s="10">
-        <f>[12]Southwest!JK$23+[12]Southwest!JK$28+[12]Southwest!JK$33+[12]Southwest!JK$38</f>
+        <f>[13]Southwest!JK$23+[13]Southwest!JK$28+[13]Southwest!JK$33+[13]Southwest!JK$38</f>
         <v>53381</v>
       </c>
       <c r="G11" s="10">
-        <f>[12]Southwest!JL$23+[12]Southwest!JL$28+[12]Southwest!JL$33+[12]Southwest!JL$38</f>
+        <f>[13]Southwest!JL$23+[13]Southwest!JL$28+[13]Southwest!JL$33+[13]Southwest!JL$38</f>
         <v>60389</v>
       </c>
       <c r="H11" s="10">
-        <f>[12]Southwest!JM$23+[12]Southwest!JM$28+[12]Southwest!JM$33+[12]Southwest!JM$38</f>
+        <f>[13]Southwest!JM$23+[13]Southwest!JM$28+[13]Southwest!JM$33+[13]Southwest!JM$38</f>
         <v>72792</v>
       </c>
       <c r="I11" s="10">
-        <f>[12]Southwest!JN$23+[12]Southwest!JN$28+[12]Southwest!JN$33+[12]Southwest!JN$38</f>
+        <f>[13]Southwest!JN$23+[13]Southwest!JN$28+[13]Southwest!JN$33+[13]Southwest!JN$38</f>
         <v>79114</v>
       </c>
       <c r="J11" s="10">
-        <f>[12]Southwest!JO$23+[12]Southwest!JO$28+[12]Southwest!JO$33+[12]Southwest!JO$38</f>
+        <f>[13]Southwest!JO$23+[13]Southwest!JO$28+[13]Southwest!JO$33+[13]Southwest!JO$38</f>
         <v>80771</v>
       </c>
       <c r="K11" s="10">
-        <f>[12]Southwest!JP$23+[12]Southwest!JP$28+[12]Southwest!JP$33+[12]Southwest!JP$38</f>
+        <f>[13]Southwest!JP$23+[13]Southwest!JP$28+[13]Southwest!JP$33+[13]Southwest!JP$38</f>
         <v>75602</v>
       </c>
       <c r="L11" s="10">
-        <f>[12]Southwest!JQ$23+[12]Southwest!JQ$28+[12]Southwest!JQ$33+[12]Southwest!JQ$38</f>
+        <f>[13]Southwest!JQ$23+[13]Southwest!JQ$28+[13]Southwest!JQ$33+[13]Southwest!JQ$38</f>
         <v>77159</v>
       </c>
       <c r="M11" s="10">
-        <f>[12]Southwest!JR$23+[12]Southwest!JR$28+[12]Southwest!JR$33+[12]Southwest!JR$38</f>
+        <f>[13]Southwest!JR$23+[13]Southwest!JR$28+[13]Southwest!JR$33+[13]Southwest!JR$38</f>
         <v>51253</v>
       </c>
       <c r="N11" s="10">
-        <f>[12]Southwest!JS$23+[12]Southwest!JS$28+[12]Southwest!JS$33+[12]Southwest!JS$38</f>
-[...3 lines deleted...]
-    <row r="12" spans="1:14" x14ac:dyDescent="0.2">
+        <f>[13]Southwest!JS$23+[13]Southwest!JS$28+[13]Southwest!JS$33+[13]Southwest!JS$38</f>
+        <v>59377</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="10">
-        <f>[12]Icelandair!JH$23+[12]Icelandair!JH$28+[12]Icelandair!JH$33+[12]Icelandair!JH$38</f>
+        <f>[13]Icelandair!JH$23+[13]Icelandair!JH$28+[13]Icelandair!JH$33+[13]Icelandair!JH$38</f>
         <v>410</v>
       </c>
       <c r="D12" s="10">
-        <f>[12]Icelandair!JI$23+[12]Icelandair!JI$28+[12]Icelandair!JI$33+[12]Icelandair!JI$38</f>
+        <f>[13]Icelandair!JI$23+[13]Icelandair!JI$28+[13]Icelandair!JI$33+[13]Icelandair!JI$38</f>
         <v>151</v>
       </c>
       <c r="E12" s="10">
-        <f>[12]Icelandair!JJ$23+[12]Icelandair!JJ$28+[12]Icelandair!JJ$33+[12]Icelandair!JJ$38</f>
+        <f>[13]Icelandair!JJ$23+[13]Icelandair!JJ$28+[13]Icelandair!JJ$33+[13]Icelandair!JJ$38</f>
         <v>2978</v>
       </c>
       <c r="F12" s="10">
-        <f>[12]Icelandair!JK$23+[12]Icelandair!JK$28+[12]Icelandair!JK$33+[12]Icelandair!JK$38</f>
+        <f>[13]Icelandair!JK$23+[13]Icelandair!JK$28+[13]Icelandair!JK$33+[13]Icelandair!JK$38</f>
         <v>2589</v>
       </c>
       <c r="G12" s="10">
-        <f>[12]Icelandair!JL$23+[12]Icelandair!JL$28+[12]Icelandair!JL$33+[12]Icelandair!JL$38</f>
+        <f>[13]Icelandair!JL$23+[13]Icelandair!JL$28+[13]Icelandair!JL$33+[13]Icelandair!JL$38</f>
         <v>4516</v>
       </c>
       <c r="H12" s="10">
-        <f>[12]Icelandair!JM$23+[12]Icelandair!JM$28+[12]Icelandair!JM$33+[12]Icelandair!JM$38</f>
+        <f>[13]Icelandair!JM$23+[13]Icelandair!JM$28+[13]Icelandair!JM$33+[13]Icelandair!JM$38</f>
         <v>4764</v>
       </c>
       <c r="I12" s="10">
-        <f>[12]Icelandair!JN$23+[12]Icelandair!JN$28+[12]Icelandair!JN$33+[12]Icelandair!JN$38</f>
+        <f>[13]Icelandair!JN$23+[13]Icelandair!JN$28+[13]Icelandair!JN$33+[13]Icelandair!JN$38</f>
         <v>4696</v>
       </c>
       <c r="J12" s="10">
-        <f>[12]Icelandair!JO$23+[12]Icelandair!JO$28+[12]Icelandair!JO$33+[12]Icelandair!JO$38</f>
+        <f>[13]Icelandair!JO$23+[13]Icelandair!JO$28+[13]Icelandair!JO$33+[13]Icelandair!JO$38</f>
         <v>5064</v>
       </c>
       <c r="K12" s="10">
-        <f>[12]Icelandair!JP$23+[12]Icelandair!JP$28+[12]Icelandair!JP$33+[12]Icelandair!JP$38</f>
+        <f>[13]Icelandair!JP$23+[13]Icelandair!JP$28+[13]Icelandair!JP$33+[13]Icelandair!JP$38</f>
         <v>4642</v>
       </c>
       <c r="L12" s="10">
-        <f>[12]Icelandair!JQ$23+[12]Icelandair!JQ$28+[12]Icelandair!JQ$33+[12]Icelandair!JQ$38</f>
+        <f>[13]Icelandair!JQ$23+[13]Icelandair!JQ$28+[13]Icelandair!JQ$33+[13]Icelandair!JQ$38</f>
         <v>3333</v>
       </c>
       <c r="M12" s="10">
-        <f>[12]Icelandair!JR$23+[12]Icelandair!JR$28+[12]Icelandair!JR$33+[12]Icelandair!JR$38</f>
+        <f>[13]Icelandair!JR$23+[13]Icelandair!JR$28+[13]Icelandair!JR$33+[13]Icelandair!JR$38</f>
         <v>2480</v>
       </c>
       <c r="N12" s="10">
-        <f>[12]Icelandair!JS$23+[12]Icelandair!JS$28+[12]Icelandair!JS$33+[12]Icelandair!JS$38</f>
-[...3 lines deleted...]
-    <row r="13" spans="1:14" x14ac:dyDescent="0.2">
+        <f>[13]Icelandair!JS$23+[13]Icelandair!JS$28+[13]Icelandair!JS$33+[13]Icelandair!JS$38</f>
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="10">
-        <f>'[12]Sun Country'!JH$23+'[12]Sun Country'!JH$28+'[12]Sun Country'!JH$33+'[12]Sun Country'!JH$38</f>
+        <f>'[13]Sun Country'!JH$23+'[13]Sun Country'!JH$28+'[13]Sun Country'!JH$33+'[13]Sun Country'!JH$38</f>
         <v>118953</v>
       </c>
       <c r="D13" s="10">
-        <f>'[12]Sun Country'!JI$23+'[12]Sun Country'!JI$28+'[12]Sun Country'!JI$33+'[12]Sun Country'!JI$38</f>
+        <f>'[13]Sun Country'!JI$23+'[13]Sun Country'!JI$28+'[13]Sun Country'!JI$33+'[13]Sun Country'!JI$38</f>
         <v>168506</v>
       </c>
       <c r="E13" s="10">
-        <f>'[12]Sun Country'!JJ$23+'[12]Sun Country'!JJ$28+'[12]Sun Country'!JJ$33+'[12]Sun Country'!JJ$38</f>
+        <f>'[13]Sun Country'!JJ$23+'[13]Sun Country'!JJ$28+'[13]Sun Country'!JJ$33+'[13]Sun Country'!JJ$38</f>
         <v>229354</v>
       </c>
       <c r="F13" s="10">
-        <f>'[12]Sun Country'!JK$23+'[12]Sun Country'!JK$28+'[12]Sun Country'!JK$33+'[12]Sun Country'!JK$38</f>
+        <f>'[13]Sun Country'!JK$23+'[13]Sun Country'!JK$28+'[13]Sun Country'!JK$33+'[13]Sun Country'!JK$38</f>
         <v>149842</v>
       </c>
       <c r="G13" s="10">
-        <f>'[12]Sun Country'!JL$23+'[12]Sun Country'!JL$28+'[12]Sun Country'!JL$33+'[12]Sun Country'!JL$38</f>
+        <f>'[13]Sun Country'!JL$23+'[13]Sun Country'!JL$28+'[13]Sun Country'!JL$33+'[13]Sun Country'!JL$38</f>
         <v>140124</v>
       </c>
       <c r="H13" s="10">
-        <f>'[12]Sun Country'!JM$23+'[12]Sun Country'!JM$28+'[12]Sun Country'!JM$33+'[12]Sun Country'!JM$38</f>
+        <f>'[13]Sun Country'!JM$23+'[13]Sun Country'!JM$28+'[13]Sun Country'!JM$33+'[13]Sun Country'!JM$38</f>
         <v>202933</v>
       </c>
       <c r="I13" s="10">
-        <f>'[12]Sun Country'!JN$23+'[12]Sun Country'!JN$28+'[12]Sun Country'!JN$33+'[12]Sun Country'!JN$38</f>
+        <f>'[13]Sun Country'!JN$23+'[13]Sun Country'!JN$28+'[13]Sun Country'!JN$33+'[13]Sun Country'!JN$38</f>
         <v>221723</v>
       </c>
       <c r="J13" s="10">
-        <f>'[12]Sun Country'!JO$23+'[12]Sun Country'!JO$28+'[12]Sun Country'!JO$33+'[12]Sun Country'!JO$38</f>
+        <f>'[13]Sun Country'!JO$23+'[13]Sun Country'!JO$28+'[13]Sun Country'!JO$33+'[13]Sun Country'!JO$38</f>
         <v>173424</v>
       </c>
       <c r="K13" s="10">
-        <f>'[12]Sun Country'!JP$23+'[12]Sun Country'!JP$28+'[12]Sun Country'!JP$33+'[12]Sun Country'!JP$38</f>
+        <f>'[13]Sun Country'!JP$23+'[13]Sun Country'!JP$28+'[13]Sun Country'!JP$33+'[13]Sun Country'!JP$38</f>
         <v>91163</v>
       </c>
       <c r="L13" s="10">
-        <f>'[12]Sun Country'!JQ$23+'[12]Sun Country'!JQ$28+'[12]Sun Country'!JQ$33+'[12]Sun Country'!JQ$38</f>
+        <f>'[13]Sun Country'!JQ$23+'[13]Sun Country'!JQ$28+'[13]Sun Country'!JQ$33+'[13]Sun Country'!JQ$38</f>
         <v>155699</v>
       </c>
       <c r="M13" s="10">
-        <f>'[12]Sun Country'!JR$23+'[12]Sun Country'!JR$28+'[12]Sun Country'!JR$33+'[12]Sun Country'!JR$38</f>
+        <f>'[13]Sun Country'!JR$23+'[13]Sun Country'!JR$28+'[13]Sun Country'!JR$33+'[13]Sun Country'!JR$38</f>
         <v>153189</v>
       </c>
       <c r="N13" s="10">
-        <f>'[12]Sun Country'!JS$23+'[12]Sun Country'!JS$28+'[12]Sun Country'!JS$33+'[12]Sun Country'!JS$38</f>
-[...3 lines deleted...]
-    <row r="14" spans="1:14" x14ac:dyDescent="0.2">
+        <f>'[13]Sun Country'!JS$23+'[13]Sun Country'!JS$28+'[13]Sun Country'!JS$33+'[13]Sun Country'!JS$38</f>
+        <v>186854</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="10">
-        <f>[12]Condor!JH$23+[12]Condor!JH$28+[12]Condor!JH$33+[12]Condor!JH$38</f>
+        <f>[13]Condor!JH$23+[13]Condor!JH$28+[13]Condor!JH$33+[13]Condor!JH$38</f>
         <v>0</v>
       </c>
       <c r="D14" s="10">
-        <f>[12]Condor!JI$23+[12]Condor!JI$28+[12]Condor!JI$33+[12]Condor!JI$38</f>
+        <f>[13]Condor!JI$23+[13]Condor!JI$28+[13]Condor!JI$33+[13]Condor!JI$38</f>
         <v>0</v>
       </c>
       <c r="E14" s="10">
-        <f>[12]Condor!JJ$23+[12]Condor!JJ$28+[12]Condor!JJ$33+[12]Condor!JJ$38</f>
+        <f>[13]Condor!JJ$23+[13]Condor!JJ$28+[13]Condor!JJ$33+[13]Condor!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F14" s="10">
-        <f>[12]Condor!JK$23+[12]Condor!JK$28+[12]Condor!JK$33+[12]Condor!JK$38</f>
+        <f>[13]Condor!JK$23+[13]Condor!JK$28+[13]Condor!JK$33+[13]Condor!JK$38</f>
         <v>0</v>
       </c>
       <c r="G14" s="10">
-        <f>[12]Condor!JL$23+[12]Condor!JL$28+[12]Condor!JL$33+[12]Condor!JL$38</f>
+        <f>[13]Condor!JL$23+[13]Condor!JL$28+[13]Condor!JL$33+[13]Condor!JL$38</f>
         <v>0</v>
       </c>
       <c r="H14" s="10">
-        <f>[12]Condor!JM$23+[12]Condor!JM$28+[12]Condor!JM$33+[12]Condor!JM$38</f>
+        <f>[13]Condor!JM$23+[13]Condor!JM$28+[13]Condor!JM$33+[13]Condor!JM$38</f>
         <v>0</v>
       </c>
       <c r="I14" s="10">
-        <f>[12]Condor!JN$23+[12]Condor!JN$28+[12]Condor!JN$33+[12]Condor!JN$38</f>
+        <f>[13]Condor!JN$23+[13]Condor!JN$28+[13]Condor!JN$33+[13]Condor!JN$38</f>
         <v>0</v>
       </c>
       <c r="J14" s="10">
-        <f>[12]Condor!JO$23+[12]Condor!JO$28+[12]Condor!JO$33+[12]Condor!JO$38</f>
+        <f>[13]Condor!JO$23+[13]Condor!JO$28+[13]Condor!JO$33+[13]Condor!JO$38</f>
         <v>0</v>
       </c>
       <c r="K14" s="10">
-        <f>[12]Condor!JP$23+[12]Condor!JP$28+[12]Condor!JP$33+[12]Condor!JP$38</f>
+        <f>[13]Condor!JP$23+[13]Condor!JP$28+[13]Condor!JP$33+[13]Condor!JP$38</f>
         <v>0</v>
       </c>
       <c r="L14" s="10">
-        <f>[12]Condor!JQ$23+[12]Condor!JQ$28+[12]Condor!JQ$33+[12]Condor!JQ$38</f>
+        <f>[13]Condor!JQ$23+[13]Condor!JQ$28+[13]Condor!JQ$33+[13]Condor!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M14" s="10">
-        <f>[12]Condor!JR$23+[12]Condor!JR$28+[12]Condor!JR$33+[12]Condor!JR$38</f>
+        <f>[13]Condor!JR$23+[13]Condor!JR$28+[13]Condor!JR$33+[13]Condor!JR$38</f>
         <v>0</v>
       </c>
       <c r="N14" s="10">
-        <f>[12]Condor!JS$23+[12]Condor!JS$28+[12]Condor!JS$33+[12]Condor!JS$38</f>
-[...3 lines deleted...]
-    <row r="15" spans="1:14" x14ac:dyDescent="0.2">
+        <f>[13]Condor!JS$23+[13]Condor!JS$28+[13]Condor!JS$33+[13]Condor!JS$38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="10">
-        <f>'[12]Allegiant '!JH$23+'[12]Allegiant '!JH$28+'[12]Allegiant '!JH$33+'[12]Allegiant '!JH$38</f>
+        <f>'[13]Allegiant '!JH$23+'[13]Allegiant '!JH$28+'[13]Allegiant '!JH$33+'[13]Allegiant '!JH$38</f>
         <v>3730</v>
       </c>
       <c r="D15" s="10">
-        <f>'[12]Allegiant '!JI$23+'[12]Allegiant '!JI$28+'[12]Allegiant '!JI$33+'[12]Allegiant '!JI$38</f>
+        <f>'[13]Allegiant '!JI$23+'[13]Allegiant '!JI$28+'[13]Allegiant '!JI$33+'[13]Allegiant '!JI$38</f>
         <v>4758</v>
       </c>
       <c r="E15" s="10">
-        <f>'[12]Allegiant '!JJ$23+'[12]Allegiant '!JJ$28+'[12]Allegiant '!JJ$33+'[12]Allegiant '!JJ$38</f>
+        <f>'[13]Allegiant '!JJ$23+'[13]Allegiant '!JJ$28+'[13]Allegiant '!JJ$33+'[13]Allegiant '!JJ$38</f>
         <v>7488</v>
       </c>
       <c r="F15" s="10">
-        <f>'[12]Allegiant '!JK$23+'[12]Allegiant '!JK$28+'[12]Allegiant '!JK$33+'[12]Allegiant '!JK$38</f>
+        <f>'[13]Allegiant '!JK$23+'[13]Allegiant '!JK$28+'[13]Allegiant '!JK$33+'[13]Allegiant '!JK$38</f>
         <v>2007</v>
       </c>
       <c r="G15" s="10">
-        <f>'[12]Allegiant '!JL$23+'[12]Allegiant '!JL$28+'[12]Allegiant '!JL$33+'[12]Allegiant '!JL$38</f>
+        <f>'[13]Allegiant '!JL$23+'[13]Allegiant '!JL$28+'[13]Allegiant '!JL$33+'[13]Allegiant '!JL$38</f>
         <v>1194</v>
       </c>
       <c r="H15" s="10">
-        <f>'[12]Allegiant '!JM$23+'[12]Allegiant '!JM$28+'[12]Allegiant '!JM$33+'[12]Allegiant '!JM$38</f>
+        <f>'[13]Allegiant '!JM$23+'[13]Allegiant '!JM$28+'[13]Allegiant '!JM$33+'[13]Allegiant '!JM$38</f>
         <v>2752</v>
       </c>
       <c r="I15" s="10">
-        <f>'[12]Allegiant '!JN$23+'[12]Allegiant '!JN$28+'[12]Allegiant '!JN$33+'[12]Allegiant '!JN$38</f>
+        <f>'[13]Allegiant '!JN$23+'[13]Allegiant '!JN$28+'[13]Allegiant '!JN$33+'[13]Allegiant '!JN$38</f>
         <v>2623</v>
       </c>
       <c r="J15" s="10">
-        <f>'[12]Allegiant '!JO$23+'[12]Allegiant '!JO$28+'[12]Allegiant '!JO$33+'[12]Allegiant '!JO$38</f>
+        <f>'[13]Allegiant '!JO$23+'[13]Allegiant '!JO$28+'[13]Allegiant '!JO$33+'[13]Allegiant '!JO$38</f>
         <v>1133</v>
       </c>
       <c r="K15" s="10">
-        <f>'[12]Allegiant '!JP$23+'[12]Allegiant '!JP$28+'[12]Allegiant '!JP$33+'[12]Allegiant '!JP$38</f>
+        <f>'[13]Allegiant '!JP$23+'[13]Allegiant '!JP$28+'[13]Allegiant '!JP$33+'[13]Allegiant '!JP$38</f>
         <v>0</v>
       </c>
       <c r="L15" s="10">
-        <f>'[12]Allegiant '!JQ$23+'[12]Allegiant '!JQ$28+'[12]Allegiant '!JQ$33+'[12]Allegiant '!JQ$38</f>
+        <f>'[13]Allegiant '!JQ$23+'[13]Allegiant '!JQ$28+'[13]Allegiant '!JQ$33+'[13]Allegiant '!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M15" s="10">
-        <f>'[12]Allegiant '!JR$23+'[12]Allegiant '!JR$28+'[12]Allegiant '!JR$33+'[12]Allegiant '!JR$38</f>
+        <f>'[13]Allegiant '!JR$23+'[13]Allegiant '!JR$28+'[13]Allegiant '!JR$33+'[13]Allegiant '!JR$38</f>
         <v>0</v>
       </c>
       <c r="N15" s="10">
-        <f>'[12]Allegiant '!JS$23+'[12]Allegiant '!JS$28+'[12]Allegiant '!JS$33+'[12]Allegiant '!JS$38</f>
-[...3 lines deleted...]
-    <row r="16" spans="1:14" x14ac:dyDescent="0.2">
+        <f>'[13]Allegiant '!JS$23+'[13]Allegiant '!JS$28+'[13]Allegiant '!JS$33+'[13]Allegiant '!JS$38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="10">
-        <f>'[12]Charter Misc'!JH$23+'[12]Charter Misc'!JH$28+'[12]Charter Misc'!JH$33+'[12]Charter Misc'!JH$38</f>
+        <f>'[13]Charter Misc'!JH$23+'[13]Charter Misc'!JH$28+'[13]Charter Misc'!JH$33+'[13]Charter Misc'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D16" s="10">
-        <f>'[12]Charter Misc'!JI$23+'[12]Charter Misc'!JI$28+'[12]Charter Misc'!JI$33+'[12]Charter Misc'!JI$38</f>
+        <f>'[13]Charter Misc'!JI$23+'[13]Charter Misc'!JI$28+'[13]Charter Misc'!JI$33+'[13]Charter Misc'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E16" s="10">
-        <f>'[12]Charter Misc'!JJ$23+'[12]Charter Misc'!JJ$28+'[12]Charter Misc'!JJ$33+'[12]Charter Misc'!JJ$38</f>
+        <f>'[13]Charter Misc'!JJ$23+'[13]Charter Misc'!JJ$28+'[13]Charter Misc'!JJ$33+'[13]Charter Misc'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F16" s="10">
-        <f>'[12]Charter Misc'!JK$23+'[12]Charter Misc'!JK$28+'[12]Charter Misc'!JK$33+'[12]Charter Misc'!JK$38</f>
+        <f>'[13]Charter Misc'!JK$23+'[13]Charter Misc'!JK$28+'[13]Charter Misc'!JK$33+'[13]Charter Misc'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G16" s="10">
-        <f>'[12]Charter Misc'!JL$23+'[12]Charter Misc'!JL$28+'[12]Charter Misc'!JL$33+'[12]Charter Misc'!JL$38</f>
+        <f>'[13]Charter Misc'!JL$23+'[13]Charter Misc'!JL$28+'[13]Charter Misc'!JL$33+'[13]Charter Misc'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H16" s="10">
-        <f>'[12]Charter Misc'!JM$23+'[12]Charter Misc'!JM$28+'[12]Charter Misc'!JM$33+'[12]Charter Misc'!JM$38</f>
+        <f>'[13]Charter Misc'!JM$23+'[13]Charter Misc'!JM$28+'[13]Charter Misc'!JM$33+'[13]Charter Misc'!JM$38</f>
         <v>133</v>
       </c>
       <c r="I16" s="10">
-        <f>'[12]Charter Misc'!JN$23+'[12]Charter Misc'!JN$28+'[12]Charter Misc'!JN$33+'[12]Charter Misc'!JN$38</f>
+        <f>'[13]Charter Misc'!JN$23+'[13]Charter Misc'!JN$28+'[13]Charter Misc'!JN$33+'[13]Charter Misc'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J16" s="10">
-        <f>'[12]Charter Misc'!JO$23+'[12]Charter Misc'!JO$28+'[12]Charter Misc'!JO$33+'[12]Charter Misc'!JO$38</f>
+        <f>'[13]Charter Misc'!JO$23+'[13]Charter Misc'!JO$28+'[13]Charter Misc'!JO$33+'[13]Charter Misc'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K16" s="10">
-        <f>'[12]Charter Misc'!JP$23+'[12]Charter Misc'!JP$28+'[12]Charter Misc'!JP$33+'[12]Charter Misc'!JP$38</f>
+        <f>'[13]Charter Misc'!JP$23+'[13]Charter Misc'!JP$28+'[13]Charter Misc'!JP$33+'[13]Charter Misc'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L16" s="10">
-        <f>'[12]Charter Misc'!JQ$23+'[12]Charter Misc'!JQ$28+'[12]Charter Misc'!JQ$33+'[12]Charter Misc'!JQ$38</f>
+        <f>'[13]Charter Misc'!JQ$23+'[13]Charter Misc'!JQ$28+'[13]Charter Misc'!JQ$33+'[13]Charter Misc'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M16" s="10">
-        <f>'[12]Charter Misc'!JR$23+'[12]Charter Misc'!JR$28+'[12]Charter Misc'!JR$33+'[12]Charter Misc'!JR$38</f>
+        <f>'[13]Charter Misc'!JR$23+'[13]Charter Misc'!JR$28+'[13]Charter Misc'!JR$33+'[13]Charter Misc'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N16" s="10">
-        <f>'[12]Charter Misc'!JS$23+'[12]Charter Misc'!JS$28+'[12]Charter Misc'!JS$33+'[12]Charter Misc'!JS$38</f>
-[...3 lines deleted...]
-    <row r="17" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Charter Misc'!JS$23+'[13]Charter Misc'!JS$28+'[13]Charter Misc'!JS$33+'[13]Charter Misc'!JS$38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="10">
-        <f>'[12]Jet Blue'!JH$23+'[12]Jet Blue'!JH$28+'[12]Jet Blue'!JH$33+'[12]Jet Blue'!JH$38</f>
+        <f>'[13]Jet Blue'!JH$23+'[13]Jet Blue'!JH$28+'[13]Jet Blue'!JH$33+'[13]Jet Blue'!JH$38</f>
         <v>0</v>
       </c>
       <c r="D17" s="10">
-        <f>'[12]Jet Blue'!JI$23+'[12]Jet Blue'!JI$28+'[12]Jet Blue'!JI$33+'[12]Jet Blue'!JI$38</f>
+        <f>'[13]Jet Blue'!JI$23+'[13]Jet Blue'!JI$28+'[13]Jet Blue'!JI$33+'[13]Jet Blue'!JI$38</f>
         <v>0</v>
       </c>
       <c r="E17" s="10">
-        <f>'[12]Jet Blue'!JJ$23+'[12]Jet Blue'!JJ$28+'[12]Jet Blue'!JJ$33+'[12]Jet Blue'!JJ$38</f>
+        <f>'[13]Jet Blue'!JJ$23+'[13]Jet Blue'!JJ$28+'[13]Jet Blue'!JJ$33+'[13]Jet Blue'!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F17" s="10">
-        <f>'[12]Jet Blue'!JK$23+'[12]Jet Blue'!JK$28+'[12]Jet Blue'!JK$33+'[12]Jet Blue'!JK$38</f>
+        <f>'[13]Jet Blue'!JK$23+'[13]Jet Blue'!JK$28+'[13]Jet Blue'!JK$33+'[13]Jet Blue'!JK$38</f>
         <v>0</v>
       </c>
       <c r="G17" s="10">
-        <f>'[12]Jet Blue'!JL$23+'[12]Jet Blue'!JL$28+'[12]Jet Blue'!JL$33+'[12]Jet Blue'!JL$38</f>
+        <f>'[13]Jet Blue'!JL$23+'[13]Jet Blue'!JL$28+'[13]Jet Blue'!JL$33+'[13]Jet Blue'!JL$38</f>
         <v>0</v>
       </c>
       <c r="H17" s="10">
-        <f>'[12]Jet Blue'!JM$23+'[12]Jet Blue'!JM$28+'[12]Jet Blue'!JM$33+'[12]Jet Blue'!JM$38</f>
+        <f>'[13]Jet Blue'!JM$23+'[13]Jet Blue'!JM$28+'[13]Jet Blue'!JM$33+'[13]Jet Blue'!JM$38</f>
         <v>0</v>
       </c>
       <c r="I17" s="10">
-        <f>'[12]Jet Blue'!JN$23+'[12]Jet Blue'!JN$28+'[12]Jet Blue'!JN$33+'[12]Jet Blue'!JN$38</f>
+        <f>'[13]Jet Blue'!JN$23+'[13]Jet Blue'!JN$28+'[13]Jet Blue'!JN$33+'[13]Jet Blue'!JN$38</f>
         <v>0</v>
       </c>
       <c r="J17" s="10">
-        <f>'[12]Jet Blue'!JO$23+'[12]Jet Blue'!JO$28+'[12]Jet Blue'!JO$33+'[12]Jet Blue'!JO$38</f>
+        <f>'[13]Jet Blue'!JO$23+'[13]Jet Blue'!JO$28+'[13]Jet Blue'!JO$33+'[13]Jet Blue'!JO$38</f>
         <v>0</v>
       </c>
       <c r="K17" s="10">
-        <f>'[12]Jet Blue'!JP$23+'[12]Jet Blue'!JP$28+'[12]Jet Blue'!JP$33+'[12]Jet Blue'!JP$38</f>
+        <f>'[13]Jet Blue'!JP$23+'[13]Jet Blue'!JP$28+'[13]Jet Blue'!JP$33+'[13]Jet Blue'!JP$38</f>
         <v>0</v>
       </c>
       <c r="L17" s="10">
-        <f>'[12]Jet Blue'!JQ$23+'[12]Jet Blue'!JQ$28+'[12]Jet Blue'!JQ$33+'[12]Jet Blue'!JQ$38</f>
+        <f>'[13]Jet Blue'!JQ$23+'[13]Jet Blue'!JQ$28+'[13]Jet Blue'!JQ$33+'[13]Jet Blue'!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M17" s="10">
-        <f>'[12]Jet Blue'!JR$23+'[12]Jet Blue'!JR$28+'[12]Jet Blue'!JR$33+'[12]Jet Blue'!JR$38</f>
+        <f>'[13]Jet Blue'!JR$23+'[13]Jet Blue'!JR$28+'[13]Jet Blue'!JR$33+'[13]Jet Blue'!JR$38</f>
         <v>0</v>
       </c>
       <c r="N17" s="10">
-        <f>'[12]Jet Blue'!JS$23+'[12]Jet Blue'!JS$28+'[12]Jet Blue'!JS$33+'[12]Jet Blue'!JS$38</f>
-[...3 lines deleted...]
-    <row r="18" spans="2:14" x14ac:dyDescent="0.2">
+        <f>'[13]Jet Blue'!JS$23+'[13]Jet Blue'!JS$28+'[13]Jet Blue'!JS$33+'[13]Jet Blue'!JS$38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="10">
-        <f>[12]Frontier!JH$23+[12]Frontier!JH$28+[12]Frontier!JH$33+[12]Frontier!JH$38</f>
+        <f>[13]Frontier!JH$23+[13]Frontier!JH$28+[13]Frontier!JH$33+[13]Frontier!JH$38</f>
         <v>14719</v>
       </c>
       <c r="D18" s="10">
-        <f>[12]Frontier!JI$23+[12]Frontier!JI$28+[12]Frontier!JI$33+[12]Frontier!JI$38</f>
+        <f>[13]Frontier!JI$23+[13]Frontier!JI$28+[13]Frontier!JI$33+[13]Frontier!JI$38</f>
         <v>17256</v>
       </c>
       <c r="E18" s="10">
-        <f>[12]Frontier!JJ$23+[12]Frontier!JJ$28+[12]Frontier!JJ$33+[12]Frontier!JJ$38</f>
+        <f>[13]Frontier!JJ$23+[13]Frontier!JJ$28+[13]Frontier!JJ$33+[13]Frontier!JJ$38</f>
         <v>17718</v>
       </c>
       <c r="F18" s="10">
-        <f>[12]Frontier!JK$23+[12]Frontier!JK$28+[12]Frontier!JK$33+[12]Frontier!JK$38</f>
+        <f>[13]Frontier!JK$23+[13]Frontier!JK$28+[13]Frontier!JK$33+[13]Frontier!JK$38</f>
         <v>11319</v>
       </c>
       <c r="G18" s="10">
-        <f>[12]Frontier!JL$23+[12]Frontier!JL$28+[12]Frontier!JL$33+[12]Frontier!JL$38</f>
+        <f>[13]Frontier!JL$23+[13]Frontier!JL$28+[13]Frontier!JL$33+[13]Frontier!JL$38</f>
         <v>9810</v>
       </c>
       <c r="H18" s="10">
-        <f>[12]Frontier!JM$23+[12]Frontier!JM$28+[12]Frontier!JM$33+[12]Frontier!JM$38</f>
+        <f>[13]Frontier!JM$23+[13]Frontier!JM$28+[13]Frontier!JM$33+[13]Frontier!JM$38</f>
         <v>11572</v>
       </c>
       <c r="I18" s="10">
-        <f>[12]Frontier!JN$23+[12]Frontier!JN$28+[12]Frontier!JN$33+[12]Frontier!JN$38</f>
+        <f>[13]Frontier!JN$23+[13]Frontier!JN$28+[13]Frontier!JN$33+[13]Frontier!JN$38</f>
         <v>13562</v>
       </c>
       <c r="J18" s="10">
-        <f>[12]Frontier!JO$23+[12]Frontier!JO$28+[12]Frontier!JO$33+[12]Frontier!JO$38</f>
+        <f>[13]Frontier!JO$23+[13]Frontier!JO$28+[13]Frontier!JO$33+[13]Frontier!JO$38</f>
         <v>13354</v>
       </c>
       <c r="K18" s="10">
-        <f>[12]Frontier!JP$23+[12]Frontier!JP$28+[12]Frontier!JP$33+[12]Frontier!JP$38</f>
+        <f>[13]Frontier!JP$23+[13]Frontier!JP$28+[13]Frontier!JP$33+[13]Frontier!JP$38</f>
         <v>13435</v>
       </c>
       <c r="L18" s="10">
-        <f>[12]Frontier!JQ$23+[12]Frontier!JQ$28+[12]Frontier!JQ$33+[12]Frontier!JQ$38</f>
+        <f>[13]Frontier!JQ$23+[13]Frontier!JQ$28+[13]Frontier!JQ$33+[13]Frontier!JQ$38</f>
         <v>16053</v>
       </c>
       <c r="M18" s="10">
-        <f>[12]Frontier!JR$23+[12]Frontier!JR$28+[12]Frontier!JR$33+[12]Frontier!JR$38</f>
+        <f>[13]Frontier!JR$23+[13]Frontier!JR$28+[13]Frontier!JR$33+[13]Frontier!JR$38</f>
         <v>14006</v>
       </c>
       <c r="N18" s="10">
-        <f>[12]Frontier!JS$23+[12]Frontier!JS$28+[12]Frontier!JS$33+[12]Frontier!JS$38</f>
-[...3 lines deleted...]
-    <row r="19" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Frontier!JS$23+[13]Frontier!JS$28+[13]Frontier!JS$33+[13]Frontier!JS$38</f>
+        <v>15526</v>
+      </c>
+    </row>
+    <row r="19" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="10">
-        <f>[12]Xtra!IT23+[12]Xtra!IT28+[12]Xtra!IT33+[12]Xtra!IT38</f>
+        <f>[13]Xtra!IT23+[13]Xtra!IT28+[13]Xtra!IT33+[13]Xtra!IT38</f>
         <v>0</v>
       </c>
       <c r="D19" s="10">
-        <f>[12]Xtra!IU23+[12]Xtra!IU28+[12]Xtra!IU33+[12]Xtra!IU38</f>
+        <f>[13]Xtra!IU23+[13]Xtra!IU28+[13]Xtra!IU33+[13]Xtra!IU38</f>
         <v>0</v>
       </c>
       <c r="E19" s="10">
-        <f>[12]Xtra!IV23+[12]Xtra!IV28+[12]Xtra!IV33+[12]Xtra!IV38</f>
+        <f>[13]Xtra!IV23+[13]Xtra!IV28+[13]Xtra!IV33+[13]Xtra!IV38</f>
         <v>0</v>
       </c>
       <c r="F19" s="10">
-        <f>[12]Xtra!IW23+[12]Xtra!IW28+[12]Xtra!IW33+[12]Xtra!IW38</f>
+        <f>[13]Xtra!IW23+[13]Xtra!IW28+[13]Xtra!IW33+[13]Xtra!IW38</f>
         <v>0</v>
       </c>
       <c r="G19" s="10">
-        <f>[12]Xtra!IX23+[12]Xtra!IX28+[12]Xtra!IX33+[12]Xtra!IX38</f>
+        <f>[13]Xtra!IX23+[13]Xtra!IX28+[13]Xtra!IX33+[13]Xtra!IX38</f>
         <v>0</v>
       </c>
       <c r="H19" s="10">
-        <f>[12]Xtra!IY23+[12]Xtra!IY28+[12]Xtra!IY33+[12]Xtra!IY38</f>
+        <f>[13]Xtra!IY23+[13]Xtra!IY28+[13]Xtra!IY33+[13]Xtra!IY38</f>
         <v>0</v>
       </c>
       <c r="I19" s="10">
-        <f>[12]Xtra!IZ23+[12]Xtra!IZ28+[12]Xtra!IZ33+[12]Xtra!IZ38</f>
+        <f>[13]Xtra!IZ23+[13]Xtra!IZ28+[13]Xtra!IZ33+[13]Xtra!IZ38</f>
         <v>0</v>
       </c>
       <c r="J19" s="10">
-        <f>[12]Xtra!JA23+[12]Xtra!JA28+[12]Xtra!JA33+[12]Xtra!JA38</f>
+        <f>[13]Xtra!JA23+[13]Xtra!JA28+[13]Xtra!JA33+[13]Xtra!JA38</f>
         <v>0</v>
       </c>
       <c r="K19" s="10">
-        <f>[12]Xtra!JB23+[12]Xtra!JB28+[12]Xtra!JB33+[12]Xtra!JB38</f>
+        <f>[13]Xtra!JB23+[13]Xtra!JB28+[13]Xtra!JB33+[13]Xtra!JB38</f>
         <v>0</v>
       </c>
       <c r="L19" s="10">
-        <f>[12]Xtra!JC23+[12]Xtra!JC28+[12]Xtra!JC33+[12]Xtra!JC38</f>
+        <f>[13]Xtra!JC23+[13]Xtra!JC28+[13]Xtra!JC33+[13]Xtra!JC38</f>
         <v>0</v>
       </c>
       <c r="M19" s="10">
-        <f>[12]Xtra!JD23+[12]Xtra!JD28+[12]Xtra!JD33+[12]Xtra!JD38</f>
+        <f>[13]Xtra!JD23+[13]Xtra!JD28+[13]Xtra!JD33+[13]Xtra!JD38</f>
         <v>0</v>
       </c>
       <c r="N19" s="10">
-        <f>[12]Xtra!JE23+[12]Xtra!JE28+[12]Xtra!JE33+[12]Xtra!JE38</f>
-[...3 lines deleted...]
-    <row r="20" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Xtra!JE23+[13]Xtra!JE28+[13]Xtra!JE33+[13]Xtra!JE38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="10">
-        <f>[12]Omni!JH$23+[12]Omni!JH$28+[12]Omni!JH$33+[12]Omni!JH$38</f>
+        <f>[13]Omni!JH$23+[13]Omni!JH$28+[13]Omni!JH$33+[13]Omni!JH$38</f>
         <v>0</v>
       </c>
       <c r="D20" s="10">
-        <f>[12]Omni!JI$23+[12]Omni!JI$28+[12]Omni!JI$33+[12]Omni!JI$38</f>
+        <f>[13]Omni!JI$23+[13]Omni!JI$28+[13]Omni!JI$33+[13]Omni!JI$38</f>
         <v>112</v>
       </c>
       <c r="E20" s="10">
-        <f>[12]Omni!JJ$23+[12]Omni!JJ$28+[12]Omni!JJ$33+[12]Omni!JJ$38</f>
+        <f>[13]Omni!JJ$23+[13]Omni!JJ$28+[13]Omni!JJ$33+[13]Omni!JJ$38</f>
         <v>0</v>
       </c>
       <c r="F20" s="10">
-        <f>[12]Omni!JK$23+[12]Omni!JK$28+[12]Omni!JK$33+[12]Omni!JK$38</f>
+        <f>[13]Omni!JK$23+[13]Omni!JK$28+[13]Omni!JK$33+[13]Omni!JK$38</f>
         <v>0</v>
       </c>
       <c r="G20" s="10">
-        <f>[12]Omni!JL$23+[12]Omni!JL$28+[12]Omni!JL$33+[12]Omni!JL$38</f>
+        <f>[13]Omni!JL$23+[13]Omni!JL$28+[13]Omni!JL$33+[13]Omni!JL$38</f>
         <v>0</v>
       </c>
       <c r="H20" s="10">
-        <f>[12]Omni!JM$23+[12]Omni!JM$28+[12]Omni!JM$33+[12]Omni!JM$38</f>
+        <f>[13]Omni!JM$23+[13]Omni!JM$28+[13]Omni!JM$33+[13]Omni!JM$38</f>
         <v>0</v>
       </c>
       <c r="I20" s="10">
-        <f>[12]Omni!JN$23+[12]Omni!JN$28+[12]Omni!JN$33+[12]Omni!JN$38</f>
+        <f>[13]Omni!JN$23+[13]Omni!JN$28+[13]Omni!JN$33+[13]Omni!JN$38</f>
         <v>0</v>
       </c>
       <c r="J20" s="10">
-        <f>[12]Omni!JO$23+[12]Omni!JO$28+[12]Omni!JO$33+[12]Omni!JO$38</f>
+        <f>[13]Omni!JO$23+[13]Omni!JO$28+[13]Omni!JO$33+[13]Omni!JO$38</f>
         <v>191</v>
       </c>
       <c r="K20" s="10">
-        <f>[12]Omni!JP$23+[12]Omni!JP$28+[12]Omni!JP$33+[12]Omni!JP$38</f>
+        <f>[13]Omni!JP$23+[13]Omni!JP$28+[13]Omni!JP$33+[13]Omni!JP$38</f>
         <v>0</v>
       </c>
       <c r="L20" s="10">
-        <f>[12]Omni!JQ$23+[12]Omni!JQ$28+[12]Omni!JQ$33+[12]Omni!JQ$38</f>
+        <f>[13]Omni!JQ$23+[13]Omni!JQ$28+[13]Omni!JQ$33+[13]Omni!JQ$38</f>
         <v>0</v>
       </c>
       <c r="M20" s="10">
-        <f>[12]Omni!JR$23+[12]Omni!JR$28+[12]Omni!JR$33+[12]Omni!JR$38</f>
+        <f>[13]Omni!JR$23+[13]Omni!JR$28+[13]Omni!JR$33+[13]Omni!JR$38</f>
         <v>0</v>
       </c>
       <c r="N20" s="10">
-        <f>[12]Omni!JS$23+[12]Omni!JS$28+[12]Omni!JS$33+[12]Omni!JS$38</f>
-[...3 lines deleted...]
-    <row r="21" spans="2:14" x14ac:dyDescent="0.2">
+        <f>[13]Omni!JS$23+[13]Omni!JS$28+[13]Omni!JS$33+[13]Omni!JS$38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:14" x14ac:dyDescent="0.25">
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
     </row>
-    <row r="22" spans="2:14" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:14" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="11">
         <f t="shared" ref="C22" si="0">SUM(C11:C20)</f>
         <v>185382</v>
       </c>
       <c r="D22" s="11">
         <f t="shared" ref="D22:N22" si="1">SUM(D11:D20)</f>
         <v>237305</v>
       </c>
       <c r="E22" s="11">
         <f t="shared" si="1"/>
         <v>325469</v>
       </c>
       <c r="F22" s="11">
         <f t="shared" si="1"/>
         <v>219138</v>
       </c>
       <c r="G22" s="11">
         <f t="shared" si="1"/>
         <v>216033</v>
       </c>
       <c r="H22" s="11">
         <f t="shared" si="1"/>
         <v>294946</v>
       </c>
       <c r="I22" s="11">
         <f t="shared" si="1"/>
         <v>321718</v>
       </c>
       <c r="J22" s="11">
         <f t="shared" si="1"/>
         <v>273937</v>
       </c>
       <c r="K22" s="11">
         <f t="shared" si="1"/>
         <v>184842</v>
       </c>
       <c r="L22" s="11">
         <f t="shared" si="1"/>
         <v>252244</v>
       </c>
       <c r="M22" s="11">
         <f t="shared" si="1"/>
         <v>220928</v>
       </c>
       <c r="N22" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="25" spans="2:14" x14ac:dyDescent="0.2">
+        <v>264047</v>
+      </c>
+    </row>
+    <row r="23" spans="2:14" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B25" s="10"/>
     </row>
-    <row r="30" spans="2:14" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B30" s="10"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.59" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="92" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>